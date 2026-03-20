--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1123,30764 +1123,30907 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Insira salas adicionais que ainda não estão na lista...</t>
         </is>
       </c>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 e %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 e %n outra</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 e %n outro, %1 e %n outros</t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Sala Vazia</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Chamada de Vídeo</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Chamada de Voz</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Nenhum microfone encontrado.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Chamada de Vídeo</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Chamada de Voz</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Dispositivos</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Aceitar</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Nenhum microfone encontrado.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Microfone desconhecido: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Câmera desconhecida: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Rejeitar</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Tela Inteira</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Falha ao convidar usuário: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Usuário convidado: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: %n mensagem não lida na sala %1
 , %n mensagens não lidas na sala %1
 </t>
         </is>
       </c>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Confirma logout</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>O cache em seu disco é mais recente do que esta versão do Nheko suporta. Atualize o Nheko ou limpe seu cache.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Falha ao abrir o banco de dados, saindo!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Bater na sala</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Você realmente quer bater em %1? Você pode, opcionalmente, fornecer um motivo para que outras pessoas aceitem sua batida:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao solicitar entrada na sala: % 1
 Suggested in Weblate: Falha solicitar entrada no quarto: % 1</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Falha na criação da sala: Alias inválido</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Sala %1 criada.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Confirmar convite</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Deseja realmente convidar %1 (%2)?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Falha ao convidar %1 para %2: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Usuário expulso: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Falha ao banir %1 em %2: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Usuário banido: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Confirmar desbanimento</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Deseja realmente desbanir %1 (%2)?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Falha ao desbanir %1 em %2: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Usuário desbanido: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Você realmente quer iniciar um chat privado com %1?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Migração do cache falhou!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Devido ao seguinte motivo, Nheko deseja redirecioná-lo para a página de login:
 % 1
 Se você acha que isso é um erro, pode fechar o Nheko para possivelmente recuperar suas chaves de criptografia. Depois de ir para a página de login, você pode entrar novamente usando seus métodos habituais.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>A migração do cache para a versão atual falhou. Isso pode ter diferentes razões. Abra um problema em https://github.com/Nheko-Reborn/nheko e tente usar uma versão mais antiga enquanto isso. Como alternativa, você pode tentar excluir o cache manualmente.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Versão do cache incompatível</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Falha ao restaurar conta OLM. Por favor faça login novamente.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Falha ao restaurar dados salvos. Por favor faça login novamente.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Falha ao configurar chaves de criptografia. Resposta do servidor: %1 %2. Por favor tente novamente mais tarde.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Por favor, tente entrar novamente: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Você não conseguiu entrar em% 1. Você pode tentar bater para que outros possam convidá-lo a entrar. Você quer fazer isso?
 Você pode, opcionalmente, fornecer um motivo para que outras pessoas aceitem sua batida:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Falha ao entrar na sala: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Falha ao remover o convite: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>A criação da sala falhou: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha em criar a sala: %1
 Suggested in Weblate: Criação de sala falhou: %1</t>
         </is>
       </c>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Falha ao sair da sala: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr"/>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Razão para a expulsão
 Suggested in Weblate: Razão para o kick</t>
         </is>
       </c>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr"/>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Digite o motivo para expulsar %1 (%2) ou pressione enter sem motivo:
 Suggested in Weblate: Digite o motivo para chutar %1 (%2) ou pressione enter sem motivo:</t>
         </is>
       </c>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Falha ao expulsar %1 de %2: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Razão para o ban</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Digite o motivo para banir %1 (%2) ou pressione enter sem motivo:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr"/>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sem conexão com a rede</t>
         </is>
       </c>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;texto&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr"/>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /join &lt;!roomid|#alias&gt; [razão]</t>
         </is>
       </c>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr"/>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /knock &lt;!roomid|#alias&gt; [razão]</t>
         </is>
       </c>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [razão]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [razão]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr"/>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr"/>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr"/>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /shrug [mensagem]
 Suggested in Weblate: /shrug [massagem]</t>
         </is>
       </c>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr"/>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /md &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /cmark &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr"/>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /plain &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr"/>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainbow &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr"/>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainbowme &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr"/>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /notice &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr"/>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainbownotice &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /confetti [mensagem]
 Suggested in Weblate: /confetti [massagem]</t>
         </is>
       </c>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr"/>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainbowconfetti [mensagem]
 Suggested in Weblate: /rainbowconfetti [massagem]</t>
         </is>
       </c>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /invite &lt;@userid&gt; [razão]</t>
         </is>
       </c>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr"/>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /kick &lt;@userid&gt; [razão]</t>
         </is>
       </c>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr"/>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /ban &lt;@userid&gt; [razão]</t>
         </is>
       </c>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr"/>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /unban &lt;@userid&gt; [razão]</t>
         </is>
       </c>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainfall [mensagem]</t>
         </is>
       </c>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /msgtype &lt;msgtype&gt; [mensagem]</t>
         </is>
       </c>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /glitch &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /gradualglitch &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem expressando uma ação.</t>
         </is>
       </c>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr"/>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar &lt;texto&gt; como uma reação ao responder a uma mensagem.</t>
         </is>
       </c>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr"/>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Entrar em uma sala. Razão opcional.</t>
         </is>
       </c>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pedir para entrar em uma sala. Razão opcional.</t>
         </is>
       </c>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sair de uma sala. Razão opcional.</t>
         </is>
       </c>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr"/>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Convidar um usuário para a sala atual. Razão opcional.</t>
         </is>
       </c>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr"/>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Altere seu nome de exibição nesta sala.</t>
         </is>
       </c>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr"/>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¯\_(ツ)_/¯ com uma mensagem opcional.</t>
         </is>
       </c>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr"/>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t>Suggested in Weblate: (╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr"/>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr"/>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Limpar as mensagens atualmente armazenadas em cache nesta sala.</t>
         </is>
       </c>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Recupere o estado nesta sala.</t>
         </is>
       </c>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Rodar a chave de criptografia simétrica atual.</t>
         </is>
       </c>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem no formato markdown (ignorando a configuração global).</t>
         </is>
       </c>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr"/>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem no formato CommonMark desabilitando a maioria das extensões em comparação com /md.</t>
         </is>
       </c>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem desformatada (ignorando a configuração global).</t>
         </is>
       </c>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem nas cores do arco-íris.</t>
         </is>
       </c>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar /me com cores do arco-íris.</t>
         </is>
       </c>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem robô.</t>
         </is>
       </c>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem robô com cores do arco-íris.</t>
         </is>
       </c>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem com confetes.</t>
         </is>
       </c>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem com cores do arco-íris e com confetes.</t>
         </is>
       </c>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem com chuva.</t>
         </is>
       </c>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem com um tipo personalizado.</t>
         </is>
       </c>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Envie uma mensagem com um efeito de falha.</t>
         </is>
       </c>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Envie uma mensagem que apresenta falhas gradualmente.</t>
         </is>
       </c>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Vá para uma mensagem específica usando um ID de evento, índice ou matriz: link</t>
         </is>
       </c>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Converta esta sala em um bate-papo direto.</t>
         </is>
       </c>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Transforme este bate-papo direto em uma sala.</t>
         </is>
       </c>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ignorar um usuário.</t>
         </is>
       </c>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Parar de ignorar um usuário.</t>
         </is>
       </c>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expandir</t>
         </is>
       </c>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Colapsar</t>
         </is>
       </c>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Não mostrar contagens de notificações para esta comunidade ou tag.</t>
         </is>
       </c>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ocultar salas com esta tag ou desta comunidade por padrão.</t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Todas as salas</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Exibe todas as salas sem filtrar.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bate-papos diretos</t>
         </is>
       </c>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mostrar bate-papos diretos.</t>
         </is>
       </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Favoritos</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Salas que você favoritou.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Baixa Prioridade</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Salas com prioridade baixa.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Avisos do servidor</t>
         </is>
       </c>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Mensagens do seu servidor ou do administrador.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao atualizar a comunidade: %1</t>
         </is>
       </c>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao excluir sala da comunidade: %1</t>
         </is>
       </c>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao atualizar a comunidade para a sala: %1</t>
         </is>
       </c>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao remover a comunidade da sala: %1</t>
         </is>
       </c>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar ingresso à comunidade</t>
         </is>
       </c>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar entrada na sala</t>
         </is>
       </c>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %n membro, %n membros</t>
         </is>
       </c>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esta sala não pode ser acessada diretamente. Você pode, no entanto, bater na sala e os membros da sala podem aceitar ou recusar esta solicitação de entrada. Você também pode fornecer um motivo para eles deixarem você entrar abaixo:</t>
         </is>
       </c>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você quer entrar nesta sala? Você pode opcionalmente adicionar um motivo abaixo:</t>
         </is>
       </c>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bater</t>
         </is>
       </c>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ingressar</t>
         </is>
       </c>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criar Bate-papo Direto</t>
         </is>
       </c>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usuário para convidar</t>
         </is>
       </c>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
           <t>Suggested in Weblate: @usuário:servidor.tld</t>
         </is>
       </c>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografia</t>
         </is>
       </c>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nova comunidade</t>
         </is>
       </c>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nova Sala</t>
         </is>
       </c>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nome</t>
         </is>
       </c>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sem nome</t>
         </is>
       </c>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tópico</t>
         </is>
       </c>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sem tópico</t>
         </is>
       </c>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Alias</t>
         </is>
       </c>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Público</t>
         </is>
       </c>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Qualquer pessoa pode entrar em salas públicas; salas privadas precisam de convites explícitos.</t>
         </is>
       </c>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confiável</t>
         </is>
       </c>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Todos os convidados recebem o mesmo nível de poder do criador</t>
         </is>
       </c>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografia</t>
         </is>
       </c>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Atenção: A criptografia não pode ser desabilitada</t>
         </is>
       </c>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criar Sala</t>
         </is>
       </c>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Descriptografar segredos</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Insira sua chave de recuperação ou senha para descriptografar seus segredos:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Insira sua chave de recuperação ou senha chamada %1 para descriptografar seus segredos:</t>
         </is>
       </c>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Falha ao descriptografar</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Falha ao descriptografar segredos com a chave de recuperação ou senha inserida</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Código de Verificação</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Por favor verifique o emoji a seguir. Você deve ver o mesmo emoji em ambos os lados. Se eles forem diferentes, por favor aperte 'Eles não são iguais!' para abortar a verificação!</t>
         </is>
       </c>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Eles não são iguais!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Eles são iguais!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Código de Verificação</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Por favor verifique o emoji a seguir. Você deve ver o mesmo emoji em ambos os lados. Se eles forem diferentes, por favor aperte 'Eles não são iguais!' para abortar a verificação!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <t>Suggested in Weblate: O emoji exibido pode parecer diferente em clientes diferentes se uma fonte diferente for usada. Da mesma forma, eles podem ser traduzidos para idiomas diferentes. No entanto, eles devem representar um dos 64 objetos ou animais diferentes. Por exemplo, um leão e um gato são diferentes, mas um gato é o mesmo, mesmo se um cliente mostrar apenas uma cara de gato, enquanto outro cliente mostra um corpo inteiro de gato.</t>
         </is>
       </c>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Eles não são iguais!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Eles são iguais!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Não existe uma chave para desbloquear esta mensagem. Nós pedimos pela chave automaticamente, mas você pode tentar pedir novamente se for impaciente.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr"/>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esta mensagem não pôde ser decifrada, porque só temos uma chave para mensagens mais recentes. Você pode tentar solicitar acesso a esta mensagem.</t>
         </is>
       </c>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ocorreu um erro interno ao ler a chave de descriptografia do banco de dados.</t>
         </is>
       </c>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ocorreu um erro ao descriptografar esta mensagem.</t>
         </is>
       </c>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr"/>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A mensagem não pôde ser analisada.</t>
         </is>
       </c>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr"/>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A chave de criptografia foi reutilizada! Alguém possivelmente está tentando inserir mensagens falsas neste chat!</t>
         </is>
       </c>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Erro de descriptografia desconhecido</t>
         </is>
       </c>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Chave de solicitação</t>
         </is>
       </c>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 habilitou criptografia de ponta a ponta</t>
         </is>
       </c>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A criptografia mantém suas mensagens seguras permitindo que somente as pessoas para quem você enviou a mensagem a leiam. Para segurança extra, se você quiser ter certeza de que está falando com as pessoas certas, você pode verificá-las na vida real.</t>
         </is>
       </c>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr"/>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esta mensagem não está criptografada!</t>
         </is>
       </c>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr"/>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografado por um dispositivo verificado</t>
         </is>
       </c>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr"/>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografado por um dispositivo não verificado, mas você confiou naquele usuário até agora.</t>
         </is>
       </c>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografado por um dispositivo não verificado.</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expiração do evento para %1</t>
         </is>
       </c>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expiração do evento</t>
         </is>
       </c>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você pode configurar quando suas mensagens serão apagadas em %1. Isso só acontece quando o Nheko está aberto e tem permissões para apagar mensagens até que os servidores Matrix suportem esse recurso nativamente. Em geral, 0 significa desabilitado.</t>
         </is>
       </c>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você pode configurar quando suas mensagens serão apagadas em todas as salas, a menos que configurado de outra forma. Isso só acontece quando o Nheko está aberto e tem permissões para apagar mensagens até que os servidores Matrix suportem esse recurso nativamente. Em geral, 0 significa desabilitado.</t>
         </is>
       </c>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expirar eventos após X dias</t>
         </is>
       </c>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Edita mensagens automaticamente após X dias, a menos que seja protegido de outra forma. Defina como 0 para desabilitar.</t>
         </is>
       </c>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Manter apenas os últimos X eventos</t>
         </is>
       </c>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Exclui seus eventos nesta sala se houver mais de X mensagens mais recentes, a menos que protegido de outra forma. Defina como 0 para desabilitar.</t>
         </is>
       </c>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mantenha sempre os últimos X eventos</t>
         </is>
       </c>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Isso evita que eventos sejam excluídos pelas 2 configurações acima se forem as últimas X mensagens suas na sala.</t>
         </is>
       </c>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Incluir eventos de estado</t>
         </is>
       </c>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Se isso estiver ativado, eventos de estado antigos também serão redigidos. O evento de estado mais recente de qualquer combinação de tipo+chave é excluído da redação para não remover o nome da sala e estados semelhantes por acidente.</t>
         </is>
       </c>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao definir eventos ocultos: %1</t>
         </is>
       </c>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr"/>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha na verificação</t>
         </is>
       </c>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr"/>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Outro cliente não suporta nosso protocolo de verificação.</t>
         </is>
       </c>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr"/>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Incompatibilidade de chave detectada!</t>
         </is>
       </c>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr"/>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tempo limite de verificação do dispositivo expirou.</t>
         </is>
       </c>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr"/>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A outra parte cancelou a verificação.</t>
         </is>
       </c>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A verificação foi aceita por um dispositivo diferente.</t>
         </is>
       </c>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mensagens de verificação recebidas fora de ordem!</t>
         </is>
       </c>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Erro de verificação desconhecido.</t>
         </is>
       </c>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Autenticação alternativa</t>
         </is>
       </c>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Abra o fallback, siga os passos e confirme após concluí-los.</t>
         </is>
       </c>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Abrir Fallback no navegador</t>
         </is>
       </c>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Cancelar</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar</t>
         </is>
       </c>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr"/>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Encaminhar mensagem</t>
         </is>
       </c>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pacote de Contas</t>
         </is>
       </c>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao definir eventos ocultos: %1</t>
         </is>
       </c>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Eventos ocultos para %1</t>
         </is>
       </c>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Eventos ocultos</t>
         </is>
       </c>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esses eventos serão &lt;b&gt;mostrados&lt;/b&gt; em %1:</t>
         </is>
       </c>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esses eventos serão &lt;b&gt;exibidos&lt;/b&gt; em todas as salas:</t>
         </is>
       </c>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr"/>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Eventos do usuário</t>
         </is>
       </c>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Entra, sai, muda de avatar e nome, bane, …</t>
         </is>
       </c>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr"/>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mudanças no nível de potência</t>
         </is>
       </c>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviado quando um moderador é adicionado/removido ou as permissões de uma sala são alteradas.</t>
         </is>
       </c>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Adesivos</t>
         </is>
       </c>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
-[...6 lines deleted...]
-      </c>
+          <t>HiddenEventsDialogAllowed server changes</t>
+        </is>
+      </c>
+      <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ignorar um usuário oculta suas mensagens (eles ainda podem ver as suas!).</t>
+          <t>Suggested in Weblate: Usuários ignorados</t>
         </is>
       </c>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pare de ignorar.</t>
+          <t>Suggested in Weblate: Ignorar um usuário oculta suas mensagens (eles ainda podem ver as suas!).</t>
         </is>
       </c>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
-[...2 lines deleted...]
-      <c r="G261" t="inlineStr"/>
+          <t>IgnoredUsersStop Ignoring.</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Pare de ignorar.</t>
+        </is>
+      </c>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImageMessageShow</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pacote de edição de imagens</t>
+          <t>Suggested in Weblate: Tem certeza de que deseja excluir o pacote de adesivos '%1'?</t>
         </is>
       </c>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Adicionar imagens</t>
+          <t>Suggested in Weblate: Pacote de edição de imagens</t>
         </is>
       </c>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Imagens (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Suggested in Weblate: Adicionar imagens</t>
         </is>
       </c>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr"/>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selecionar imagens para pacote</t>
+          <t>Suggested in Weblate: Imagens (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Adicionar ao pacote</t>
+          <t>Suggested in Weblate: Selecionar imagens para pacote</t>
         </is>
       </c>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar a imagem de visão geral deste pacote</t>
+          <t>Suggested in Weblate: Adicionar ao pacote</t>
         </is>
       </c>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Visão geral da imagem (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Suggested in Weblate: Alterar a imagem de visão geral deste pacote</t>
         </is>
       </c>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selecione a imagem de visão geral para o pacote</t>
+          <t>Suggested in Weblate: Visão geral da imagem (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chave de estado</t>
+          <t>Suggested in Weblate: Selecione a imagem de visão geral para o pacote</t>
         </is>
       </c>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome do pacote</t>
+          <t>Suggested in Weblate: Chave de estado</t>
         </is>
       </c>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atribuição</t>
+          <t>Suggested in Weblate: Nome do pacote</t>
         </is>
       </c>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Usar como Emoji</t>
+          <t>Suggested in Weblate: Atribuição</t>
         </is>
       </c>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr"/>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Usar como adesivo</t>
+          <t>Suggested in Weblate: Usar como Emoji</t>
         </is>
       </c>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Código curto</t>
+          <t>Suggested in Weblate: Usar como adesivo</t>
         </is>
       </c>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr"/>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Corpo</t>
+          <t>Suggested in Weblate: Código curto</t>
         </is>
       </c>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Remover da embalagem</t>
+          <t>Suggested in Weblate: Corpo</t>
         </is>
       </c>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr"/>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Remover</t>
+          <t>Suggested in Weblate: Remover da embalagem</t>
         </is>
       </c>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr"/>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações do pacote de imagens</t>
+          <t>Suggested in Weblate: Remover</t>
         </is>
       </c>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr"/>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criar pacote de conta</t>
+          <t>Suggested in Weblate: Configurações do pacote de imagens</t>
         </is>
       </c>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Novo pacote da sala</t>
+          <t>Suggested in Weblate: Criar pacote de conta</t>
         </is>
       </c>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pacote privado</t>
+          <t>Suggested in Weblate: Novo pacote da sala</t>
         </is>
       </c>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pacote desta sala</t>
+          <t>Suggested in Weblate: Pacote privado</t>
         </is>
       </c>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pacote da comunidade pai</t>
+          <t>Suggested in Weblate: Pacote desta sala</t>
         </is>
       </c>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pacote habilitado globalmente</t>
+          <t>Suggested in Weblate: Pacote da comunidade pai</t>
         </is>
       </c>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Habilitar globalmente</t>
+          <t>Suggested in Weblate: Pacote habilitado globalmente</t>
         </is>
       </c>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Habilita este pacote para ser usado em todos as salas</t>
+          <t>Suggested in Weblate: Habilitar globalmente</t>
         </is>
       </c>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Editar</t>
+          <t>Suggested in Weblate: Habilita este pacote para ser usado em todos as salas</t>
         </is>
       </c>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr"/>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Remover</t>
+          <t>Suggested in Weblate: Editar</t>
         </is>
       </c>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fechar</t>
+          <t>Suggested in Weblate: Remover</t>
         </is>
       </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selecionar arquivo(s)</t>
+          <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Todos Arquivos (*)</t>
+          <t>Suggested in Weblate: Selecionar arquivo(s)</t>
         </is>
       </c>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C294" t="inlineStr"/>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
-[...2 lines deleted...]
-      <c r="G294" t="inlineStr"/>
+          <t>InputBarAll Files (*)</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Todos Arquivos (*)</t>
+        </is>
+      </c>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O upload de '%1' falhou</t>
+          <t>Suggested in Weblate: Falha ao buscar usuário %1</t>
         </is>
       </c>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Convidar usuários para %1</t>
+          <t>Suggested in Weblate: O upload de '%1' falhou</t>
         </is>
       </c>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Procurar usuário</t>
+          <t>Suggested in Weblate: Convidar usuários para %1</t>
         </is>
       </c>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>InviteDialog
-Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
+          <t>InviteDialogSearch user</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: @usuário:seuservidor.exemplo.com</t>
+          <t>Suggested in Weblate: Procurar usuário</t>
         </is>
       </c>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12988</t>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Search on Server</t>
+          <t>@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>InviteDialogSearch on Server</t>
+          <t>InviteDialog
+Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Procurar no Servidor</t>
+          <t>Suggested in Weblate: @usuário:seuservidor.exemplo.com</t>
         </is>
       </c>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Convidar</t>
+          <t>Suggested in Weblate: Procurar no Servidor</t>
         </is>
       </c>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Invite</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar</t>
+          <t>Suggested in Weblate: Convidar</t>
         </is>
       </c>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
-[...2 lines deleted...]
-      <c r="C303" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>Cancelar</t>
+        </is>
+      </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ingressar na sala</t>
+          <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ID da sala ou alias</t>
+          <t>Suggested in Weblate: Ingressar na sala</t>
         </is>
       </c>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ingressar</t>
+          <t>Suggested in Weblate: ID da sala ou alias</t>
         </is>
       </c>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr"/>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Deixar a sala</t>
+          <t>Suggested in Weblate: Ingressar</t>
         </is>
       </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr"/>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Você tem certeza de que quer sair?</t>
+          <t>Suggested in Weblate: Deixar a sala</t>
         </is>
       </c>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Você inseriu um ID da Matrix inválido, por exemplo @usuário:seuservidor.exemplo.com</t>
+          <t>Suggested in Weblate: Você tem certeza de que quer sair?</t>
         </is>
       </c>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na descoberta automática. Resposta malformada recebida.</t>
+          <t>Suggested in Weblate: Você inseriu um ID da Matrix inválido, por exemplo @usuário:seuservidor.exemplo.com</t>
         </is>
       </c>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na descoberta automática. Erro desconhecido ao solicitar .well-known.</t>
+          <t>Suggested in Weblate: Falha na descoberta automática. Resposta malformada recebida.</t>
         </is>
       </c>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os pontos de extremidade necessários não foram encontrados. Possivelmente não é um servidor Matrix.</t>
+          <t>Suggested in Weblate: Falha na descoberta automática. Erro desconhecido ao solicitar .well-known.</t>
         </is>
       </c>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Resposta malformada recebida. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
+          <t>Suggested in Weblate: Os pontos de extremidade necessários não foram encontrados. Possivelmente não é um servidor Matrix.</t>
         </is>
       </c>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr"/>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ocorreu um erro desconhecido. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
+          <t>Suggested in Weblate: Resposta malformada recebida. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
         </is>
       </c>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O servidor selecionado não suporta uma versão do protocolo Matrix que este cliente entende (%1 a %2). Você não pode fazer login.</t>
+          <t>Suggested in Weblate: Ocorreu um erro desconhecido. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
         </is>
       </c>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Entrar com a Apple</t>
+          <t>Suggested in Weblate: O servidor selecionado não suporta uma versão do protocolo Matrix que este cliente entende (%1 a %2). Você não pode fazer login.</t>
         </is>
       </c>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Continuar com Facebook</t>
+          <t>Suggested in Weblate: Entrar com a Apple</t>
         </is>
       </c>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr"/>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Entrar com o Google</t>
+          <t>Suggested in Weblate: Continuar com Facebook</t>
         </is>
       </c>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Entrar com o Twitter</t>
+          <t>Suggested in Weblate: Entrar com o Google</t>
         </is>
       </c>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr"/>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Entrar usando %1</t>
+          <t>Suggested in Weblate: Entrar com o Twitter</t>
         </is>
       </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr"/>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: SSO LOGIN</t>
+          <t>Suggested in Weblate: Entrar usando %1</t>
         </is>
       </c>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr"/>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Senha vazia</t>
+          <t>Suggested in Weblate: SSO LOGIN</t>
         </is>
       </c>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr"/>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: SSO login falhou</t>
+          <t>Suggested in Weblate: Senha vazia</t>
         </is>
       </c>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr"/>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Matrix ID</t>
+          <t>Suggested in Weblate: SSO login falhou</t>
         </is>
       </c>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: por exemplo @usuário:seuservidor.exemplo.com</t>
+          <t>Suggested in Weblate: Matrix ID</t>
         </is>
       </c>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr"/>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: por exemplo @usuário:seuservidor.exemplo.com</t>
+        </is>
+      </c>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="C326" t="inlineStr"/>
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr">
+      <c r="G326" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Seu nome de login. Um mxid deve começar com @ seguido pelo ID do usuário. Após o ID do usuário, você precisa incluir o nome do seu servidor após um :.
 Você também pode colocar o endereço do seu servidor doméstico lá se o seu servidor não suportar .well-known lookup.
 Exemplo: @usuário:seuservidor.example.com
 Se o Nheko não conseguir descobrir seu servidor doméstico, ele mostrará um campo para você inserir o servidor manualmente.</t>
         </is>
       </c>
-      <c r="H325" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
+          <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sua senha</t>
+          <t>Suggested in Weblate: Senha</t>
         </is>
       </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mostrar/Esconder Senha</t>
+          <t>Suggested in Weblate: Sua senha</t>
         </is>
       </c>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome do dispositivo</t>
+          <t>Suggested in Weblate: Mostrar/Esconder Senha</t>
         </is>
       </c>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Um nome para este dispositivo que será mostrado a outros ao verificar seus dispositivos. Se nada for fornecido, um padrão será usado.</t>
+          <t>Suggested in Weblate: Nome do dispositivo</t>
         </is>
       </c>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Endereço do servidor doméstico</t>
+          <t>Suggested in Weblate: Um nome para este dispositivo que será mostrado a outros ao verificar seus dispositivos. Se nada for fornecido, um padrão será usado.</t>
         </is>
       </c>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Homeserver address</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: seuservidor.exemplo.com:8787</t>
+          <t>Suggested in Weblate: Endereço do servidor doméstico</t>
         </is>
       </c>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>The address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>LoginPageThe address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>LoginPageyourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O endereço que pode ser usado para contatar a API do cliente do seu servidor doméstico.
-Exemplo: https://seuservidor.exemplo.com:8787</t>
+          <t>Suggested in Weblate: seuservidor.exemplo.com:8787</t>
         </is>
       </c>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13673</t>
+          <t>../qml/pages/LoginPage.qml:13653</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>The address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C334" t="inlineStr"/>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>LoginPageLOGIN</t>
+          <t>LoginPageThe address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Conectar-se</t>
+          <t>Suggested in Weblate: O endereço que pode ser usado para contatar a API do cliente do seu servidor doméstico.
+Exemplo: https://seuservidor.exemplo.com:8787</t>
         </is>
       </c>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Voltar</t>
+          <t>Suggested in Weblate: Conectar-se</t>
         </is>
       </c>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sair</t>
+          <t>Suggested in Weblate: Voltar</t>
         </is>
       </c>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Uma chamada está em andamento. Sair?</t>
+          <t>Suggested in Weblate: Sair</t>
         </is>
       </c>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tem certeza que deseja sair?</t>
+          <t>Suggested in Weblate: Uma chamada está em andamento. Sair?</t>
         </is>
       </c>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao carregar mídia. Tente novamente.</t>
+          <t>Suggested in Weblate: Tem certeza que deseja sair?</t>
         </is>
       </c>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Desligar</t>
+          <t>Suggested in Weblate: Falha ao carregar mídia. Tente novamente.</t>
         </is>
       </c>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Já em uma chamada</t>
+          <t>Suggested in Weblate: Desligar</t>
         </is>
       </c>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Faça uma chamada</t>
+          <t>Suggested in Weblate: Já em uma chamada</t>
         </is>
       </c>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar um arquivo</t>
+          <t>Suggested in Weblate: Faça uma chamada</t>
         </is>
       </c>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Escreva uma mensagem…</t>
+          <t>Suggested in Weblate: Enviar um arquivo</t>
         </is>
       </c>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Adesivos</t>
+          <t>Suggested in Weblate: Escreva uma mensagem…</t>
         </is>
       </c>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
+          <t>MessageInputStickers</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Emoji</t>
+          <t>Suggested in Weblate: Adesivos</t>
         </is>
       </c>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
+          <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar</t>
+          <t>Suggested in Weblate: Emoji</t>
         </is>
       </c>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Você não tem permissão para enviar mensagens nesta sala</t>
+          <t>Suggested in Weblate: Enviar</t>
         </is>
       </c>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
+          <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Não os mencione nesta mensagem</t>
+          <t>Suggested in Weblate: Você não tem permissão para enviar mensagens nesta sala</t>
         </is>
       </c>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Editar</t>
+          <t>Suggested in Weblate: Não os mencione nesta mensagem</t>
         </is>
       </c>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Reagir</t>
+          <t>Suggested in Weblate: Editar</t>
         </is>
       </c>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Responder no tópico</t>
+          <t>Suggested in Weblate: Reagir</t>
         </is>
       </c>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr"/>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Novo tópico</t>
+          <t>Suggested in Weblate: Responder no tópico</t>
         </is>
       </c>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Responder</t>
+          <t>Suggested in Weblate: Novo tópico</t>
         </is>
       </c>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ir para a mensagem</t>
+          <t>Suggested in Weblate: Responder</t>
         </is>
       </c>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Opções</t>
+          <t>Suggested in Weblate: Ir para a mensagem</t>
         </is>
       </c>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Digite o motivo da remoção ou pressione Enter se não houver motivo:</t>
+          <t>Suggested in Weblate: Opções</t>
         </is>
       </c>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Motivo para a remoção</t>
+          <t>Suggested in Weblate: Digite o motivo da remoção ou pressione Enter se não houver motivo:</t>
         </is>
       </c>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ir para &amp;mensagem</t>
+          <t>Suggested in Weblate: Motivo para a remoção</t>
         </is>
       </c>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Copiar</t>
+          <t>Suggested in Weblate: Ir para &amp;mensagem</t>
         </is>
       </c>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Copiar localiação do &amp;link</t>
+          <t>Suggested in Weblate: &amp;Copiar</t>
         </is>
       </c>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Re&amp;agir</t>
+          <t>Suggested in Weblate: Copiar localiação do &amp;link</t>
         </is>
       </c>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Responde&amp;r</t>
+          <t>Suggested in Weblate: Re&amp;agir</t>
         </is>
       </c>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Editar</t>
+          <t>Suggested in Weblate: Responde&amp;r</t>
         </is>
       </c>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Tópico</t>
+          <t>Suggested in Weblate: &amp;Editar</t>
         </is>
       </c>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Des&amp;alfinetar</t>
+          <t>Suggested in Weblate: &amp;Tópico</t>
         </is>
       </c>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Alfinete</t>
+          <t>Suggested in Weblate: Des&amp;alfinetar</t>
         </is>
       </c>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
+          <t>MessageView&amp;Pin</t>
         </is>
       </c>
       <c r="G368" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Recibos de leitura</t>
+          <t>Suggested in Weblate: &amp;Alfinete</t>
         </is>
       </c>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
+          <t>MessageView&amp;Read receipts</t>
         </is>
       </c>
       <c r="G369" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Encaminhar</t>
+          <t>Suggested in Weblate: &amp;Recibos de leitura</t>
         </is>
       </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
-[...6 lines deleted...]
-      </c>
+          <t>&amp;Forward</t>
+        </is>
+      </c>
+      <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
-[...2 lines deleted...]
-      <c r="G370" t="inlineStr"/>
+          <t>MessageView&amp;Forward</t>
+        </is>
+      </c>
+      <c r="G370" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: &amp;Encaminhar</t>
+        </is>
+      </c>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Ver mensagem bruta</t>
+          <t>&amp;Marcar como lido</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
-[...2 lines deleted...]
-      <c r="C372" t="inlineStr"/>
+          <t>View raw message</t>
+        </is>
+      </c>
+      <c r="C372" t="inlineStr">
+        <is>
+          <t>Ver mensagem bruta</t>
+        </is>
+      </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewView raw message</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Remo&amp;ver mensagem</t>
+          <t>Suggested in Weblate: Ver mensagem bruta descriptografada</t>
         </is>
       </c>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Denunciar mensagem</t>
+          <t>Suggested in Weblate: Remo&amp;ver mensagem</t>
         </is>
       </c>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Salvar como</t>
+          <t>Suggested in Weblate: Denunciar mensagem</t>
         </is>
       </c>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Abrir em um programa externo</t>
+          <t>Suggested in Weblate: &amp;Salvar como</t>
         </is>
       </c>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Copiar link para o evento</t>
+          <t>Suggested in Weblate: &amp;Abrir em um programa externo</t>
         </is>
       </c>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Ir para mensagem citada</t>
+          <t>Suggested in Weblate: Copiar link para o evento</t>
         </is>
       </c>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar solicitação de verificação</t>
+          <t>Suggested in Weblate: &amp;Ir para mensagem citada</t>
         </is>
       </c>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Solicitação de verificação recebida</t>
+          <t>Suggested in Weblate: Enviar solicitação de verificação</t>
         </is>
       </c>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Para permitir que outros usuários vejam quais dos seus dispositivos realmente pertencem a você, você pode verificá-los. Isso também permite que o backup de chaves funcione automaticamente. Verificar um dispositivo não verificado agora? (Certifique-se de ter um desses dispositivos disponível.)</t>
+          <t>Suggested in Weblate: Solicitação de verificação recebida</t>
         </is>
       </c>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Para permitir que outros usuários vejam quais dos seus dispositivos realmente pertencem a você, você pode verificá-los. Isso também permite que o backup de chaves funcione automaticamente. Verificar %1 agora?</t>
+          <t>Suggested in Weblate: Para permitir que outros usuários vejam quais dos seus dispositivos realmente pertencem a você, você pode verificá-los. Isso também permite que o backup de chaves funcione automaticamente. Verificar um dispositivo não verificado agora? (Certifique-se de ter um desses dispositivos disponível.)</t>
         </is>
       </c>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Para garantir que nenhum usuário mal-intencionado possa espionar suas comunicações criptografadas, você pode verificar a outra parte.</t>
+          <t>Suggested in Weblate: Para permitir que outros usuários vejam quais dos seus dispositivos realmente pertencem a você, você pode verificá-los. Isso também permite que o backup de chaves funcione automaticamente. Verificar %1 agora?</t>
         </is>
       </c>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 solicitou a verificação do seu dispositivo %2.</t>
+          <t>Suggested in Weblate: Para garantir que nenhum usuário mal-intencionado possa espionar suas comunicações criptografadas, você pode verificar a outra parte.</t>
         </is>
       </c>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr"/>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 usando o dispositivo %2 solicitou a verificação.</t>
+          <t>Suggested in Weblate: %1 solicitou a verificação do seu dispositivo %2.</t>
         </is>
       </c>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Seu dispositivo (%1) solicitou verificação.</t>
+          <t>Suggested in Weblate: %1 usando o dispositivo %2 solicitou a verificação.</t>
         </is>
       </c>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Your device (%1) has requested to be verified.</t>
+        </is>
+      </c>
+      <c r="C387" t="inlineStr"/>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar</t>
+          <t>Suggested in Weblate: Seu dispositivo (%1) solicitou verificação.</t>
         </is>
       </c>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
-[...2 lines deleted...]
-      <c r="C388" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C388" t="inlineStr">
+        <is>
+          <t>Cancelar</t>
+        </is>
+      </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Negar</t>
+          <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Iniciar verificação</t>
+          <t>Suggested in Weblate: Negar</t>
         </is>
       </c>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
-[...6 lines deleted...]
-      </c>
+          <t>Start verification</t>
+        </is>
+      </c>
+      <c r="C390" t="inlineStr"/>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aceitar</t>
+          <t>Suggested in Weblate: Iniciar verificação</t>
         </is>
       </c>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
-[...2 lines deleted...]
-      <c r="C391" t="inlineStr"/>
+          <t>Accept</t>
+        </is>
+      </c>
+      <c r="C391" t="inlineStr">
+        <is>
+          <t>Aceitar</t>
+        </is>
+      </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 enviou uma mensagem criptografada</t>
+          <t>Suggested in Weblate: Aceitar</t>
         </is>
       </c>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C392" t="inlineStr"/>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>NotificationsManager
-Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
+          <t>NotificationsManager%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G392" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 respondeu com um spoiler.</t>
+          <t>Suggested in Weblate: %1 enviou uma mensagem criptografada</t>
         </is>
       </c>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15031</t>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
-          <t>%1 replied: %2</t>
+          <t>%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="C393" t="inlineStr"/>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
           <t>NotificationsManager
-Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
+Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="G393" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 respondeu: %2</t>
+          <t>Suggested in Weblate: %1 respondeu com um spoiler.</t>
         </is>
       </c>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15030</t>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
-          <t>%1 replied with an encrypted message</t>
+          <t>%1 replied: %2</t>
         </is>
       </c>
       <c r="C394" t="inlineStr"/>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied with an encrypted message</t>
+          <t>NotificationsManager
+Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
       <c r="G394" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 respondeu com uma mensagem criptografada</t>
+          <t>Suggested in Weblate: %1 respondeu: %2</t>
         </is>
       </c>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr"/>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 respondeu a uma mensagem</t>
+          <t>Suggested in Weblate: %1 respondeu com uma mensagem criptografada</t>
         </is>
       </c>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr"/>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 enviou uma mensagem</t>
+          <t>Suggested in Weblate: %1 respondeu a uma mensagem</t>
         </is>
       </c>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr"/>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fazer uma chamada para %1?</t>
+          <t>Suggested in Weblate: %1 enviou uma mensagem</t>
         </is>
       </c>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Place a call to %1?</t>
+        </is>
+      </c>
+      <c r="C398" t="inlineStr"/>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nenhum microfone encontrado.</t>
+          <t>Suggested in Weblate: Fazer uma chamada para %1?</t>
         </is>
       </c>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
-[...2 lines deleted...]
-      <c r="C399" t="inlineStr"/>
+          <t>No microphone found.</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr">
+        <is>
+          <t>Nenhum microfone encontrado.</t>
+        </is>
+      </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Voz</t>
+          <t>Suggested in Weblate: Nenhum microfone encontrado.</t>
         </is>
       </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr"/>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Vídeo</t>
+          <t>Suggested in Weblate: Voz</t>
         </is>
       </c>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr"/>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tela</t>
+          <t>Suggested in Weblate: Vídeo</t>
         </is>
       </c>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Screen</t>
+        </is>
+      </c>
+      <c r="C402" t="inlineStr"/>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar</t>
+          <t>Suggested in Weblate: Tela</t>
         </is>
       </c>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
-[...2 lines deleted...]
-      <c r="C403" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C403" t="inlineStr">
+        <is>
+          <t>Cancelar</t>
+        </is>
+      </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: evento não implementado: </t>
+          <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr"/>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permissões em %1</t>
+          <t xml:space="preserve">Suggested in Weblate: evento não implementado: </t>
         </is>
       </c>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tenha cuidado ao editar permissões. Você não pode diminuir as permissões de pessoas com o mesmo nível ou mais alto que o seu. Tenha cuidado ao promover outros.</t>
+          <t>Suggested in Weblate: Permissões em %1</t>
         </is>
       </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr"/>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Funções</t>
+          <t>Suggested in Weblate: Tenha cuidado ao editar permissões. Você não pode diminuir as permissões de pessoas com o mesmo nível ou mais alto que o seu. Tenha cuidado ao promover outros.</t>
         </is>
       </c>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Usuários</t>
+          <t>Suggested in Weblate: Funções</t>
         </is>
       </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mova permissões entre funções para alterá-las</t>
+          <t>Suggested in Weblate: Usuários</t>
         </is>
       </c>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr"/>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Administrador (%1)</t>
+          <t>Suggested in Weblate: Mova permissões entre funções para alterá-las</t>
         </is>
       </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
       <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelEditorCreator</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr"/>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Usuário (%1)</t>
+          <t>Suggested in Weblate: Administrador (%1)</t>
         </is>
       </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr"/>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Personalizado (%1)</t>
+          <t>Suggested in Weblate: Moderador (%1)</t>
         </is>
       </c>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr"/>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Remover tipo de evento</t>
+          <t>Suggested in Weblate: Usuário (%1)</t>
         </is>
       </c>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr"/>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Adicionar tipo de evento</t>
+          <t>Suggested in Weblate: Personalizado (%1)</t>
         </is>
       </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr"/>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Adicionar nova função</t>
+          <t>Suggested in Weblate: Remover tipo de evento</t>
         </is>
       </c>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
-[...6 lines deleted...]
-      </c>
+          <t>Add event type</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Adicionar</t>
+          <t>Suggested in Weblate: Adicionar tipo de evento</t>
         </is>
       </c>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr"/>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mova os usuários para cima ou para baixo para alterar suas permissões</t>
+          <t>Suggested in Weblate: Adicionar nova função</t>
         </is>
       </c>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
-[...2 lines deleted...]
-      <c r="C418" t="inlineStr"/>
+          <t>Add</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr">
+        <is>
+          <t>Adicionar</t>
+        </is>
+      </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Remover usuário</t>
+          <t>Suggested in Weblate: Adicionar</t>
         </is>
       </c>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Adicionar usuário</t>
+          <t>Suggested in Weblate: Mova os usuários para cima ou para baixo para alterar suas permissões</t>
         </is>
       </c>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr"/>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aplicar alterações de permissão</t>
+          <t>Suggested in Weblate: Remover usuário</t>
         </is>
       </c>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: A quais subcomunidades e salas essas permissões devem ser aplicadas?</t>
+          <t>Suggested in Weblate: Adicionar usuário</t>
         </is>
       </c>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aplicar permissões recursivamente</t>
+          <t>Suggested in Weblate: Aplicar alterações de permissão</t>
         </is>
       </c>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sobrescrever modificações existentes em salas</t>
+          <t>Suggested in Weblate: A quais subcomunidades e salas essas permissões devem ser aplicadas?</t>
         </is>
       </c>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nenhuma permissão para aplicar as novas permissões aqui</t>
+          <t>Suggested in Weblate: Aplicar permissões recursivamente</t>
         </is>
       </c>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr"/>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nenhuma alteração necessária</t>
+          <t>Suggested in Weblate: Sobrescrever modificações existentes em salas</t>
         </is>
       </c>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr"/>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: As modificações existentes nas permissões desta sala serão substituídas</t>
+          <t>Suggested in Weblate: Nenhuma permissão para aplicar as novas permissões aqui</t>
         </is>
       </c>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr"/>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permissões sincronizadas com a comunidade</t>
+          <t>Suggested in Weblate: Nenhuma alteração necessária</t>
         </is>
       </c>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr"/>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao atualizar o nível de potência:% 1</t>
+          <t>Suggested in Weblate: As modificações existentes nas permissões desta sala serão substituídas</t>
         </is>
       </c>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr"/>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao atualizar o nível de potência:% 1</t>
+          <t>Suggested in Weblate: Permissões sincronizadas com a comunidade</t>
         </is>
       </c>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr"/>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G430" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Administrador: %1</t>
+          <t>Suggested in Weblate: Falha ao atualizar o nível de potência:% 1</t>
         </is>
       </c>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr"/>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Moderador: %1</t>
+          <t>Suggested in Weblate: Falha ao atualizar o nível de potência:% 1</t>
         </is>
       </c>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
       <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelIndicatorCreator</t>
+        </is>
+      </c>
+      <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
+        </is>
+      </c>
+      <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Outro estado de eventos</t>
+          <t>Suggested in Weblate: Moderador: %1</t>
         </is>
       </c>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Remover outros usuários</t>
+          <t>Suggested in Weblate: Usuário: %1</t>
         </is>
       </c>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr"/>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Banir outros usuários</t>
+          <t>Suggested in Weblate: Outros eventos</t>
         </is>
       </c>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr"/>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Convidar outros usuários</t>
+          <t>Suggested in Weblate: Outro estado de eventos</t>
         </is>
       </c>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Redigir eventos enviados por outros</t>
+          <t>Suggested in Weblate: Remover outros usuários</t>
         </is>
       </c>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr"/>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Reações</t>
+          <t>Suggested in Weblate: Banir outros usuários</t>
         </is>
       </c>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Eventos de aliases obsoletos</t>
+          <t>Suggested in Weblate: Convidar outros usuários</t>
         </is>
       </c>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr"/>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar o avatar da sala</t>
+          <t>Suggested in Weblate: Redigir eventos enviados por outros</t>
         </is>
       </c>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr"/>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar os endereços das salas</t>
+          <t>Suggested in Weblate: Reações</t>
         </is>
       </c>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr"/>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar mensagens criptografadas</t>
+          <t>Suggested in Weblate: Eventos de aliases obsoletos</t>
         </is>
       </c>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr"/>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Habilitar criptografia</t>
+          <t>Suggested in Weblate: Alterar o avatar da sala</t>
         </is>
       </c>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr"/>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar acesso de convidado</t>
+          <t>Suggested in Weblate: Alterar os endereços das salas</t>
         </is>
       </c>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr"/>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar a visibilidade do histórico</t>
+          <t>Suggested in Weblate: Enviar mensagens criptografadas</t>
         </is>
       </c>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr"/>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar quem pode participar</t>
+          <t>Suggested in Weblate: Habilitar criptografia</t>
         </is>
       </c>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr"/>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar mensagem</t>
+          <t>Suggested in Weblate: Alterar acesso de convidado</t>
         </is>
       </c>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr"/>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trocar o nome da sala</t>
+          <t>Suggested in Weblate: Alterar a visibilidade do histórico</t>
         </is>
       </c>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr"/>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trocar as permissões da sala</t>
+          <t>Suggested in Weblate: Alterar quem pode participar</t>
         </is>
       </c>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr"/>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trocar o tópico da sala</t>
+          <t>Suggested in Weblate: Enviar mensagem</t>
         </is>
       </c>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr"/>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trocar os widgets</t>
+          <t>Suggested in Weblate: Trocar o nome da sala</t>
         </is>
       </c>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr"/>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar os widgets (experimental)</t>
+          <t>Suggested in Weblate: Trocar as permissões da sala</t>
         </is>
       </c>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr"/>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Redigir eventos próprios</t>
+          <t>Suggested in Weblate: Trocar o tópico da sala</t>
         </is>
       </c>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr"/>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar os eventos fixados</t>
+          <t>Suggested in Weblate: Trocar os widgets</t>
         </is>
       </c>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr"/>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atualiza a sala</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suggested in Weblate: Alterar os widgets (experimental)</t>
+        </is>
+      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr"/>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar adesivos</t>
+          <t>Suggested in Weblate: Redigir eventos próprios</t>
         </is>
       </c>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr"/>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Banir usuários usando regras de política</t>
+          <t>Suggested in Weblate: Alterar os eventos fixados</t>
         </is>
       </c>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr"/>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Banir salas usando regras de política</t>
-[...2 lines deleted...]
-      <c r="H459" t="inlineStr"/>
+          <t>Suggested in Weblate: Atualiza a sala</t>
+        </is>
+      </c>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr"/>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Banir servidores usando regras de política</t>
+          <t>Suggested in Weblate: Enviar adesivos</t>
         </is>
       </c>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr"/>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Editar comunidades e salas filhas</t>
+          <t>Suggested in Weblate: Banir usuários usando regras de política</t>
         </is>
       </c>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr"/>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar comunidades pais</t>
+          <t>Suggested in Weblate: Banir salas usando regras de política</t>
         </is>
       </c>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr"/>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Iniciar uma chamada</t>
+          <t>Suggested in Weblate: Banir servidores usando regras de política</t>
         </is>
       </c>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr"/>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Negociar uma chamada</t>
+          <t>Suggested in Weblate: Editar comunidades e salas filhas</t>
         </is>
       </c>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr"/>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atender uma chamada</t>
+          <t>Suggested in Weblate: Alterar comunidades pais</t>
         </is>
       </c>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Desligar uma chamada</t>
+          <t>Suggested in Weblate: Iniciar uma chamada</t>
         </is>
       </c>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr"/>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Rejeitar uma chamada</t>
+          <t>Suggested in Weblate: Negociar uma chamada</t>
         </is>
       </c>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr"/>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar os emotes da sala</t>
+          <t>Suggested in Weblate: Atender uma chamada</t>
         </is>
       </c>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr"/>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Outros usuários</t>
+          <t>Suggested in Weblate: Desligar uma chamada</t>
         </is>
       </c>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr"/>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Crie um perfil exclusivo que permita que você faça login em várias contas ao mesmo tempo e inicie várias instâncias do nheko.</t>
+          <t>Suggested in Weblate: Rejeitar uma chamada</t>
         </is>
       </c>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr"/>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: perfil</t>
+          <t>Suggested in Weblate: Alterar os emotes da sala</t>
         </is>
       </c>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr"/>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: nome do perfil</t>
+          <t>Suggested in Weblate: Outros usuários</t>
         </is>
       </c>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr"/>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alias para '--log-level trace'.</t>
+          <t>Suggested in Weblate: Crie um perfil exclusivo que permita que você faça login em várias contas ao mesmo tempo e inicie várias instâncias do nheko.</t>
         </is>
       </c>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr"/>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Defina o nível de log global, ou uma lista separada por vírgulas de pares &lt;component&gt;=&lt;level&gt;, ou ambos. Por exemplo, para definir o nível de log padrão para 'warn', mas desabilitar o log para o componente 'ui', passe 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>Suggested in Weblate: perfil</t>
         </is>
       </c>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr"/>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: nível</t>
+          <t>Suggested in Weblate: nome do perfil</t>
         </is>
       </c>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr"/>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Defina o tipo de saída do log. Uma lista separada por vírgulas é permitida. O padrão é 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Suggested in Weblate: Alias para '--log-level trace'.</t>
         </is>
       </c>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: tipo</t>
+          <t>Suggested in Weblate: Defina o nível de log global, ou uma lista separada por vírgulas de pares &lt;component&gt;=&lt;level&gt;, ou ambos. Por exemplo, para definir o nível de log padrão para 'warn', mas desabilitar o log para o componente 'ui', passe 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Recompacta o banco de dados, o que pode melhorar o desempenho.</t>
+          <t>Suggested in Weblate: nível</t>
         </is>
       </c>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Responder</t>
+          <t>Suggested in Weblate: Defina o tipo de saída do log. Uma lista separada por vírgulas é permitida. O padrão é 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr"/>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar</t>
+          <t>Suggested in Weblate: tipo</t>
         </is>
       </c>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Escrever uma mensatem…</t>
+          <t>Suggested in Weblate: Recompacta o banco de dados, o que pode melhorar o desempenho.</t>
         </is>
       </c>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr"/>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Resolva o reCAPTCHA e pressione o botão confirmar</t>
+          <t>Suggested in Weblate: Responder</t>
         </is>
       </c>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr"/>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir reCAPTCHA</t>
+          <t>Suggested in Weblate: Enviar</t>
         </is>
       </c>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Write a message…</t>
+        </is>
+      </c>
+      <c r="C484" t="inlineStr"/>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar</t>
+          <t>Suggested in Weblate: Escrever uma mensatem…</t>
         </is>
       </c>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr"/>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Confirmar</t>
+          <t>Suggested in Weblate: Resolva o reCAPTCHA e pressione o botão confirmar</t>
         </is>
       </c>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr"/>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Recibos de leitura</t>
+          <t>Suggested in Weblate: Abrir reCAPTCHA</t>
         </is>
       </c>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
-[...2 lines deleted...]
-      <c r="C487" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C487" t="inlineStr">
+        <is>
+          <t>Cancelar</t>
+        </is>
+      </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ontem, %1</t>
+          <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr"/>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na descoberta automática. Resposta malformada recebida.</t>
+          <t>Suggested in Weblate: Confirmar</t>
         </is>
       </c>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr"/>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na descoberta automática. Erro desconhecido ao solicitar .well-known.</t>
+          <t>Suggested in Weblate: Recibos de leitura</t>
         </is>
       </c>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr"/>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os pontos de extremidade necessários não foram encontrados. Possivelmente não é um servidor Matrix.</t>
+          <t>Suggested in Weblate: Ontem, %1</t>
         </is>
       </c>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr"/>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Resposta malformada recebida. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
+          <t>Suggested in Weblate: Falha na descoberta automática. Resposta malformada recebida.</t>
         </is>
       </c>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr"/>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ocorreu um erro desconhecido. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
+          <t>Suggested in Weblate: Falha na descoberta automática. Erro desconhecido ao solicitar .well-known.</t>
         </is>
       </c>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr"/>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O servidor selecionado não suporta uma versão do protocolo Matrix que este cliente entende (%1 a %2). Você não pode registrar.</t>
+          <t>Suggested in Weblate: Os pontos de extremidade necessários não foram encontrados. Possivelmente não é um servidor Matrix.</t>
         </is>
       </c>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr"/>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O servidor não suporta consultas de fluxos de registro!</t>
+          <t>Suggested in Weblate: Resposta malformada recebida. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
         </is>
       </c>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr"/>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O servidor não suporta registro.</t>
+          <t>Suggested in Weblate: Ocorreu um erro desconhecido. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
         </is>
       </c>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome de usuário inválido.</t>
+          <t>Suggested in Weblate: O servidor selecionado não suporta uma versão do protocolo Matrix que este cliente entende (%1 a %2). Você não pode registrar.</t>
         </is>
       </c>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr"/>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome já em uso.</t>
+          <t>Suggested in Weblate: O servidor não suporta consultas de fluxos de registro!</t>
         </is>
       </c>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr"/>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Parte do espaço para nome reservado.</t>
+          <t>Suggested in Weblate: O servidor não suporta registro.</t>
         </is>
       </c>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr"/>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Servidor doméstico</t>
+          <t>Suggested in Weblate: Nome de usuário inválido.</t>
         </is>
       </c>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr"/>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: seu.servidor</t>
+          <t>Suggested in Weblate: Nome já em uso.</t>
         </is>
       </c>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr"/>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Um servidor que permite registro. Como matrix é descentralizado, você precisa primeiro encontrar um servidor no qual possa se registrar ou hospedar o seu próprio.</t>
+          <t>Suggested in Weblate: Parte do espaço para nome reservado.</t>
         </is>
       </c>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr"/>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome de usuário</t>
+          <t>Suggested in Weblate: Servidor doméstico</t>
         </is>
       </c>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr"/>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O nome de usuário não deve estar vazio e deve conter apenas os caracteres a-z, 0-9, ., _, =, - e /.</t>
+          <t>Suggested in Weblate: seu.servidor</t>
         </is>
       </c>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr"/>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Voltar</t>
+          <t>Suggested in Weblate: Um servidor que permite registro. Como matrix é descentralizado, você precisa primeiro encontrar um servidor no qual possa se registrar ou hospedar o seu próprio.</t>
         </is>
       </c>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr"/>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G505" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Senha</t>
+          <t>Suggested in Weblate: Nome de usuário</t>
         </is>
       </c>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr"/>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Por favor, escolha uma senha segura. Os requisitos exatos para a força da senha podem depender do seu servidor.</t>
+          <t>Suggested in Weblate: O nome de usuário não deve estar vazio e deve conter apenas os caracteres a-z, 0-9, ., _, =, - e /.</t>
         </is>
       </c>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr"/>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Confirmação de senha</t>
+          <t>Suggested in Weblate: Voltar</t>
         </is>
       </c>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr"/>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G508" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Suas senhas não correspondem!</t>
+          <t>Suggested in Weblate: Senha</t>
         </is>
       </c>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr"/>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome do dispositivo</t>
+          <t>Suggested in Weblate: Por favor, escolha uma senha segura. Os requisitos exatos para a força da senha podem depender do seu servidor.</t>
         </is>
       </c>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr"/>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Um nome para este dispositivo que será mostrado a outros ao verificar seus dispositivos. Se nada for fornecido, um padrão será usado.</t>
+          <t>Suggested in Weblate: Confirmação de senha</t>
         </is>
       </c>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr"/>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: REGISTRAR</t>
+          <t>Suggested in Weblate: Suas senhas não correspondem!</t>
         </is>
       </c>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr"/>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G512" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fechar</t>
+          <t>Suggested in Weblate: Nome do dispositivo</t>
         </is>
       </c>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr"/>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar Edição</t>
+          <t>Suggested in Weblate: Um nome para este dispositivo que será mostrado a outros ao verificar seus dispositivos. Se nada for fornecido, um padrão será usado.</t>
         </is>
       </c>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr"/>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar Tópico</t>
+          <t>Suggested in Weblate: REGISTRAR</t>
         </is>
       </c>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C515" t="inlineStr"/>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Denunciar mensagem</t>
+          <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C516" t="inlineStr"/>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta mensagem que você está relatando será enviada ao administrador do seu servidor para revisão. Observe que nem todos os administradores de servidor revisam o conteúdo relatado. Você também deve pedir a um moderador da sala para remover o conteúdo, se necessário.</t>
+          <t>Suggested in Weblate: Cancelar Edição</t>
         </is>
       </c>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C517" t="inlineStr"/>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira o motivo do seu relatório:</t>
+          <t>Suggested in Weblate: Cancelar Tópico</t>
         </is>
       </c>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr"/>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Quão ruim é a mensagem?</t>
+          <t>Suggested in Weblate: Denunciar mensagem</t>
         </is>
       </c>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nada mal</t>
+          <t>Suggested in Weblate: Esta mensagem que você está relatando será enviada ao administrador do seu servidor para revisão. Observe que nem todos os administradores de servidor revisam o conteúdo relatado. Você também deve pedir a um moderador da sala para remover o conteúdo, se necessário.</t>
         </is>
       </c>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Um pouco</t>
+          <t>Suggested in Weblate: Insira o motivo do seu relatório:</t>
         </is>
       </c>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ruim</t>
+          <t>Suggested in Weblate: Quão ruim é a mensagem?</t>
         </is>
       </c>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Séria</t>
+          <t>Suggested in Weblate: Nada mal</t>
         </is>
       </c>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Extremamente séria</t>
+          <t>Suggested in Weblate: Um pouco</t>
         </is>
       </c>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Explorar Salas Públicas</t>
+          <t>Suggested in Weblate: Ruim</t>
         </is>
       </c>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ingressar</t>
+          <t>Suggested in Weblate: Séria</t>
         </is>
       </c>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir</t>
+          <t>Suggested in Weblate: Extremamente séria</t>
         </is>
       </c>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr"/>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Procurar por salas públicas</t>
+          <t>Suggested in Weblate: Explorar Salas Públicas</t>
         </is>
       </c>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr"/>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G528" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Escolher servidores domésticos personalizados</t>
+          <t>Suggested in Weblate: Ingressar</t>
         </is>
       </c>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fechar</t>
+          <t>Suggested in Weblate: Abrir</t>
         </is>
       </c>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr"/>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: sem versão armazenada</t>
+          <t>Suggested in Weblate: Procurar por salas públicas</t>
         </is>
       </c>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr"/>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Iniciar um novo bate-papo</t>
+          <t>Suggested in Weblate: Escolher servidores domésticos personalizados</t>
         </is>
       </c>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr"/>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G532" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ingressar em uma sala</t>
+          <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr"/>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criar uma nova sala</t>
+          <t>Suggested in Weblate: sem versão armazenada</t>
         </is>
       </c>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr"/>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Iniciar um bate-papo direto</t>
+          <t>Suggested in Weblate: Iniciar um novo bate-papo</t>
         </is>
       </c>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr"/>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Crie uma nova comunidade</t>
+          <t>Suggested in Weblate: Ingressar em uma sala</t>
         </is>
       </c>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr"/>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Diretorio da sala</t>
+          <t>Suggested in Weblate: Criar uma nova sala</t>
         </is>
       </c>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr"/>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Procurar salas (Ctrl+K)</t>
+          <t>Suggested in Weblate: Iniciar um bate-papo direto</t>
         </is>
       </c>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr"/>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações do usuário</t>
+          <t>Suggested in Weblate: Crie uma nova comunidade</t>
         </is>
       </c>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr"/>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sair</t>
+          <t>Suggested in Weblate: Diretorio da sala</t>
         </is>
       </c>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr"/>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira sua mensagem de status:</t>
+          <t>Suggested in Weblate: Procurar salas (Ctrl+K)</t>
         </is>
       </c>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr"/>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mensagem de Status</t>
+          <t>Suggested in Weblate: Configurações do usuário</t>
         </is>
       </c>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr"/>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações de perfil</t>
+          <t>Suggested in Weblate: Sair</t>
         </is>
       </c>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr"/>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Definir mensagem de status</t>
+          <t>Suggested in Weblate: Insira sua mensagem de status:</t>
         </is>
       </c>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr"/>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Status online automático</t>
+          <t>Suggested in Weblate: Mensagem de Status</t>
         </is>
       </c>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr"/>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: On-line</t>
+          <t>Suggested in Weblate: Configurações de perfil</t>
         </is>
       </c>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr"/>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Indisponível</t>
+          <t>Suggested in Weblate: Definir mensagem de status</t>
         </is>
       </c>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Offline</t>
+          <t>Suggested in Weblate: Status online automático</t>
         </is>
       </c>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criptografia não configurada</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suggested in Weblate: On-line</t>
+        </is>
+      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Login não verificado</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suggested in Weblate: Indisponível</t>
+        </is>
+      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Por favor, verifique seus outros dispositivos</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suggested in Weblate: Offline</t>
+        </is>
+      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr"/>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fechar</t>
-[...2 lines deleted...]
-      <c r="H551" t="inlineStr"/>
+          <t>Suggested in Weblate: Criptografia não configurada</t>
+        </is>
+      </c>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr"/>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira a tag que você deseja usar:</t>
-[...2 lines deleted...]
-      <c r="H552" t="inlineStr"/>
+          <t>Suggested in Weblate: Login não verificado</t>
+        </is>
+      </c>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr"/>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nova tag</t>
-[...2 lines deleted...]
-      <c r="H553" t="inlineStr"/>
+          <t>Suggested in Weblate: Por favor, verifique seus outros dispositivos</t>
+        </is>
+      </c>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr"/>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir separadamente</t>
+          <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr"/>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G555" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Marcar como lido</t>
+          <t>Suggested in Weblate: Insira a tag que você deseja usar:</t>
         </is>
       </c>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr"/>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações da sala</t>
+          <t>Suggested in Weblate: Nova tag</t>
         </is>
       </c>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr"/>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sair da sala</t>
+          <t>Suggested in Weblate: Abrir separadamente</t>
         </is>
       </c>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr"/>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G558" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Copiar link da sala</t>
+          <t>Suggested in Weblate: Marcar como lido</t>
         </is>
       </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr"/>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Marque a sala como:</t>
+          <t>Suggested in Weblate: Configurações da sala</t>
         </is>
       </c>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr"/>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G560" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Favoritos</t>
+          <t>Suggested in Weblate: Sair da sala</t>
         </is>
       </c>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr"/>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Baixa Prioridade</t>
+          <t>Suggested in Weblate: Copiar link da sala</t>
         </is>
       </c>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr"/>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>RoomListTag room as:</t>
         </is>
       </c>
       <c r="G562" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aviso do servidor</t>
+          <t>Suggested in Weblate: Marque a sala como:</t>
         </is>
       </c>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr"/>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G563" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criar nova tag…</t>
+          <t>Suggested in Weblate: Favoritos</t>
         </is>
       </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr"/>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Membros de %1</t>
+          <t>Suggested in Weblate: Baixa Prioridade</t>
         </is>
       </c>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr"/>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>RoomMembers
-Summary above list of members%n people in %1</t>
+          <t>RoomListServer notice</t>
         </is>
       </c>
       <c r="G565" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n pessoa em %1, %n pessoas em %1</t>
+          <t>Suggested in Weblate: Aviso do servidor</t>
         </is>
       </c>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20187</t>
+          <t>../qml/RoomList.qml:20179</t>
         </is>
       </c>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Invite more people</t>
+          <t>Create new tag…</t>
         </is>
       </c>
       <c r="C566" t="inlineStr"/>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>RoomMembersInvite more people</t>
+          <t>RoomListCreate new tag...</t>
         </is>
       </c>
       <c r="G566" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Convidar mais pessoas</t>
+          <t>Suggested in Weblate: Criar nova tag…</t>
         </is>
       </c>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20195</t>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
         </is>
       </c>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Search...</t>
+          <t>Members of %1</t>
         </is>
       </c>
       <c r="C567" t="inlineStr"/>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>RoomMembersSearch...</t>
+          <t>RoomMembersMembers of %1</t>
         </is>
       </c>
       <c r="G567" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Procurar…</t>
+          <t>Suggested in Weblate: Membros de %1</t>
         </is>
       </c>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20205</t>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
         </is>
       </c>
       <c r="B568" t="inlineStr">
         <is>
-          <t xml:space="preserve">Sort by: </t>
+          <t>%n person in %1</t>
         </is>
       </c>
       <c r="C568" t="inlineStr"/>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t xml:space="preserve">RoomMembersSort by: </t>
+          <t>RoomMembers
+Summary above list of members%n people in %1</t>
         </is>
       </c>
       <c r="G568" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Ordenar por: </t>
+          <t>Suggested in Weblate: %n pessoa em %1, %n pessoas em %1</t>
         </is>
       </c>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr"/>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ID do usuário</t>
+          <t>Suggested in Weblate: Convidar mais pessoas</t>
         </is>
       </c>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr"/>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome de exibição</t>
+          <t>Suggested in Weblate: Procurar…</t>
         </is>
       </c>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr"/>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G571" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nível de poder</t>
+          <t xml:space="preserve">Suggested in Weblate: Ordenar por: </t>
         </is>
       </c>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr"/>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta sala não é criptografada!</t>
+          <t>Suggested in Weblate: ID do usuário</t>
         </is>
       </c>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr"/>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Este usuário foi verificado.</t>
+          <t>Suggested in Weblate: Nome de exibição</t>
         </is>
       </c>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr"/>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>RoomMembersPower level</t>
         </is>
       </c>
       <c r="G574" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Este usuário não foi verificado, mas ainda está usando a mesma chave mestra da primeira vez que vocês se conheceram.</t>
+          <t>Suggested in Weblate: Nível de poder</t>
         </is>
       </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr"/>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Este usuário tem dispositivos não verificados!</t>
+          <t>Suggested in Weblate: Esta sala não é criptografada!</t>
         </is>
       </c>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr"/>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao habilitar a criptografia: %1</t>
+          <t>Suggested in Weblate: Este usuário foi verificado.</t>
         </is>
       </c>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr"/>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selecione um avatar</t>
+          <t>Suggested in Weblate: Este usuário não foi verificado, mas ainda está usando a mesma chave mestra da primeira vez que vocês se conheceram.</t>
         </is>
       </c>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr"/>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Todos os Arquivos (*)</t>
+          <t>Suggested in Weblate: Este usuário tem dispositivos não verificados!</t>
         </is>
       </c>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr"/>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O arquivo selecionado não é uma imagem</t>
+          <t>Suggested in Weblate: Falha ao habilitar a criptografia: %1</t>
         </is>
       </c>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr"/>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Erro ao ler o arquivo: %1</t>
+          <t>Suggested in Weblate: Selecione um avatar</t>
         </is>
       </c>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr"/>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao carregar a imagem: %s</t>
+          <t>Suggested in Weblate: Todos os Arquivos (*)</t>
         </is>
       </c>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr"/>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações da Sala</t>
+          <t>Suggested in Weblate: O arquivo selecionado não é uma imagem</t>
         </is>
       </c>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr"/>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar avatar da sala.</t>
+          <t>Suggested in Weblate: Erro ao ler o arquivo: %1</t>
         </is>
       </c>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr"/>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar nome desta sala</t>
+          <t>Suggested in Weblate: Falha ao carregar a imagem: %s</t>
         </is>
       </c>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>Room Settings</t>
         </is>
       </c>
       <c r="C585" t="inlineStr"/>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="G585" t="inlineStr"/>
+          <t>RoomSettingsDialogRoom Settings</t>
+        </is>
+      </c>
+      <c r="G585" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Configurações da Sala</t>
+        </is>
+      </c>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C586" t="inlineStr"/>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogChange room avatar.</t>
         </is>
       </c>
       <c r="G586" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro, %n membros</t>
+          <t>Suggested in Weblate: Alterar avatar da sala.</t>
         </is>
       </c>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr"/>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G587" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ver membros de %1</t>
+          <t>Suggested in Weblate: Alterar nome desta sala</t>
         </is>
       </c>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C589" t="inlineStr"/>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
+          <t>RoomSettingsDialog%n member(s)</t>
         </is>
       </c>
       <c r="G589" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar tópico desta sala</t>
+          <t>Suggested in Weblate: %n membro, %n membros</t>
         </is>
       </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C590" t="inlineStr"/>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="G590" t="inlineStr"/>
+          <t>RoomSettingsDialogView members of %1</t>
+        </is>
+      </c>
+      <c r="G590" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ver membros de %1</t>
+        </is>
+      </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr"/>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: NOTIFICAÇÕES</t>
+          <t>Suggested in Weblate: Nenhum tópico definido</t>
         </is>
       </c>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr"/>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Notificações</t>
+          <t>Suggested in Weblate: Alterar tópico desta sala</t>
         </is>
       </c>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apenas menções</t>
+          <t>Suggested in Weblate: NOTIFICAÇÕES</t>
         </is>
       </c>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Todas as mensagens</t>
+          <t>Suggested in Weblate: Notificações</t>
         </is>
       </c>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C596" t="inlineStr"/>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: PERMISSÕES DE ENTRADA</t>
+          <t>Suggested in Weblate: Mudo</t>
         </is>
       </c>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr"/>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Qualquer um pode participar</t>
+          <t>Suggested in Weblate: Apenas menções</t>
         </is>
       </c>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr"/>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permitir batidas</t>
+          <t>Suggested in Weblate: Todas as mensagens</t>
         </is>
       </c>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr"/>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permitir entrada através de outras salas</t>
+          <t>Suggested in Weblate: PERMISSÕES DE ENTRADA</t>
         </is>
       </c>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr"/>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salas para ingressar via</t>
+          <t>Suggested in Weblate: Qualquer um pode participar</t>
         </is>
       </c>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr"/>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mudar</t>
+          <t>Suggested in Weblate: Permitir batidas</t>
         </is>
       </c>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr"/>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Altere a lista de salas em que os usuários podem entrar nesta sala. Normalmente, esta é a comunidade oficial desta sala.</t>
+          <t>Suggested in Weblate: Permitir entrada através de outras salas</t>
         </is>
       </c>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr"/>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permitir que convidados participem</t>
+          <t>Suggested in Weblate: Salas para ingressar via</t>
         </is>
       </c>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr"/>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aplicar regras de acesso</t>
+          <t>Suggested in Weblate: Mudar</t>
         </is>
       </c>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr"/>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: VISIBILIDADE DA MENSAGEM</t>
+          <t>Suggested in Weblate: Altere a lista de salas em que os usuários podem entrar nesta sala. Normalmente, esta é a comunidade oficial desta sala.</t>
         </is>
       </c>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr"/>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permitir histórico de visualização sem ingressar</t>
+          <t>Suggested in Weblate: Permitir que convidados participem</t>
         </is>
       </c>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr"/>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Isso é útil para ver prévias da sala ou visualizá-la em sites públicos.</t>
+          <t>Suggested in Weblate: Aplicar regras de acesso</t>
         </is>
       </c>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr"/>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os membros podem ver as mensagens desde</t>
+          <t>Suggested in Weblate: VISIBILIDADE DA MENSAGEM</t>
         </is>
       </c>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr"/>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Quanto do histórico é visível para membros inscritos. Alterar isso não afetará a visibilidade de mensagens já enviadas. Aplica-se somente a novas mensagens.</t>
+          <t>Suggested in Weblate: Permitir histórico de visualização sem ingressar</t>
         </is>
       </c>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr"/>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tudo</t>
+          <t>Suggested in Weblate: Isso é útil para ver prévias da sala ou visualizá-la em sites públicos.</t>
         </is>
       </c>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr"/>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enquanto o usuário estiver inscrito, ele poderá ver todas as mensagens anteriores.</t>
+          <t>Suggested in Weblate: Os membros podem ver as mensagens desde</t>
         </is>
       </c>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr"/>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Eles foram convidados</t>
+          <t>Suggested in Weblate: Quanto do histórico é visível para membros inscritos. Alterar isso não afetará a visibilidade de mensagens já enviadas. Aplica-se somente a novas mensagens.</t>
         </is>
       </c>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr"/>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os membros só poderão ver as mensagens de quando foram convidados.</t>
+          <t>Suggested in Weblate: Tudo</t>
         </is>
       </c>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr"/>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Eles ingressaram</t>
+          <t>Suggested in Weblate: Enquanto o usuário estiver inscrito, ele poderá ver todas as mensagens anteriores.</t>
         </is>
       </c>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr"/>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os membros só podem ver mensagens depois de terem entrado.</t>
+          <t>Suggested in Weblate: Eles foram convidados</t>
         </is>
       </c>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr"/>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aplicar alterações de visibilidade</t>
+          <t>Suggested in Weblate: Os membros só poderão ver as mensagens de quando foram convidados.</t>
         </is>
       </c>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr"/>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Eventos ocultos localmente</t>
+          <t>Suggested in Weblate: Eles ingressaram</t>
         </is>
       </c>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr"/>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurar</t>
+          <t>Suggested in Weblate: Os membros só podem ver mensagens depois de terem entrado.</t>
         </is>
       </c>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr"/>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selecione eventos para ocultar nesta sala</t>
+          <t>Suggested in Weblate: Aplicar alterações de visibilidade</t>
         </is>
       </c>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr"/>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Exclusão automática de eventos</t>
+          <t>Suggested in Weblate: Eventos ocultos localmente</t>
         </is>
       </c>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr"/>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selecione se seus eventos serão excluídos automaticamente nesta sala.</t>
+          <t>Suggested in Weblate: Configurar</t>
         </is>
       </c>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr"/>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: CONFIGURAÇÕES GERAIS</t>
+          <t>Suggested in Weblate: Selecione eventos para ocultar nesta sala</t>
         </is>
       </c>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C623" t="inlineStr"/>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criptografia</t>
+          <t>Suggested in Weblate: Exclusão automática de eventos</t>
         </is>
       </c>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr"/>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G624" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criptografia de ponta a ponta</t>
+          <t>Suggested in Weblate: Selecione se seus eventos serão excluídos automaticamente nesta sala.</t>
         </is>
       </c>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C625" t="inlineStr"/>
       <c r="D625" t="inlineStr"/>
       <c r="E625" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F625" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
         </is>
       </c>
       <c r="G625" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: A criptografia é atualmente experimental e as coisas podem quebrar inesperadamente. &lt;br&gt;
-                                Por favor, observe que ela não pode ser desabilitada depois.</t>
+          <t>Suggested in Weblate: CONFIGURAÇÕES GERAIS</t>
         </is>
       </c>
       <c r="H625" t="inlineStr"/>
     </row>
     <row r="626">
       <c r="A626" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
         </is>
       </c>
       <c r="B626" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>Encryption</t>
         </is>
       </c>
       <c r="C626" t="inlineStr"/>
       <c r="D626" t="inlineStr"/>
       <c r="E626" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F626" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
+          <t>RoomSettingsDialogEncryption</t>
         </is>
       </c>
       <c r="G626" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permissões</t>
+          <t>Suggested in Weblate: Criptografia</t>
         </is>
       </c>
       <c r="H626" t="inlineStr"/>
     </row>
     <row r="627">
       <c r="A627" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B627" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
+          <t>End-to-End Encryption</t>
         </is>
       </c>
       <c r="C627" t="inlineStr"/>
       <c r="D627" t="inlineStr"/>
       <c r="E627" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F627" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
         </is>
       </c>
       <c r="G627" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Visualizar e alterar as permissões nesta sala</t>
+          <t>Suggested in Weblate: Criptografia de ponta a ponta</t>
         </is>
       </c>
       <c r="H627" t="inlineStr"/>
     </row>
     <row r="628">
       <c r="A628" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B628" t="inlineStr">
         <is>
-          <t>Aliases</t>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="C628" t="inlineStr"/>
       <c r="D628" t="inlineStr"/>
       <c r="E628" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F628" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="G628" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aliases</t>
+          <t>Suggested in Weblate: A criptografia é atualmente experimental e as coisas podem quebrar inesperadamente. &lt;br&gt;
+                                Por favor, observe que ela não pode ser desabilitada depois.</t>
         </is>
       </c>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr"/>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ver e alterar os endereços/aliases desta sala</t>
+          <t>Suggested in Weblate: Permissões</t>
         </is>
       </c>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr"/>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações de adesivos e emotes</t>
+          <t>Suggested in Weblate: Visualizar e alterar as permissões nesta sala</t>
         </is>
       </c>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr"/>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar quais pacotes estão habilitados, remover pacotes ou criar novos</t>
+          <t>Suggested in Weblate: Aliases</t>
         </is>
       </c>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr"/>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: INFO</t>
+          <t>Suggested in Weblate: Ver e alterar os endereços/aliases desta sala</t>
         </is>
       </c>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr"/>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ID interno</t>
+          <t>Suggested in Weblate: Configurações de adesivos e emotes</t>
         </is>
       </c>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr"/>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Copiado para a área de transferência</t>
+          <t>Suggested in Weblate: Alterar quais pacotes estão habilitados, remover pacotes ou criar novos</t>
         </is>
       </c>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr"/>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Versão da Sala</t>
+          <t>Suggested in Weblate: INFO</t>
         </is>
       </c>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr"/>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: mostrar menos</t>
+          <t>Suggested in Weblate: ID interno</t>
         </is>
       </c>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr"/>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: mostrar mais</t>
+          <t>Suggested in Weblate: Copiado para a área de transferência</t>
         </is>
       </c>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr"/>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Convite pendente.</t>
+          <t>Suggested in Weblate: Versão da Sala</t>
         </is>
       </c>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr"/>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Visualizando esta sala</t>
+          <t>Suggested in Weblate: mostrar menos</t>
         </is>
       </c>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr"/>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nenhuma pré-visualização disponível</t>
+          <t>Suggested in Weblate: mostrar mais</t>
         </is>
       </c>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr"/>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta sala é possivelmente inacessível</t>
+          <t>Suggested in Weblate: Convite pendente.</t>
         </is>
       </c>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr"/>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Por favor, digite sua senha de login para continuar:</t>
+          <t>Suggested in Weblate: Visualizando esta sala</t>
         </is>
       </c>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr"/>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira um endereço de e-mail válido para continuar:</t>
+          <t>Suggested in Weblate: Nenhuma pré-visualização disponível</t>
         </is>
       </c>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C644" t="inlineStr"/>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira um número de telefone válido para continuar:</t>
+          <t>Suggested in Weblate: Esta sala é possivelmente inacessível</t>
         </is>
       </c>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr"/>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira o token que foi enviado a você:</t>
+          <t>Suggested in Weblate: Por favor, digite sua senha de login para continuar:</t>
         </is>
       </c>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr"/>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aguarde o link de confirmação chegar e depois continue.</t>
+          <t>Suggested in Weblate: Insira um endereço de e-mail válido para continuar:</t>
         </is>
       </c>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr"/>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Compartilhar área de trabalho com %1?</t>
+          <t>Suggested in Weblate: Insira um número de telefone válido para continuar:</t>
         </is>
       </c>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr"/>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Método:</t>
+          <t>Suggested in Weblate: Insira o token que foi enviado a você:</t>
         </is>
       </c>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr"/>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Janela:</t>
+          <t>Suggested in Weblate: Aguarde o link de confirmação chegar e depois continue.</t>
         </is>
       </c>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr"/>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Solicitar captura de tela</t>
+          <t>Suggested in Weblate: Compartilhar área de trabalho com %1?</t>
         </is>
       </c>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr"/>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Taxa de quadros:</t>
+          <t>Suggested in Weblate: Método:</t>
         </is>
       </c>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr"/>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Inclua sua câmera picture-in-picture</t>
+          <t>Suggested in Weblate: Janela:</t>
         </is>
       </c>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr"/>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Solicitar câmera remota</t>
+          <t>Suggested in Weblate: Solicitar captura de tela</t>
         </is>
       </c>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr"/>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Visualize a câmera do seu interlocutor como se fosse uma videochamada normal</t>
+          <t>Suggested in Weblate: Taxa de quadros:</t>
         </is>
       </c>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr"/>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ocultar cursor do mouse</t>
+          <t>Suggested in Weblate: Inclua sua câmera picture-in-picture</t>
         </is>
       </c>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr"/>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Compartilhar</t>
+          <t>Suggested in Weblate: Solicitar câmera remota</t>
         </is>
       </c>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr"/>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pré-visualização</t>
+          <t>Suggested in Weblate: Visualize a câmera do seu interlocutor como se fosse uma videochamada normal</t>
         </is>
       </c>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hide mouse cursor</t>
+        </is>
+      </c>
+      <c r="C658" t="inlineStr"/>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar</t>
+          <t>Suggested in Weblate: Ocultar cursor do mouse</t>
         </is>
       </c>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr"/>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao conectar ao armazenamento secreto</t>
+          <t>Suggested in Weblate: Compartilhar</t>
         </is>
       </c>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr"/>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O Nheko não conseguiu se conectar ao armazenamento seguro para salvar segredos de criptografia. Isso pode ter vários motivos. Verifique se o seu serviço D-Bus está em execução e se você configurou um serviço como KWallet, Gnome Keyring, KeePassXC ou equivalente para sua plataforma. Se estiver com problemas, sinta-se à vontade para abrir um problema aqui: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Suggested in Weblate: Pré-visualização</t>
         </is>
       </c>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
-[...2 lines deleted...]
-      <c r="C661" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C661" t="inlineStr">
+        <is>
+          <t>Cancelar</t>
+        </is>
+      </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta é sua chave de recuperação. Você precisará dela para restaurar o acesso às suas mensagens criptografadas e chaves de verificação. Mantenha-a segura. Não compartilhe com ninguém e não a perca! Não passe! Não receba $200!</t>
+          <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr"/>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criptografia configurada com sucesso</t>
+          <t>Suggested in Weblate: Falha ao conectar ao armazenamento secreto</t>
         </is>
       </c>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr"/>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G663" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao configurar a criptografia: %1</t>
+          <t>Suggested in Weblate: O Nheko não conseguiu se conectar ao armazenamento seguro para salvar segredos de criptografia. Isso pode ter vários motivos. Verifique se o seu serviço D-Bus está em execução e se você configurou um serviço como KWallet, Gnome Keyring, KeePassXC ou equivalente para sua plataforma. Se estiver com problemas, sinta-se à vontade para abrir um problema aqui: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr"/>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurar Criptografia</t>
+          <t>Suggested in Weblate: Esta é sua chave de recuperação. Você precisará dela para restaurar o acesso às suas mensagens criptografadas e chaves de verificação. Mantenha-a segura. Não compartilhe com ninguém e não a perca! Não passe! Não receba $200!</t>
         </is>
       </c>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
         <is>
-          <t>Hello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>Encryption setup successfully</t>
         </is>
       </c>
       <c r="C665" t="inlineStr"/>
       <c r="D665" t="inlineStr"/>
       <c r="E665" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F665" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckHello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
         </is>
       </c>
       <c r="G665" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Olá e bem-vindo ao Matrix!
-Parece que você é novo. Antes que você possa criptografar suas mensagens com segurança, precisamos configurar algumas pequenas coisas. Você pode pressionar aceitar imediatamente ou ajustar algumas opções básicas. Também tentamos explicar algumas noções básicas. Você pode pular essas partes, mas elas podem ser úteis!</t>
+          <t>Suggested in Weblate: Criptografia configurada com sucesso</t>
         </is>
       </c>
       <c r="H665" t="inlineStr"/>
     </row>
     <row r="666">
       <c r="A666" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17599</t>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
         </is>
       </c>
       <c r="B666" t="inlineStr">
         <is>
-          <t>Activate Encryption</t>
+          <t>Failed to setup encryption: %1</t>
         </is>
       </c>
       <c r="C666" t="inlineStr"/>
       <c r="D666" t="inlineStr"/>
       <c r="E666" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F666" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckActivate Encryption</t>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
         </is>
       </c>
       <c r="G666" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ativar Criptografia</t>
+          <t>Suggested in Weblate: Falha ao configurar a criptografia: %1</t>
         </is>
       </c>
       <c r="H666" t="inlineStr"/>
     </row>
     <row r="667">
       <c r="A667" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17608</t>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
         </is>
       </c>
       <c r="B667" t="inlineStr">
         <is>
-          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>Setup Encryption</t>
         </is>
       </c>
       <c r="C667" t="inlineStr"/>
       <c r="D667" t="inlineStr"/>
       <c r="E667" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F667" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>SelfVerificationCheckSetup Encryption</t>
         </is>
       </c>
       <c r="G667" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Parece que você já configurou a criptografia para esta conta. Para poder acessar suas mensagens criptografadas e fazer com que este dispositivo apareça como confiável, você pode verificar um dispositivo existente ou (se tiver um) inserir sua senha de recuperação. Selecione uma das opções abaixo.
-Se você escolher verificar, precisará ter o outro dispositivo disponível. Se você escolher "inserir senha", precisará de sua chave de recuperação ou senha. Se clicar em cancelar, poderá optar por verificar a si mesmo mais tarde.</t>
+          <t>Suggested in Weblate: Configurar Criptografia</t>
         </is>
       </c>
       <c r="H667" t="inlineStr"/>
     </row>
     <row r="668">
       <c r="A668" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17613</t>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
         </is>
       </c>
       <c r="B668" t="inlineStr">
         <is>
-          <t>verify</t>
+          <t>Hello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="C668" t="inlineStr"/>
       <c r="D668" t="inlineStr"/>
       <c r="E668" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F668" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckverify</t>
+          <t>SelfVerificationCheckHello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="G668" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: verificar</t>
+          <t>Suggested in Weblate: Olá e bem-vindo ao Matrix!
+Parece que você é novo. Antes que você possa criptografar suas mensagens com segurança, precisamos configurar algumas pequenas coisas. Você pode pressionar aceitar imediatamente ou ajustar algumas opções básicas. Também tentamos explicar algumas noções básicas. Você pode pular essas partes, mas elas podem ser úteis!</t>
         </is>
       </c>
       <c r="H668" t="inlineStr"/>
     </row>
     <row r="669">
       <c r="A669" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17622</t>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
         </is>
       </c>
       <c r="B669" t="inlineStr">
         <is>
-          <t>enter passphrase</t>
+          <t>Activate Encryption</t>
         </is>
       </c>
       <c r="C669" t="inlineStr"/>
       <c r="D669" t="inlineStr"/>
       <c r="E669" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F669" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckenter passphrase</t>
+          <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
       <c r="G669" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: digite a senha</t>
+          <t>Suggested in Weblate: Ativar Criptografia</t>
         </is>
       </c>
       <c r="H669" t="inlineStr"/>
     </row>
     <row r="670">
       <c r="A670" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17675</t>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
         </is>
       </c>
       <c r="B670" t="inlineStr">
         <is>
-          <t>Failed to create keys for cross-signing!</t>
+          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="C670" t="inlineStr"/>
       <c r="D670" t="inlineStr"/>
       <c r="E670" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F670" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
+          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="G670" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao criar chaves para assinatura cruzada!</t>
+          <t>Suggested in Weblate: Parece que você já configurou a criptografia para esta conta. Para poder acessar suas mensagens criptografadas e fazer com que este dispositivo apareça como confiável, você pode verificar um dispositivo existente ou (se tiver um) inserir sua senha de recuperação. Selecione uma das opções abaixo.
+Se você escolher verificar, precisará ter o outro dispositivo disponível. Se você escolher "inserir senha", precisará de sua chave de recuperação ou senha. Se clicar em cancelar, poderá optar por verificar a si mesmo mais tarde.</t>
         </is>
       </c>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr"/>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao criar chaves para backup de chaves online!</t>
+          <t>Suggested in Weblate: verificar</t>
         </is>
       </c>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr"/>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao criar chaves para armazenamento secreto seguro no lado do servidor!</t>
+          <t>Suggested in Weblate: digite a senha</t>
         </is>
       </c>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr"/>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configuração de criptografia</t>
+          <t>Suggested in Weblate: Falha ao criar chaves para assinatura cruzada!</t>
         </is>
       </c>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr"/>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na configuração de criptografia: %1</t>
+          <t>Suggested in Weblate: Falha ao criar chaves para backup de chaves online!</t>
         </is>
       </c>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr"/>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chave de identidade alterada. Isso quebra o E2EE, então faça logout.</t>
+          <t>Suggested in Weblate: Falha ao criar chaves para armazenamento secreto seguro no lado do servidor!</t>
         </is>
       </c>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr"/>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao atualizar o pacote de imagens: %1</t>
+          <t>Suggested in Weblate: Configuração de criptografia</t>
         </is>
       </c>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr"/>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao excluir pacote de imagem antigo: %1</t>
+          <t>Suggested in Weblate: Falha na configuração de criptografia: %1</t>
         </is>
       </c>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr"/>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao abrir a imagem: %1</t>
+          <t>Suggested in Weblate: Chave de identidade alterada. Isso quebra o E2EE, então faça logout.</t>
         </is>
       </c>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr"/>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao carregar a imagem: %1</t>
+          <t>Suggested in Weblate: Falha ao atualizar o pacote de imagens: %1</t>
         </is>
       </c>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr"/>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
-[...2 lines deleted...]
-      <c r="G680" t="inlineStr"/>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+        </is>
+      </c>
+      <c r="G680" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Falha ao excluir pacote de imagem antigo: %1</t>
+        </is>
+      </c>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr"/>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Comunidade oficial para esta sala</t>
+          <t>Suggested in Weblate: Falha ao abrir a imagem: %1</t>
         </is>
       </c>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr"/>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Comunidade afiliada para esta sala</t>
+          <t>Suggested in Weblate: Falha ao carregar a imagem: %1</t>
         </is>
       </c>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr"/>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
-[...6 lines deleted...]
-      </c>
+          <t>SpaceMenuAdd or remove from community...</t>
+        </is>
+      </c>
+      <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr"/>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Listado apenas para membros da sala</t>
+          <t>Suggested in Weblate: Comunidade oficial para esta sala</t>
         </is>
       </c>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr"/>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Não relacionado</t>
+          <t>Suggested in Weblate: Comunidade afiliada para esta sala</t>
         </is>
       </c>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr"/>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falhou</t>
+          <t>Suggested in Weblate: Listado apenas para membros da comunidade</t>
         </is>
       </c>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr"/>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviado</t>
+          <t>Suggested in Weblate: Listado apenas para membros da sala</t>
         </is>
       </c>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr"/>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Recebido</t>
+          <t>Suggested in Weblate: Não relacionado</t>
         </is>
       </c>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr"/>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lido</t>
+          <t>Suggested in Weblate: Falhou</t>
         </is>
       </c>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sent</t>
+        </is>
+      </c>
+      <c r="C690" t="inlineStr"/>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pesquisar</t>
+          <t>Suggested in Weblate: Enviado</t>
         </is>
       </c>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr"/>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G691" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar quais pacotes estão habilitados, remover pacotes ou criar novos</t>
+          <t>Suggested in Weblate: Recebido</t>
         </is>
       </c>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr"/>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Verificação bem-sucedida</t>
+          <t>Suggested in Weblate: Lido</t>
         </is>
       </c>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
-[...2 lines deleted...]
-      <c r="C693" t="inlineStr"/>
+          <t>Search</t>
+        </is>
+      </c>
+      <c r="C693" t="inlineStr">
+        <is>
+          <t>Pesquisar</t>
+        </is>
+      </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Verificação bem-sucedida!  Ambos os lados verificaram seus dispositivos!</t>
+          <t>Suggested in Weblate: Pesquisar</t>
         </is>
       </c>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr"/>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G694" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fechar</t>
+          <t>Suggested in Weblate: Alterar quais pacotes estão habilitados, remover pacotes ou criar novos</t>
         </is>
       </c>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr"/>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Parte de um tópico</t>
+          <t>Suggested in Weblate: Verificação bem-sucedida</t>
         </is>
       </c>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr"/>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fez uma chamada de voz.</t>
+          <t>Suggested in Weblate: Verificação bem-sucedida!  Ambos os lados verificaram seus dispositivos!</t>
         </is>
       </c>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr"/>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fez uma videochamada.</t>
+          <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr"/>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G698" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fez uma chamada.</t>
+          <t>Suggested in Weblate: Parte de um tópico</t>
         </is>
       </c>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr"/>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G699" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 atendeu a chamada</t>
+          <t>Suggested in Weblate: %1 fez uma chamada de voz.</t>
         </is>
       </c>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr"/>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 rejeitou a chamada.</t>
+          <t>Suggested in Weblate: %1 fez uma videochamada.</t>
         </is>
       </c>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr"/>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 placed a call.</t>
         </is>
       </c>
       <c r="G701" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 resposta selecionada.</t>
+          <t>Suggested in Weblate: %1 fez uma chamada.</t>
         </is>
       </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr"/>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G702" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 encerrou a chamada.</t>
+          <t>Suggested in Weblate: %1 atendeu a chamada</t>
         </is>
       </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr"/>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G703" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 está negociando a chamada…</t>
+          <t>Suggested in Weblate: %1 rejeitou a chamada.</t>
         </is>
       </c>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr"/>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Deixe-os entrar</t>
+          <t>Suggested in Weblate: %1 resposta selecionada.</t>
         </is>
       </c>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr"/>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta sala foi substituída pelo seguinte motivo: %1</t>
+          <t>Suggested in Weblate: %1 encerrou a chamada.</t>
         </is>
       </c>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr"/>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Vá para a sala de substituição</t>
+          <t>Suggested in Weblate: %1 está negociando a chamada…</t>
         </is>
       </c>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr"/>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Editado</t>
+          <t>Suggested in Weblate: Deixe-os entrar</t>
         </is>
       </c>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr"/>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Parte de um tópico</t>
+          <t>Suggested in Weblate: Esta sala foi substituída pelo seguinte motivo: %1</t>
         </is>
       </c>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr"/>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na redação da mensagem: %1</t>
+          <t>Suggested in Weblate: Vá para a sala de substituição</t>
         </is>
       </c>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr"/>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao criptografar o evento, envio abortado!</t>
+          <t>Suggested in Weblate: Editado</t>
         </is>
       </c>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr"/>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salvar imagem</t>
+          <t>Suggested in Weblate: Parte de um tópico</t>
         </is>
       </c>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr"/>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salvar vídeo</t>
+          <t>Suggested in Weblate: Falha na redação da mensagem: %1</t>
         </is>
       </c>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr"/>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salvar áudio</t>
+          <t>Suggested in Weblate: Falha ao criptografar o evento, envio abortado!</t>
         </is>
       </c>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr"/>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salvar arquivo</t>
+          <t>Suggested in Weblate: Salvar imagem</t>
         </is>
       </c>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr"/>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
-          <t>TimelineModel
-Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
+          <t>TimelineModelSave video</t>
         </is>
       </c>
       <c r="G715" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1%2 está digitando., %1 e %2 estão digitando.</t>
+          <t>Suggested in Weblate: Salvar vídeo</t>
         </is>
       </c>
       <c r="H715" t="inlineStr"/>
     </row>
     <row r="716">
       <c r="A716" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
         </is>
       </c>
       <c r="B716" t="inlineStr">
         <is>
-          <t>%1 opened the room to the public.</t>
+          <t>Save audio</t>
         </is>
       </c>
       <c r="C716" t="inlineStr"/>
       <c r="D716" t="inlineStr"/>
       <c r="E716" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F716" t="inlineStr">
         <is>
-          <t>TimelineModel%1 opened the room to the public.</t>
+          <t>TimelineModelSave audio</t>
         </is>
       </c>
       <c r="G716" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 abriu a sala ao público.</t>
+          <t>Suggested in Weblate: Salvar áudio</t>
         </is>
       </c>
       <c r="H716" t="inlineStr"/>
     </row>
     <row r="717">
       <c r="A717" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21554</t>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
         </is>
       </c>
       <c r="B717" t="inlineStr">
         <is>
-          <t>%1 allowed to join this room by knocking.</t>
+          <t>Save file</t>
         </is>
       </c>
       <c r="C717" t="inlineStr"/>
       <c r="D717" t="inlineStr"/>
       <c r="E717" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F717" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed to join this room by knocking.</t>
+          <t>TimelineModelSave file</t>
         </is>
       </c>
       <c r="G717" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 tem permissão para entrar nesta sala ao bater.</t>
+          <t>Suggested in Weblate: Salvar arquivo</t>
         </is>
       </c>
       <c r="H717" t="inlineStr"/>
     </row>
     <row r="718">
       <c r="A718" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21561</t>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
         </is>
       </c>
       <c r="B718" t="inlineStr">
         <is>
-          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
+          <t>%1%2 is typing.</t>
         </is>
       </c>
       <c r="C718" t="inlineStr"/>
       <c r="D718" t="inlineStr"/>
       <c r="E718" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F718" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
+          <t>TimelineModel
+Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
       <c r="G718" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitiu que membros das seguintes salas se juntassem automaticamente a esta sala: %2</t>
+          <t>Suggested in Weblate: %1%2 está digitando., %1 e %2 estão digitando.</t>
         </is>
       </c>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr"/>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 disponibilizou a sala para os convidados.</t>
+          <t>Suggested in Weblate: %1 abriu a sala ao público.</t>
         </is>
       </c>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr"/>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fechou a sala para acesso de convidados.</t>
+          <t>Suggested in Weblate: %1 tem permissão para entrar nesta sala ao bater.</t>
         </is>
       </c>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr"/>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 tornou o histórico da sala legível para o mundo. Eventos agora podem ser lidos por pessoas não inscritas.</t>
+          <t>Suggested in Weblate: %1 permitiu que membros das seguintes salas se juntassem automaticamente a esta sala: %2</t>
         </is>
       </c>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr"/>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 define o histórico da sala visível para os membros a partir deste ponto.</t>
+          <t>Suggested in Weblate: %1 disponibilizou a sala para os convidados.</t>
         </is>
       </c>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr"/>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 definiu o histórico da sala visível para os membros desde que foram convidados.</t>
+          <t>Suggested in Weblate: %1 fechou a sala para acesso de convidados.</t>
         </is>
       </c>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr"/>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 define o histórico da sala visível para os membros desde que eles entraram na sala.</t>
+          <t>Suggested in Weblate: %1 tornou o histórico da sala legível para o mundo. Eventos agora podem ser lidos por pessoas não inscritas.</t>
         </is>
       </c>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr"/>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou as permissões da sala.</t>
+          <t>Suggested in Weblate: %1 define o histórico da sala visível para os membros a partir deste ponto.</t>
         </is>
       </c>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr"/>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder de chute da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %1 definiu o histórico da sala visível para os membros desde que foram convidados.</t>
         </is>
       </c>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr"/>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro agora pode expulsar membros da sala., %n membros agora podem expulsar membros da sala.</t>
+          <t>Suggested in Weblate: %1 define o histórico da sala visível para os membros desde que eles entraram na sala.</t>
         </is>
       </c>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr"/>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agora pode expulsar membros da sala.</t>
+          <t>Suggested in Weblate: %1 alterou as permissões da sala.</t>
         </is>
       </c>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr"/>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder de redação da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder de chute da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr"/>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro agora pode redigir mensagens de sala., %n membros agora podem redigir mensagens de sala.</t>
+          <t>Suggested in Weblate: %n membro agora pode expulsar membros da sala., %n membros agora podem expulsar membros da sala.</t>
         </is>
       </c>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr"/>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agora pode redigir mensagens de sala.</t>
+          <t>Suggested in Weblate: %1 agora pode expulsar membros da sala.</t>
         </is>
       </c>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr"/>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder de banimento da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder de redação da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr"/>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro agora pode banir membros da sala., %n membros agora podem banir membros da sala.</t>
+          <t>Suggested in Weblate: %n membro agora pode redigir mensagens de sala., %n membros agora podem redigir mensagens de sala.</t>
         </is>
       </c>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr"/>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agora pode banir membros da sala.</t>
+          <t>Suggested in Weblate: %1 agora pode redigir mensagens de sala.</t>
         </is>
       </c>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr"/>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de energia padrão do estado da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder de banimento da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr"/>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro agora pode enviar eventos de estado., %n membros agora podem enviar eventos de estado.</t>
+          <t>Suggested in Weblate: %n membro agora pode banir membros da sala., %n membros agora podem banir membros da sala.</t>
         </is>
       </c>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr"/>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agora pode enviar eventos de estado.</t>
+          <t>Suggested in Weblate: %1 agora pode banir membros da sala.</t>
         </is>
       </c>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr"/>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder de convite da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de energia padrão do estado da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr"/>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3. Novos usuários agora não podem enviar nenhum evento.</t>
+          <t>Suggested in Weblate: %n membro agora pode enviar eventos de estado., %n membros agora podem enviar eventos de estado.</t>
         </is>
       </c>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr"/>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3. Novos usuários agora podem enviar eventos que não são restritos de outra forma.</t>
+          <t>Suggested in Weblate: %1 agora pode enviar eventos de estado.</t>
         </is>
       </c>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr"/>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder de convite da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr"/>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 tornou %2 administrador desta sala.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3. Novos usuários agora não podem enviar nenhum evento.</t>
         </is>
       </c>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr"/>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 tornou %2 moderador desta sala.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3. Novos usuários agora podem enviar eventos que não são restritos de outra forma.</t>
         </is>
       </c>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr"/>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 rebaixou %2 para moderador desta sala.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr"/>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de potência de %2 de %3 para %4.</t>
+          <t>Suggested in Weblate: %1 tornou %2 administrador desta sala.</t>
         </is>
       </c>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr"/>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitiu que apenas administradores enviassem "%2".</t>
+          <t>Suggested in Weblate: %1 tornou %2 moderador desta sala.</t>
         </is>
       </c>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr"/>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitiu que apenas moderadores enviassem "%2".</t>
+          <t>Suggested in Weblate: %1 rebaixou %2 para moderador desta sala.</t>
         </is>
       </c>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr"/>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitiu que todos enviassem "%2".</t>
+          <t>Suggested in Weblate: %1 alterou o nível de potência de %2 de %3 para %4.</t>
         </is>
       </c>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr"/>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de potência do tipo de evento "%2" do padrão para %3.</t>
+          <t>Suggested in Weblate: %1 permitiu que apenas administradores enviassem "%2".</t>
         </is>
       </c>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr"/>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de potência do tipo de evento "%2" de %3 para %4.</t>
+          <t>Suggested in Weblate: %1 permitiu que apenas moderadores enviassem "%2".</t>
         </is>
       </c>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr"/>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: (vazio)</t>
+          <t>Suggested in Weblate: %1 permitiu que todos enviassem "%2".</t>
         </is>
       </c>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr"/>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu as seguintes imagens do pacote %2:&lt;br&gt;%3</t>
+          <t>Suggested in Weblate: %1 alterou o nível de potência do tipo de evento "%2" do padrão para %3.</t>
         </is>
       </c>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr"/>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 adicionou as seguintes imagens ao pacote %2:&lt;br&gt;%3</t>
+          <t>Suggested in Weblate: %1 alterou o nível de potência do tipo de evento "%2" de %3 para %4.</t>
         </is>
       </c>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr"/>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o adesivo e os emotes nesta sala.</t>
+          <t>Suggested in Weblate: (vazio)</t>
         </is>
       </c>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr"/>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 desabilitou a regra para banir usuários que correspondem a %2.</t>
+          <t>Suggested in Weblate: %1 removeu as seguintes imagens do pacote %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr"/>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 adicionou uma regra para banir usuários que correspondem a %2 para '%3'.</t>
+          <t>Suggested in Weblate: %1 adicionou as seguintes imagens ao pacote %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr"/>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 desabilitou a regra para banir salas correspondentes a %2.</t>
+          <t>Suggested in Weblate: %1 alterou o adesivo e os emotes nesta sala.</t>
         </is>
       </c>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr"/>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 adicionou uma regra para banir salas que correspondam a %2 para '%3'.</t>
+          <t>Suggested in Weblate: %1 desabilitou a regra para banir usuários que correspondem a %2.</t>
         </is>
       </c>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr"/>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 desabilitou a regra para banir servidores correspondentes a %2.</t>
+          <t>Suggested in Weblate: %1 adicionou uma regra para banir usuários que correspondem a %2 para '%3'.</t>
         </is>
       </c>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr"/>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 adicionou uma regra para banir servidores que correspondem a %2 para '%3'.</t>
+          <t>Suggested in Weblate: %1 desabilitou a regra para banir salas correspondentes a %2.</t>
         </is>
       </c>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr"/>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Removido por %1</t>
+          <t>Suggested in Weblate: %1 adicionou uma regra para banir salas que correspondam a %2 para '%3'.</t>
         </is>
       </c>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr"/>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 (%2) removeu esta mensagem em %3</t>
+          <t>Suggested in Weblate: %1 desabilitou a regra para banir servidores correspondentes a %2.</t>
         </is>
       </c>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr"/>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Removido por %1 porque: %2</t>
+          <t>Suggested in Weblate: %1 adicionou uma regra para banir servidores que correspondem a %2 para '%3'.</t>
         </is>
       </c>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>Removed by %1</t>
         </is>
       </c>
       <c r="C764" t="inlineStr"/>
       <c r="D764" t="inlineStr"/>
       <c r="E764" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F764" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>TimelineModelRemoved by %1</t>
         </is>
       </c>
       <c r="G764" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 (%2) removeu esta mensagem em %3
-Motivo: %4</t>
+          <t>Suggested in Weblate: Removido por %1</t>
         </is>
       </c>
       <c r="H764" t="inlineStr"/>
     </row>
     <row r="765">
       <c r="A765" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22212</t>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
         </is>
       </c>
       <c r="B765" t="inlineStr">
         <is>
-          <t>%2 revoked the invite to %1.</t>
+          <t>%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="C765" t="inlineStr"/>
       <c r="D765" t="inlineStr"/>
       <c r="E765" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F765" t="inlineStr">
         <is>
-          <t>TimelineModel%2 revoked the invite to %1.</t>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="G765" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 revogou o convite para %1.</t>
+          <t>Suggested in Weblate: %1 (%2) removeu esta mensagem em %3</t>
         </is>
       </c>
       <c r="H765" t="inlineStr"/>
     </row>
     <row r="766">
       <c r="A766" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22207</t>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
         </is>
       </c>
       <c r="B766" t="inlineStr">
         <is>
-          <t>%2 kicked %1.</t>
+          <t>Removed by %1 because: %2</t>
         </is>
       </c>
       <c r="C766" t="inlineStr"/>
       <c r="D766" t="inlineStr"/>
       <c r="E766" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F766" t="inlineStr">
         <is>
-          <t>TimelineModel%2 kicked %1.</t>
+          <t>TimelineModelRemoved by %1 because: %2</t>
         </is>
       </c>
       <c r="G766" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 chutou %1.</t>
+          <t>Suggested in Weblate: Removido por %1 porque: %2</t>
         </is>
       </c>
       <c r="H766" t="inlineStr"/>
     </row>
     <row r="767">
       <c r="A767" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22214</t>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
         </is>
       </c>
       <c r="B767" t="inlineStr">
         <is>
-          <t>%2 unbanned %1.</t>
+          <t>%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="C767" t="inlineStr"/>
       <c r="D767" t="inlineStr"/>
       <c r="E767" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F767" t="inlineStr">
         <is>
-          <t>TimelineModel%2 unbanned %1.</t>
+          <t>TimelineModel%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="G767" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 desbaniu %1.</t>
+          <t>Suggested in Weblate: %1 (%2) removeu esta mensagem em %3
+Motivo: %4</t>
         </is>
       </c>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr"/>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 rejeitou a batida de %1.</t>
+          <t>Suggested in Weblate: %2 revogou o convite para %1.</t>
         </is>
       </c>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr"/>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 mudou seu avatar.</t>
+          <t>Suggested in Weblate: %2 chutou %1.</t>
         </is>
       </c>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr"/>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou algumas informações do perfil.</t>
+          <t>Suggested in Weblate: %2 desbaniu %1.</t>
         </is>
       </c>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr"/>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ingressou.</t>
+          <t>Suggested in Weblate: %2 rejeitou a batida de %1.</t>
         </is>
       </c>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr"/>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ingressou por meio de autorização do servidor %2.</t>
+          <t>Suggested in Weblate: %1 mudou seu avatar.</t>
         </is>
       </c>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr"/>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 rejeitou o convite.</t>
+          <t>Suggested in Weblate: %1 alterou algumas informações do perfil.</t>
         </is>
       </c>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr"/>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 saiu da sala.</t>
+          <t>Suggested in Weblate: %1 ingressou.</t>
         </is>
       </c>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr"/>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Motivo: %1</t>
+          <t>Suggested in Weblate: %1 ingressou por meio de autorização do servidor %2.</t>
         </is>
       </c>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr"/>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu sua batida.</t>
+          <t>Suggested in Weblate: %1 rejeitou o convite.</t>
         </is>
       </c>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr"/>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou quais servidores são permitidos nesta sala.</t>
+          <t>Suggested in Weblate: %1 saiu da sala.</t>
         </is>
       </c>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C778" t="inlineStr"/>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu o nome da sala.</t>
+          <t>Suggested in Weblate: Motivo: %1</t>
         </is>
       </c>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr"/>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nome da sala para: %2</t>
+          <t>Suggested in Weblate: %1 removeu sua batida.</t>
         </is>
       </c>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr"/>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu o tópico.</t>
+          <t>Suggested in Weblate: %1 alterou quais servidores são permitidos nesta sala.</t>
         </is>
       </c>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr"/>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o tópico para: %2</t>
+          <t>Suggested in Weblate: %1 removeu o nome da sala.</t>
         </is>
       </c>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr"/>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o avatar da sala para: %2</t>
+          <t>Suggested in Weblate: %1 alterou o nome da sala para: %2</t>
         </is>
       </c>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr"/>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu o avatar da sala.</t>
+          <t>Suggested in Weblate: %1 removeu o tópico.</t>
         </is>
       </c>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr"/>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou as mensagens fixadas.</t>
+          <t>Suggested in Weblate: %1 alterou o tópico para: %2</t>
         </is>
       </c>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr"/>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou os endereços desta sala.</t>
+          <t>Suggested in Weblate: %1 alterou o avatar da sala para: %2</t>
         </is>
       </c>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr"/>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou as comunidades pai desta sala.</t>
+          <t>Suggested in Weblate: %1 removeu o avatar da sala.</t>
         </is>
       </c>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr"/>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 criou e configurou a sala: %2</t>
+          <t>Suggested in Weblate: %1 alterou as mensagens fixadas.</t>
         </is>
       </c>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr"/>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou evento de estado desconhecido %2.</t>
+          <t>Suggested in Weblate: %1 alterou os endereços desta sala.</t>
         </is>
       </c>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the parent communities for this room.</t>
+        </is>
+      </c>
+      <c r="C789" t="inlineStr"/>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Você entrou nessa sala.</t>
+          <t>Suggested in Weblate: %1 alterou as comunidades pai desta sala.</t>
         </is>
       </c>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
+          <t>%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="C790" t="inlineStr"/>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
-[...2 lines deleted...]
-      <c r="G790" t="inlineStr"/>
+          <t>TimelineModel%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="G790" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 criou e configurou a sala: %2</t>
+        </is>
+      </c>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr"/>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fez com que esta sala exigisse um convite para entrar.</t>
+          <t>Suggested in Weblate: %1 alterou evento de estado desconhecido %2.</t>
         </is>
       </c>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
-[...2 lines deleted...]
-      <c r="C792" t="inlineStr"/>
+          <t>You joined this room.</t>
+        </is>
+      </c>
+      <c r="C792" t="inlineStr">
+        <is>
+          <t>Você entrou nessa sala.</t>
+        </is>
+      </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 convidou %2.</t>
+          <t>Suggested in Weblate: Você entrou nessa sala.</t>
         </is>
       </c>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
+          <t>%n hour later</t>
         </is>
       </c>
       <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%n hour(s) later</t>
+        </is>
+      </c>
+      <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr"/>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou seu nome de exibição para %2.</t>
+          <t>Suggested in Weblate: %1 fez com que esta sala exigisse um convite para entrar.</t>
         </is>
       </c>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr"/>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
-          <t>TimelineModel
-This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
+          <t>TimelineModel%1 invited %2.</t>
         </is>
       </c>
       <c r="G795" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 saiu depois de já ter saído!</t>
+          <t>Suggested in Weblate: %1 convidou %2.</t>
         </is>
       </c>
       <c r="H795" t="inlineStr"/>
     </row>
     <row r="796">
       <c r="A796" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22228</t>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
         </is>
       </c>
       <c r="B796" t="inlineStr">
         <is>
-          <t>%1 banned %2</t>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
         </is>
       </c>
       <c r="C796" t="inlineStr"/>
       <c r="D796" t="inlineStr"/>
       <c r="E796" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F796" t="inlineStr">
         <is>
-          <t>TimelineModel%1 banned %2</t>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
         </is>
       </c>
       <c r="G796" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 baniu %2</t>
+          <t>Suggested in Weblate: %1 mudou seu avatar e mudou seu nome de exibição para %2.</t>
         </is>
       </c>
       <c r="H796" t="inlineStr"/>
     </row>
     <row r="797">
       <c r="A797" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22231</t>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
         </is>
       </c>
       <c r="B797" t="inlineStr">
         <is>
-          <t>%1 knocked.</t>
+          <t>%1 has changed their display name to %2.</t>
         </is>
       </c>
       <c r="C797" t="inlineStr"/>
       <c r="D797" t="inlineStr"/>
       <c r="E797" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F797" t="inlineStr">
         <is>
-          <t>TimelineModel%1 knocked.</t>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
         </is>
       </c>
       <c r="G797" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 bateu.</t>
+          <t>Suggested in Weblate: %1 alterou seu nome de exibição para %2.</t>
         </is>
       </c>
       <c r="H797" t="inlineStr"/>
     </row>
     <row r="798">
       <c r="A798" t="inlineStr">
         <is>
-          <t>../qml/TimelineSectionHeader.qml:22370</t>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
         </is>
       </c>
       <c r="B798" t="inlineStr">
         <is>
-          <t>%1's status message</t>
+          <t>%1 left after having already left!</t>
         </is>
       </c>
       <c r="C798" t="inlineStr"/>
       <c r="D798" t="inlineStr"/>
       <c r="E798" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F798" t="inlineStr">
         <is>
-          <t>TimelineSectionHeader%1's status message</t>
+          <t>TimelineModel
+This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
       <c r="G798" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: mensagem de status do %1</t>
+          <t>Suggested in Weblate: %1 saiu depois de já ter saído!</t>
         </is>
       </c>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr"/>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nenhuma sala aberta</t>
+          <t>Suggested in Weblate: %1 baniu %2</t>
         </is>
       </c>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr"/>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Você está prestes a notificar a sala inteira</t>
+          <t>Suggested in Weblate: %1 bateu.</t>
         </is>
       </c>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr"/>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Você estará mencionando %1</t>
+          <t>Suggested in Weblate: mensagem de status do %1</t>
         </is>
       </c>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr"/>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O comando /%1 não é reconhecido e será enviado como parte da mensagem.</t>
+          <t>Suggested in Weblate: Nenhuma sala aberta</t>
         </is>
       </c>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr"/>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /%1 parece ser um comando incompleto. Para enviar mesmo assim, adicione um espaço ao final da mensagem.</t>
+          <t>Suggested in Weblate: Você está prestes a notificar a sala inteira</t>
         </is>
       </c>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C804" t="inlineStr"/>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sem pré-visualização disponível</t>
+          <t>Suggested in Weblate: Você estará mencionando %1</t>
         </is>
       </c>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr"/>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações</t>
+          <t>Suggested in Weblate: O comando /%1 não é reconhecido e será enviado como parte da mensagem.</t>
         </is>
       </c>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr"/>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro, %n membros</t>
+          <t>Suggested in Weblate: /%1 parece ser um comando incompleto. Para enviar mesmo assim, adicione um espaço ao final da mensagem.</t>
         </is>
       </c>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr"/>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ver membros de %1</t>
+          <t>Suggested in Weblate: Sem pré-visualização disponível</t>
         </is>
       </c>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C808" t="inlineStr"/>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta sala é possivelmente inacessível. Se esta sala for privada, você deve removê-la desta comunidade.</t>
+          <t>Suggested in Weblate: Configurações</t>
         </is>
       </c>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr"/>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G809" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ingressar à conversa</t>
+          <t>Suggested in Weblate: %n membro, %n membros</t>
         </is>
       </c>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr"/>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: aceitar o convite</t>
+          <t>Suggested in Weblate: Ver membros de %1</t>
         </is>
       </c>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr"/>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: recusar o convite</t>
+          <t>Suggested in Weblate: Esta sala é possivelmente inacessível. Se esta sala for privada, você deve removê-la desta comunidade.</t>
         </is>
       </c>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C812" t="inlineStr"/>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: recusar o convite e ignorar usuário</t>
+          <t>Suggested in Weblate: ingressar à conversa</t>
         </is>
       </c>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr"/>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: abandonar</t>
+          <t>Suggested in Weblate: aceitar o convite</t>
         </is>
       </c>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr"/>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Convidado por %1 (%2)</t>
+          <t>Suggested in Weblate: recusar o convite</t>
         </is>
       </c>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr"/>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
-[...2 lines deleted...]
-      <c r="G815" t="inlineStr"/>
+          <t>TimelineViewdecline invite and ignore user</t>
+        </is>
+      </c>
+      <c r="G815" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: recusar o convite e ignorar usuário</t>
+        </is>
+      </c>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr"/>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
-[...2 lines deleted...]
-      <c r="G816" t="inlineStr"/>
+          <t>TimelineViewleave</t>
+        </is>
+      </c>
+      <c r="G816" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: abandonar</t>
+        </is>
+      </c>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C817" t="inlineStr"/>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
-[...2 lines deleted...]
-      <c r="G817" t="inlineStr"/>
+          <t>TimelineViewInvited by %1 (%2)</t>
+        </is>
+      </c>
+      <c r="G817" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Convidado por %1 (%2)</t>
+        </is>
+      </c>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr"/>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr"/>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr"/>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr"/>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr"/>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr"/>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
       <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr"/>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr"/>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr"/>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr"/>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr"/>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr"/>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr"/>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr"/>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr"/>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr"/>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr"/>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
         <is>
-          <t xml:space="preserve">
-%n unread message</t>
+          <t>Unpin</t>
         </is>
       </c>
       <c r="C836" t="inlineStr"/>
       <c r="D836" t="inlineStr"/>
       <c r="E836" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F836" t="inlineStr">
         <is>
-          <t>TrayIcon
-%n unread message(s)</t>
+          <t>TopBarUnpin</t>
         </is>
       </c>
       <c r="G836" t="inlineStr"/>
       <c r="H836" t="inlineStr"/>
     </row>
     <row r="837">
       <c r="A837" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23300</t>
+          <t>../qml/TopBar.qml:23185</t>
         </is>
       </c>
       <c r="B837" t="inlineStr">
         <is>
-          <t>No available registration flows!</t>
+          <t>Enter search query</t>
         </is>
       </c>
       <c r="C837" t="inlineStr"/>
       <c r="D837" t="inlineStr"/>
       <c r="E837" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F837" t="inlineStr">
         <is>
-          <t>UIANo available registration flows!</t>
+          <t>TopBarEnter search query</t>
         </is>
       </c>
       <c r="G837" t="inlineStr"/>
       <c r="H837" t="inlineStr"/>
     </row>
     <row r="838">
       <c r="A838" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23385</t>
+          <t>../../src/TrayIcon.cpp:23295</t>
         </is>
       </c>
       <c r="B838" t="inlineStr">
         <is>
-          <t>Registration aborted</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C838" t="inlineStr"/>
       <c r="D838" t="inlineStr"/>
       <c r="E838" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F838" t="inlineStr">
         <is>
-          <t>UIARegistration aborted</t>
+          <t>TrayIconShow</t>
         </is>
       </c>
       <c r="G838" t="inlineStr"/>
       <c r="H838" t="inlineStr"/>
     </row>
     <row r="839">
       <c r="A839" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23362</t>
+          <t>../../src/TrayIcon.cpp:23296</t>
         </is>
       </c>
       <c r="B839" t="inlineStr">
         <is>
-          <t>Please enter a valid registration token.</t>
+          <t>Quit</t>
         </is>
       </c>
       <c r="C839" t="inlineStr"/>
       <c r="D839" t="inlineStr"/>
       <c r="E839" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F839" t="inlineStr">
         <is>
-          <t>UIAPlease enter a valid registration token.</t>
+          <t>TrayIconQuit</t>
         </is>
       </c>
       <c r="G839" t="inlineStr"/>
       <c r="H839" t="inlineStr"/>
     </row>
     <row r="840">
       <c r="A840" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23522</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B840" t="inlineStr">
         <is>
-          <t>Invalid token</t>
+          <t xml:space="preserve">
+%n unread message</t>
         </is>
       </c>
       <c r="C840" t="inlineStr"/>
       <c r="D840" t="inlineStr"/>
       <c r="E840" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F840" t="inlineStr">
         <is>
-          <t>UIAInvalid token</t>
+          <t>TrayIcon
+%n unread message(s)</t>
         </is>
       </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr"/>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr"/>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr"/>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C844" t="inlineStr"/>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr"/>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr"/>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr"/>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C848" t="inlineStr"/>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr"/>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr"/>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr"/>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr"/>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr"/>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr"/>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr"/>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr"/>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr"/>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr"/>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr"/>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr"/>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr"/>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr"/>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
+          <t>UserProfileOpen the global profile for this user.</t>
         </is>
       </c>
       <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C863" t="inlineStr"/>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr"/>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr"/>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ban the user.</t>
+        </is>
+      </c>
+      <c r="C866" t="inlineStr"/>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileBan the user.</t>
+        </is>
+      </c>
+      <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr"/>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr"/>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr"/>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
-[...2 lines deleted...]
-      <c r="C870" t="inlineStr"/>
+          <t>Devices</t>
+        </is>
+      </c>
+      <c r="C870" t="inlineStr">
+        <is>
+          <t>Dispositivos</t>
+        </is>
+      </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
-[...2 lines deleted...]
-      <c r="G870" t="inlineStr"/>
+          <t>UserProfileDevices</t>
+        </is>
+      </c>
+      <c r="G870" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Dispositivos</t>
+        </is>
+      </c>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr"/>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr"/>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr"/>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr"/>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr"/>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr"/>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr"/>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr"/>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr"/>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr"/>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr"/>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr"/>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr"/>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr"/>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C885" t="inlineStr"/>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr"/>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr"/>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr"/>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr"/>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr"/>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr"/>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr"/>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr"/>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr"/>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr"/>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr"/>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr"/>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr"/>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr"/>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr"/>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr"/>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr"/>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr"/>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr"/>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr"/>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C907" t="inlineStr"/>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr"/>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr"/>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C910" t="inlineStr"/>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr"/>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr"/>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr"/>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr"/>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr"/>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr"/>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr"/>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr"/>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr"/>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr"/>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr"/>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr"/>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr"/>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr"/>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr"/>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr"/>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr"/>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr"/>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr"/>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr"/>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr"/>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr"/>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr"/>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr"/>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr"/>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C936" t="inlineStr"/>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr"/>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr"/>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr"/>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr"/>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr"/>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr"/>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr"/>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr"/>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C945" t="inlineStr"/>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C946" t="inlineStr"/>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr"/>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C948" t="inlineStr"/>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr"/>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr"/>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr"/>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="C952" t="inlineStr"/>
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...76 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr"/>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr"/>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
         <is>
-          <t>Allow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>Keep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="C955" t="inlineStr"/>
       <c r="D955" t="inlineStr"/>
       <c r="E955" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F955" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="G955" t="inlineStr"/>
       <c r="H955" t="inlineStr"/>
     </row>
     <row r="956">
       <c r="A956" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26255</t>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
         </is>
       </c>
       <c r="B956" t="inlineStr">
         <is>
-          <t>Invert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>Start the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="C956" t="inlineStr"/>
       <c r="D956" t="inlineStr"/>
       <c r="E956" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F956" t="inlineStr">
         <is>
-          <t>UserSettingsModelInvert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="G956" t="inlineStr"/>
       <c r="H956" t="inlineStr"/>
     </row>
     <row r="957">
       <c r="A957" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26259</t>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
         </is>
       </c>
       <c r="B957" t="inlineStr">
         <is>
-          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>Shows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="C957" t="inlineStr"/>
       <c r="D957" t="inlineStr"/>
       <c r="E957" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F957" t="inlineStr">
         <is>
-          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="G957" t="inlineStr"/>
       <c r="H957" t="inlineStr"/>
     </row>
     <row r="958">
       <c r="A958" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26262</t>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
         </is>
       </c>
       <c r="B958" t="inlineStr">
         <is>
-          <t>Avatars are resized to fit above the message.</t>
+          <t>Allow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="C958" t="inlineStr"/>
       <c r="D958" t="inlineStr"/>
       <c r="E958" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F958" t="inlineStr">
         <is>
-          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
+          <t>UserSettingsModelAllow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr"/>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C960" t="inlineStr"/>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
         <is>
-          <t>Show who is typing in a room.
-This will also enable or disable sending typing notifications to others.</t>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
         </is>
       </c>
       <c r="C961" t="inlineStr"/>
       <c r="D961" t="inlineStr"/>
       <c r="E961" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F961" t="inlineStr">
         <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr"/>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
+        <is>
+          <t>Show who is typing in a room.
+This will also enable or disable sending typing notifications to others.</t>
+        </is>
+      </c>
+      <c r="C963" t="inlineStr"/>
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
+        <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="C964" t="inlineStr"/>
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="C965" t="inlineStr"/>
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...50 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr"/>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
         <is>
-          <t>Change the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>Configure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="C967" t="inlineStr"/>
       <c r="D967" t="inlineStr"/>
       <c r="E967" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F967" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="G967" t="inlineStr"/>
       <c r="H967" t="inlineStr"/>
     </row>
     <row r="968">
       <c r="A968" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26321</t>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
         </is>
       </c>
       <c r="B968" t="inlineStr">
         <is>
-          <t>Decrypt messages shown in notifications for encrypted chats.</t>
+          <t>Notify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="C968" t="inlineStr"/>
       <c r="D968" t="inlineStr"/>
       <c r="E968" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F968" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="G968" t="inlineStr"/>
       <c r="H968" t="inlineStr"/>
     </row>
     <row r="969">
       <c r="A969" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26323</t>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
         </is>
       </c>
       <c r="B969" t="inlineStr">
         <is>
-          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
+          <t>Change the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="C969" t="inlineStr"/>
       <c r="D969" t="inlineStr"/>
       <c r="E969" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F969" t="inlineStr">
         <is>
-          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
+          <t>UserSettingsModelChange the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr"/>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr"/>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr"/>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C973" t="inlineStr"/>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr"/>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C975" t="inlineStr"/>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
         <is>
-          <t>Show an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="C976" t="inlineStr"/>
       <c r="D976" t="inlineStr"/>
       <c r="E976" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F976" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="G976" t="inlineStr"/>
       <c r="H976" t="inlineStr"/>
     </row>
     <row r="977">
       <c r="A977" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25923</t>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
         </is>
       </c>
       <c r="B977" t="inlineStr">
         <is>
-          <t>Communities sidebar</t>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="C977" t="inlineStr"/>
       <c r="D977" t="inlineStr"/>
       <c r="E977" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F977" t="inlineStr">
         <is>
-          <t>UserSettingsModelCommunities sidebar</t>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="G977" t="inlineStr"/>
       <c r="H977" t="inlineStr"/>
     </row>
     <row r="978">
       <c r="A978" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25971</t>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
         </is>
       </c>
       <c r="B978" t="inlineStr">
         <is>
-          <t>Show message counts for communities and tags</t>
+          <t>Show an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="C978" t="inlineStr"/>
       <c r="D978" t="inlineStr"/>
       <c r="E978" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F978" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow message counts for communities and tags</t>
+          <t>UserSettingsModelShow an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr"/>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
       <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr"/>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr"/>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr"/>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="C985" t="inlineStr"/>
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...108 lines deleted...]
-      </c>
       <c r="G985" t="inlineStr"/>
       <c r="H985" t="inlineStr"/>
     </row>
     <row r="986">
       <c r="A986" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26332</t>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
         </is>
       </c>
       <c r="B986" t="inlineStr">
         <is>
-          <t>When the window loses focus, the timeline will
-be blurred.</t>
+          <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="C986" t="inlineStr"/>
       <c r="D986" t="inlineStr"/>
       <c r="E986" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F986" t="inlineStr">
         <is>
-          <t>UserSettingsModelWhen the window loses focus, the timeline will
-be blurred.</t>
+          <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="G986" t="inlineStr"/>
       <c r="H986" t="inlineStr"/>
     </row>
     <row r="987">
       <c r="A987" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26334</t>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
         </is>
       </c>
       <c r="B987" t="inlineStr">
         <is>
-          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>Opens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C987" t="inlineStr"/>
       <c r="D987" t="inlineStr"/>
       <c r="E987" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F987" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>UserSettingsModelOpens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G987" t="inlineStr"/>
       <c r="H987" t="inlineStr"/>
     </row>
     <row r="988">
       <c r="A988" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26343</t>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
         </is>
       </c>
       <c r="B988" t="inlineStr">
         <is>
-          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>Opens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C988" t="inlineStr"/>
       <c r="D988" t="inlineStr"/>
       <c r="E988" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F988" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>UserSettingsModelOpens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G988" t="inlineStr"/>
       <c r="H988" t="inlineStr"/>
     </row>
     <row r="989">
       <c r="A989" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26346</t>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
         </is>
       </c>
       <c r="B989" t="inlineStr">
         <is>
-          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>Decrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="C989" t="inlineStr"/>
       <c r="D989" t="inlineStr"/>
       <c r="E989" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F989" t="inlineStr">
         <is>
-          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>UserSettingsModelDecrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="G989" t="inlineStr"/>
       <c r="H989" t="inlineStr"/>
     </row>
     <row r="990">
       <c r="A990" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26353</t>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
         </is>
       </c>
       <c r="B990" t="inlineStr">
         <is>
-          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>When the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="C990" t="inlineStr"/>
       <c r="D990" t="inlineStr"/>
       <c r="E990" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F990" t="inlineStr">
         <is>
-          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>UserSettingsModelWhen the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr"/>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr"/>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr"/>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
         <is>
-          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="C994" t="inlineStr"/>
       <c r="D994" t="inlineStr"/>
       <c r="E994" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F994" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="G994" t="inlineStr"/>
       <c r="H994" t="inlineStr"/>
     </row>
     <row r="995">
       <c r="A995" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26402</t>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
         </is>
       </c>
       <c r="B995" t="inlineStr">
         <is>
-          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="C995" t="inlineStr"/>
       <c r="D995" t="inlineStr"/>
       <c r="E995" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F995" t="inlineStr">
         <is>
-          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="G995" t="inlineStr"/>
       <c r="H995" t="inlineStr"/>
     </row>
     <row r="996">
       <c r="A996" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26408</t>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
         </is>
       </c>
       <c r="B996" t="inlineStr">
         <is>
-          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="C996" t="inlineStr"/>
       <c r="D996" t="inlineStr"/>
       <c r="E996" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F996" t="inlineStr">
         <is>
-          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="G996" t="inlineStr"/>
       <c r="H996" t="inlineStr"/>
     </row>
     <row r="997">
       <c r="A997" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26412</t>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
         </is>
       </c>
       <c r="B997" t="inlineStr">
         <is>
-          <t>Manage your ignored users.</t>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="C997" t="inlineStr"/>
       <c r="D997" t="inlineStr"/>
       <c r="E997" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F997" t="inlineStr">
         <is>
-          <t>UserSettingsModelManage your ignored users.</t>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="G997" t="inlineStr"/>
       <c r="H997" t="inlineStr"/>
     </row>
     <row r="998">
       <c r="A998" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
         </is>
       </c>
       <c r="B998" t="inlineStr">
         <is>
-          <t>Always</t>
+          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="C998" t="inlineStr"/>
       <c r="D998" t="inlineStr"/>
       <c r="E998" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F998" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlways</t>
+          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr"/>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr"/>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr"/>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr"/>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C1003" t="inlineStr"/>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C1004" t="inlineStr"/>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
       <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
       <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
       <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr"/>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr"/>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr"/>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C1011" t="inlineStr"/>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>Open Sessions File</t>
         </is>
       </c>
       <c r="C1012" t="inlineStr"/>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C1013" t="inlineStr"/>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr"/>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr"/>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr"/>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr"/>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
+          <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C1018" t="inlineStr"/>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C1019" t="inlineStr"/>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C1020" t="inlineStr"/>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C1021" t="inlineStr"/>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C1022" t="inlineStr"/>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr"/>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr"/>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr"/>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr"/>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr"/>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr"/>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>MANAGE</t>
+        </is>
+      </c>
+      <c r="C1029" t="inlineStr"/>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsPageMANAGE</t>
+        </is>
+      </c>
+      <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr"/>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr"/>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr"/>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr"/>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr"/>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr"/>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
-[...2 lines deleted...]
-      <c r="C1036" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C1036" t="inlineStr">
+        <is>
+          <t>Cancelar</t>
+        </is>
+      </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
-[...2 lines deleted...]
-      <c r="G1036" t="inlineStr"/>
+          <t>WaitingCancel</t>
+        </is>
+      </c>
+      <c r="G1036" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cancelar</t>
+        </is>
+      </c>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
-[...6 lines deleted...]
-      </c>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+        </is>
+      </c>
+      <c r="C1037" t="inlineStr"/>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+        </is>
+      </c>
+      <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enjoy your stay!</t>
+        </is>
+      </c>
+      <c r="C1038" t="inlineStr"/>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageEnjoy your stay!</t>
+        </is>
+      </c>
+      <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
-[...6 lines deleted...]
-      </c>
+          <t>REGISTER</t>
+        </is>
+      </c>
+      <c r="C1039" t="inlineStr"/>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageREGISTER</t>
+        </is>
+      </c>
+      <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
-[...6 lines deleted...]
-      </c>
+          <t>LOGIN</t>
+        </is>
+      </c>
+      <c r="C1040" t="inlineStr"/>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageLOGIN</t>
+        </is>
+      </c>
+      <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reduce animations</t>
+        </is>
+      </c>
+      <c r="C1041" t="inlineStr"/>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageReduce animations</t>
+        </is>
+      </c>
+      <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C1042" t="inlineStr"/>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
-[...6 lines deleted...]
-      </c>
+          <t>Yesterday</t>
+        </is>
+      </c>
+      <c r="C1043" t="inlineStr"/>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
-[...6 lines deleted...]
-      </c>
+          <t>descriptiveTimeYesterday</t>
+        </is>
+      </c>
+      <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Bandeiras</t>
+          <t>Pessoas</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Bandeiras</t>
+          <t>Suggested in Weblate: Pessoas</t>
         </is>
       </c>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1045" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C1045" t="inlineStr">
+        <is>
+          <t>Natureza</t>
+        </is>
+      </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="G1045" t="inlineStr"/>
+          <t>emoji-catagoryNature</t>
+        </is>
+      </c>
+      <c r="G1045" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Natureza</t>
+        </is>
+      </c>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
-[...2 lines deleted...]
-      <c r="C1046" t="inlineStr"/>
+          <t>Food</t>
+        </is>
+      </c>
+      <c r="C1046" t="inlineStr">
+        <is>
+          <t>Comida</t>
+        </is>
+      </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
-[...2 lines deleted...]
-      <c r="G1046" t="inlineStr"/>
+          <t>emoji-catagoryFood</t>
+        </is>
+      </c>
+      <c r="G1046" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Comida</t>
+        </is>
+      </c>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
-[...2 lines deleted...]
-      <c r="C1047" t="inlineStr"/>
+          <t>Activity</t>
+        </is>
+      </c>
+      <c r="C1047" t="inlineStr">
+        <is>
+          <t>Atividade</t>
+        </is>
+      </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
-[...2 lines deleted...]
-      <c r="G1047" t="inlineStr"/>
+          <t>emoji-catagoryActivity</t>
+        </is>
+      </c>
+      <c r="G1047" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Atividade</t>
+        </is>
+      </c>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
-[...2 lines deleted...]
-      <c r="C1048" t="inlineStr"/>
+          <t>Travel</t>
+        </is>
+      </c>
+      <c r="C1048" t="inlineStr">
+        <is>
+          <t>Viagem</t>
+        </is>
+      </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
-[...2 lines deleted...]
-      <c r="G1048" t="inlineStr"/>
+          <t>emoji-catagoryTravel</t>
+        </is>
+      </c>
+      <c r="G1048" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Viagem</t>
+        </is>
+      </c>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
-[...2 lines deleted...]
-      <c r="C1049" t="inlineStr"/>
+          <t>Objects</t>
+        </is>
+      </c>
+      <c r="C1049" t="inlineStr">
+        <is>
+          <t>Objetos</t>
+        </is>
+      </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
-[...2 lines deleted...]
-      <c r="G1049" t="inlineStr"/>
+          <t>emoji-catagoryObjects</t>
+        </is>
+      </c>
+      <c r="G1049" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Objetos</t>
+        </is>
+      </c>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
-[...2 lines deleted...]
-      <c r="C1050" t="inlineStr"/>
+          <t>Symbols</t>
+        </is>
+      </c>
+      <c r="C1050" t="inlineStr">
+        <is>
+          <t>Símbolos</t>
+        </is>
+      </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
-[...2 lines deleted...]
-      <c r="G1050" t="inlineStr"/>
+          <t>emoji-catagorySymbols</t>
+        </is>
+      </c>
+      <c r="G1050" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Símbolos</t>
+        </is>
+      </c>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
-[...2 lines deleted...]
-      <c r="C1051" t="inlineStr"/>
+          <t>Flags</t>
+        </is>
+      </c>
+      <c r="C1051" t="inlineStr">
+        <is>
+          <t>Bandeiras</t>
+        </is>
+      </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
-[...2 lines deleted...]
-      <c r="G1051" t="inlineStr"/>
+          <t>emoji-catagoryFlags</t>
+        </is>
+      </c>
+      <c r="G1051" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Bandeiras</t>
+        </is>
+      </c>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
+          <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C1052" t="inlineStr"/>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr"/>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr"/>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr"/>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr"/>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr"/>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1 sent a file</t>
         </is>
       </c>
       <c r="C1058" t="inlineStr"/>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You sent a video</t>
         </is>
       </c>
       <c r="C1059" t="inlineStr"/>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr"/>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1 sent a video</t>
+        </is>
+      </c>
+      <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr"/>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C1062" t="inlineStr"/>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C1063" t="inlineStr"/>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
+          <t>%1 sent a notification</t>
         </is>
       </c>
       <c r="C1064" t="inlineStr"/>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C1065" t="inlineStr"/>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C1066" t="inlineStr"/>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr"/>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
-[...2 lines deleted...]
-      <c r="G1067" t="inlineStr"/>
+          <t>message-description sent:You: %1</t>
+        </is>
+      </c>
+      <c r="G1067" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Você: %1</t>
+        </is>
+      </c>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr"/>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1069" t="inlineStr"/>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1070" t="inlineStr"/>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>* %1 spoils something.</t>
+        </is>
+      </c>
+      <c r="C1071" t="inlineStr"/>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="C1072" t="inlineStr"/>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr"/>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr"/>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 placed a call</t>
+        </is>
+      </c>
+      <c r="C1075" t="inlineStr"/>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Você atendeu a chamada</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 atendeu a chamada</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Você encerrou a chamada</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 encerrou a chamada</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr"/>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr"/>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Tipo de mensagem desconhecido</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>