--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H974"/>
+  <dimension ref="A1:H971"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -583,28255 +583,28173 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Insira salas adicionais que ainda não estão na lista...</t>
         </is>
       </c>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: %n mensagem não lida na sala %1
 , %n mensagens não lidas na sala %1
 </t>
         </is>
       </c>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao solicitar entrada na sala: % 1
 Suggested in Weblate: Falha solicitar entrada no quarto: % 1</t>
         </is>
       </c>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Razão para a expulsão
 Suggested in Weblate: Razão para o kick</t>
         </is>
       </c>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Digite o motivo para expulsar %1 (%2) ou pressione enter sem motivo:
 Suggested in Weblate: Digite o motivo para chutar %1 (%2) ou pressione enter sem motivo:</t>
         </is>
       </c>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C10" t="inlineStr"/>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sem conexão com a rede</t>
         </is>
       </c>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C11" t="inlineStr"/>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /join &lt;!roomid|#alias&gt; [razão]</t>
         </is>
       </c>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C12" t="inlineStr"/>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /knock &lt;!roomid|#alias&gt; [razão]</t>
         </is>
       </c>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C13" t="inlineStr"/>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /shrug [mensagem]
 Suggested in Weblate: /shrug [massagem]</t>
         </is>
       </c>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /md &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /cmark &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /plain &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainbow &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainbowme &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /notice &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainbownotice &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /confetti [mensagem]
 Suggested in Weblate: /confetti [massagem]</t>
         </is>
       </c>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainbowconfetti [mensagem]
 Suggested in Weblate: /rainbowconfetti [massagem]</t>
         </is>
       </c>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /invite &lt;@userid&gt; [razão]</t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C26" t="inlineStr"/>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /kick &lt;@userid&gt; [razão]</t>
         </is>
       </c>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C27" t="inlineStr"/>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /ban &lt;@userid&gt; [razão]</t>
         </is>
       </c>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /unban &lt;@userid&gt; [razão]</t>
         </is>
       </c>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C29" t="inlineStr"/>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /rainfall [mensagem]</t>
         </is>
       </c>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C30" t="inlineStr"/>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /msgtype &lt;msgtype&gt; [mensagem]</t>
         </is>
       </c>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /glitch &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /gradualglitch &lt;mensagem&gt;</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C33" t="inlineStr"/>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem expressando uma ação.</t>
         </is>
       </c>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C35" t="inlineStr"/>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar &lt;texto&gt; como uma reação ao responder a uma mensagem.</t>
         </is>
       </c>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C36" t="inlineStr"/>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Entrar em uma sala. Razão opcional.</t>
         </is>
       </c>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C37" t="inlineStr"/>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pedir para entrar em uma sala. Razão opcional.</t>
         </is>
       </c>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sair de uma sala. Razão opcional.</t>
         </is>
       </c>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Convidar um usuário para a sala atual. Razão opcional.</t>
         </is>
       </c>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C42" t="inlineStr"/>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Altere seu nome de exibição nesta sala.</t>
         </is>
       </c>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¯\_(ツ)_/¯ com uma mensagem opcional.</t>
         </is>
       </c>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
           <t>Suggested in Weblate: (╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Limpar as mensagens atualmente armazenadas em cache nesta sala.</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C50" t="inlineStr"/>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Recupere o estado nesta sala.</t>
         </is>
       </c>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Rodar a chave de criptografia simétrica atual.</t>
         </is>
       </c>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C52" t="inlineStr"/>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem no formato markdown (ignorando a configuração global).</t>
         </is>
       </c>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C53" t="inlineStr"/>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem no formato CommonMark desabilitando a maioria das extensões em comparação com /md.</t>
         </is>
       </c>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem desformatada (ignorando a configuração global).</t>
         </is>
       </c>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem nas cores do arco-íris.</t>
         </is>
       </c>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar /me com cores do arco-íris.</t>
         </is>
       </c>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C57" t="inlineStr"/>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem robô.</t>
         </is>
       </c>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C58" t="inlineStr"/>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem robô com cores do arco-íris.</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C59" t="inlineStr"/>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem com confetes.</t>
         </is>
       </c>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C60" t="inlineStr"/>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem com cores do arco-íris e com confetes.</t>
         </is>
       </c>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem com chuva.</t>
         </is>
       </c>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C62" t="inlineStr"/>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar uma mensagem com um tipo personalizado.</t>
         </is>
       </c>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C63" t="inlineStr"/>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Envie uma mensagem com um efeito de falha.</t>
         </is>
       </c>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr"/>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Envie uma mensagem que apresenta falhas gradualmente.</t>
         </is>
       </c>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C65" t="inlineStr"/>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Vá para uma mensagem específica usando um ID de evento, índice ou matriz: link</t>
         </is>
       </c>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C66" t="inlineStr"/>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Converta esta sala em um bate-papo direto.</t>
         </is>
       </c>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr"/>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Transforme este bate-papo direto em uma sala.</t>
         </is>
       </c>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr"/>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ignorar um usuário.</t>
         </is>
       </c>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr"/>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Parar de ignorar um usuário.</t>
         </is>
       </c>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C70" t="inlineStr"/>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C71" t="inlineStr"/>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C72" t="inlineStr"/>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expandir</t>
         </is>
       </c>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C73" t="inlineStr"/>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Colapsar</t>
         </is>
       </c>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C74" t="inlineStr"/>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Não mostrar contagens de notificações para esta comunidade ou tag.</t>
         </is>
       </c>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C75" t="inlineStr"/>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ocultar salas com esta tag ou desta comunidade por padrão.</t>
         </is>
       </c>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C76" t="inlineStr"/>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bate-papos diretos</t>
         </is>
       </c>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C77" t="inlineStr"/>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mostrar bate-papos diretos.</t>
         </is>
       </c>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C78" t="inlineStr"/>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Avisos do servidor</t>
         </is>
       </c>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C79" t="inlineStr"/>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao atualizar a comunidade: %1</t>
         </is>
       </c>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C80" t="inlineStr"/>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao excluir sala da comunidade: %1</t>
         </is>
       </c>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C81" t="inlineStr"/>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao atualizar a comunidade para a sala: %1</t>
         </is>
       </c>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C82" t="inlineStr"/>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao remover a comunidade da sala: %1</t>
         </is>
       </c>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C83" t="inlineStr"/>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar ingresso à comunidade</t>
         </is>
       </c>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C84" t="inlineStr"/>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar entrada na sala</t>
         </is>
       </c>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C85" t="inlineStr"/>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %n membro, %n membros</t>
         </is>
       </c>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C86" t="inlineStr"/>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esta sala não pode ser acessada diretamente. Você pode, no entanto, bater na sala e os membros da sala podem aceitar ou recusar esta solicitação de entrada. Você também pode fornecer um motivo para eles deixarem você entrar abaixo:</t>
         </is>
       </c>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C87" t="inlineStr"/>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você quer entrar nesta sala? Você pode opcionalmente adicionar um motivo abaixo:</t>
         </is>
       </c>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C88" t="inlineStr"/>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bater</t>
         </is>
       </c>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C89" t="inlineStr"/>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ingressar</t>
         </is>
       </c>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C90" t="inlineStr"/>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criar Bate-papo Direto</t>
         </is>
       </c>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C91" t="inlineStr"/>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usuário para convidar</t>
         </is>
       </c>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
           <t>Suggested in Weblate: @usuário:servidor.tld</t>
         </is>
       </c>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C93" t="inlineStr"/>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografia</t>
         </is>
       </c>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C94" t="inlineStr"/>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nova comunidade</t>
         </is>
       </c>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C95" t="inlineStr"/>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nova Sala</t>
         </is>
       </c>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C96" t="inlineStr"/>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nome</t>
         </is>
       </c>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C97" t="inlineStr"/>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sem nome</t>
         </is>
       </c>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tópico</t>
         </is>
       </c>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C99" t="inlineStr"/>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sem tópico</t>
         </is>
       </c>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Alias</t>
         </is>
       </c>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C101" t="inlineStr"/>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Público</t>
         </is>
       </c>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C102" t="inlineStr"/>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Qualquer pessoa pode entrar em salas públicas; salas privadas precisam de convites explícitos.</t>
         </is>
       </c>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C103" t="inlineStr"/>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confiável</t>
         </is>
       </c>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Todos os convidados recebem o mesmo nível de poder do criador</t>
         </is>
       </c>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografia</t>
         </is>
       </c>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Atenção: A criptografia não pode ser desabilitada</t>
         </is>
       </c>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criar Sala</t>
         </is>
       </c>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Insira sua chave de recuperação ou senha chamada %1 para descriptografar seus segredos:</t>
         </is>
       </c>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Por favor verifique o emoji a seguir. Você deve ver o mesmo emoji em ambos os lados. Se eles forem diferentes, por favor aperte 'Eles não são iguais!' para abortar a verificação!</t>
         </is>
       </c>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr"/>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>Suggested in Weblate: O emoji exibido pode parecer diferente em clientes diferentes se uma fonte diferente for usada. Da mesma forma, eles podem ser traduzidos para idiomas diferentes. No entanto, eles devem representar um dos 64 objetos ou animais diferentes. Por exemplo, um leão e um gato são diferentes, mas um gato é o mesmo, mesmo se um cliente mostrar apenas uma cara de gato, enquanto outro cliente mostra um corpo inteiro de gato.</t>
         </is>
       </c>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr"/>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esta mensagem não pôde ser decifrada, porque só temos uma chave para mensagens mais recentes. Você pode tentar solicitar acesso a esta mensagem.</t>
         </is>
       </c>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ocorreu um erro interno ao ler a chave de descriptografia do banco de dados.</t>
         </is>
       </c>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ocorreu um erro ao descriptografar esta mensagem.</t>
         </is>
       </c>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr"/>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A mensagem não pôde ser analisada.</t>
         </is>
       </c>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A chave de criptografia foi reutilizada! Alguém possivelmente está tentando inserir mensagens falsas neste chat!</t>
         </is>
       </c>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Erro de descriptografia desconhecido</t>
         </is>
       </c>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Chave de solicitação</t>
         </is>
       </c>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 habilitou criptografia de ponta a ponta</t>
         </is>
       </c>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr"/>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A criptografia mantém suas mensagens seguras permitindo que somente as pessoas para quem você enviou a mensagem a leiam. Para segurança extra, se você quiser ter certeza de que está falando com as pessoas certas, você pode verificá-las na vida real.</t>
         </is>
       </c>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C120" t="inlineStr"/>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esta mensagem não está criptografada!</t>
         </is>
       </c>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C121" t="inlineStr"/>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografado por um dispositivo verificado</t>
         </is>
       </c>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografado por um dispositivo não verificado, mas você confiou naquele usuário até agora.</t>
         </is>
       </c>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C123" t="inlineStr"/>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr"/>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criptografado por um dispositivo não verificado.</t>
         </is>
       </c>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expiração do evento para %1</t>
         </is>
       </c>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expiração do evento</t>
         </is>
       </c>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você pode configurar quando suas mensagens serão apagadas em %1. Isso só acontece quando o Nheko está aberto e tem permissões para apagar mensagens até que os servidores Matrix suportem esse recurso nativamente. Em geral, 0 significa desabilitado.</t>
         </is>
       </c>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr"/>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você pode configurar quando suas mensagens serão apagadas em todas as salas, a menos que configurado de outra forma. Isso só acontece quando o Nheko está aberto e tem permissões para apagar mensagens até que os servidores Matrix suportem esse recurso nativamente. Em geral, 0 significa desabilitado.</t>
         </is>
       </c>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expirar eventos após X dias</t>
         </is>
       </c>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Edita mensagens automaticamente após X dias, a menos que seja protegido de outra forma. Defina como 0 para desabilitar.</t>
         </is>
       </c>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Manter apenas os últimos X eventos</t>
         </is>
       </c>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Exclui seus eventos nesta sala se houver mais de X mensagens mais recentes, a menos que protegido de outra forma. Defina como 0 para desabilitar.</t>
         </is>
       </c>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mantenha sempre os últimos X eventos</t>
         </is>
       </c>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Isso evita que eventos sejam excluídos pelas 2 configurações acima se forem as últimas X mensagens suas na sala.</t>
         </is>
       </c>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Incluir eventos de estado</t>
         </is>
       </c>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Se isso estiver ativado, eventos de estado antigos também serão redigidos. O evento de estado mais recente de qualquer combinação de tipo+chave é excluído da redação para não remover o nome da sala e estados semelhantes por acidente.</t>
         </is>
       </c>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao definir eventos ocultos: %1</t>
         </is>
       </c>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha na verificação</t>
         </is>
       </c>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Outro cliente não suporta nosso protocolo de verificação.</t>
         </is>
       </c>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Incompatibilidade de chave detectada!</t>
         </is>
       </c>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tempo limite de verificação do dispositivo expirou.</t>
         </is>
       </c>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A outra parte cancelou a verificação.</t>
         </is>
       </c>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A verificação foi aceita por um dispositivo diferente.</t>
         </is>
       </c>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mensagens de verificação recebidas fora de ordem!</t>
         </is>
       </c>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Erro de verificação desconhecido.</t>
         </is>
       </c>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Autenticação alternativa</t>
         </is>
       </c>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Abra o fallback, siga os passos e confirme após concluí-los.</t>
         </is>
       </c>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Abrir Fallback no navegador</t>
         </is>
       </c>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Cancelar</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C151" t="inlineStr"/>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar</t>
         </is>
       </c>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Encaminhar mensagem</t>
         </is>
       </c>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pacote de Contas</t>
         </is>
       </c>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao definir eventos ocultos: %1</t>
         </is>
       </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Eventos ocultos para %1</t>
         </is>
       </c>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Eventos ocultos</t>
         </is>
       </c>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esses eventos serão &lt;b&gt;mostrados&lt;/b&gt; em %1:</t>
         </is>
       </c>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esses eventos serão &lt;b&gt;exibidos&lt;/b&gt; em todas as salas:</t>
         </is>
       </c>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Eventos do usuário</t>
         </is>
       </c>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Entra, sai, muda de avatar e nome, bane, …</t>
         </is>
       </c>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mudanças no nível de potência</t>
         </is>
       </c>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviado quando um moderador é adicionado/removido ou as permissões de uma sala são alteradas.</t>
         </is>
       </c>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Adesivos</t>
         </is>
       </c>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Ignored users</t>
         </is>
       </c>
       <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usuários ignorados</t>
         </is>
       </c>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ignorar um usuário oculta suas mensagens (eles ainda podem ver as suas!).</t>
         </is>
       </c>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pare de ignorar.</t>
         </is>
       </c>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Show</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tem certeza de que deseja excluir o pacote de adesivos '%1'?</t>
         </is>
       </c>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Editing image pack</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pacote de edição de imagens</t>
         </is>
       </c>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Add images</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Adicionar imagens</t>
         </is>
       </c>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Imagens (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Select images for pack</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Selecionar imagens para pacote</t>
         </is>
       </c>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Add to pack</t>
         </is>
       </c>
       <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Adicionar ao pacote</t>
         </is>
       </c>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Alterar a imagem de visão geral deste pacote</t>
         </is>
       </c>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Visão geral da imagem (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Selecione a imagem de visão geral para o pacote</t>
         </is>
       </c>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>State key</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Chave de estado</t>
         </is>
       </c>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Packname</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nome do pacote</t>
         </is>
       </c>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Attribution</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Atribuição</t>
         </is>
       </c>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usar como Emoji</t>
         </is>
       </c>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usar como adesivo</t>
         </is>
       </c>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Shortcode</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Código curto</t>
         </is>
       </c>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Body</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Corpo</t>
         </is>
       </c>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Remove from pack</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Remover da embalagem</t>
         </is>
       </c>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Remove</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Remover</t>
         </is>
       </c>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Image pack settings</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Configurações do pacote de imagens</t>
         </is>
       </c>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Create account pack</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Criar pacote de conta</t>
         </is>
       </c>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>New room pack</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Novo pacote da sala</t>
         </is>
       </c>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Private pack</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pacote privado</t>
         </is>
       </c>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Pack from this room</t>
         </is>
       </c>
       <c r="C190" t="inlineStr"/>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pacote desta sala</t>
         </is>
       </c>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pacote da comunidade pai</t>
         </is>
       </c>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pacote habilitado globalmente</t>
         </is>
       </c>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Enable globally</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Habilitar globalmente</t>
         </is>
       </c>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Habilita este pacote para ser usado em todos as salas</t>
         </is>
       </c>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Edit</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Editar</t>
         </is>
       </c>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Remove</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Remover</t>
         </is>
       </c>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Select file(s)</t>
         </is>
       </c>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Selecionar arquivo(s)</t>
         </is>
       </c>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>All Files (*)</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Todos Arquivos (*)</t>
         </is>
       </c>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao buscar usuário %1</t>
         </is>
       </c>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
           <t>Suggested in Weblate: O upload de '%1' falhou</t>
         </is>
       </c>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Convidar usuários para %1</t>
         </is>
       </c>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Search user</t>
         </is>
       </c>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>InviteDialogSearch user</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Procurar usuário</t>
         </is>
       </c>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C205" t="inlineStr"/>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>Suggested in Weblate: @usuário:seuservidor.exemplo.com</t>
         </is>
       </c>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12988</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Search on Server</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Procurar no Servidor</t>
         </is>
       </c>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Invite</t>
         </is>
       </c>
       <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Convidar</t>
         </is>
       </c>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Cancelar</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Join room</t>
         </is>
       </c>
       <c r="C209" t="inlineStr"/>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ingressar na sala</t>
         </is>
       </c>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ID da sala ou alias</t>
         </is>
       </c>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ingressar</t>
         </is>
       </c>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Leave room</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Deixar a sala</t>
         </is>
       </c>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você tem certeza de que quer sair?</t>
         </is>
       </c>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C214" t="inlineStr"/>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você inseriu um ID da Matrix inválido, por exemplo @usuário:seuservidor.exemplo.com</t>
         </is>
       </c>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C215" t="inlineStr"/>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha na descoberta automática. Resposta malformada recebida.</t>
         </is>
       </c>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr"/>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha na descoberta automática. Erro desconhecido ao solicitar .well-known.</t>
         </is>
       </c>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Os pontos de extremidade necessários não foram encontrados. Possivelmente não é um servidor Matrix.</t>
         </is>
       </c>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Resposta malformada recebida. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ocorreu um erro desconhecido. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
         </is>
       </c>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>Suggested in Weblate: O servidor selecionado não suporta uma versão do protocolo Matrix que este cliente entende (%1 a %2). Você não pode fazer login.</t>
         </is>
       </c>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Entrar com a Apple</t>
         </is>
       </c>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Continuar com Facebook</t>
         </is>
       </c>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Entrar com o Google</t>
         </is>
       </c>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Entrar com o Twitter</t>
         </is>
       </c>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Login using %1</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Entrar usando %1</t>
         </is>
       </c>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>Suggested in Weblate: SSO LOGIN</t>
         </is>
       </c>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Empty password</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Senha vazia</t>
         </is>
       </c>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>SSO login failed</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>Suggested in Weblate: SSO login falhou</t>
         </is>
       </c>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Matrix ID</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Matrix ID</t>
         </is>
       </c>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>e.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>LoginPagee.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
           <t>Suggested in Weblate: por exemplo @usuário:seuservidor.exemplo.com</t>
         </is>
       </c>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13579</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Seu nome de login. Um mxid deve começar com @ seguido pelo ID do usuário. Após o ID do usuário, você precisa incluir o nome do seu servidor após um :.
 Você também pode colocar o endereço do seu servidor doméstico lá se o seu servidor não suportar .well-known lookup.
 Exemplo: @usuário:seuservidor.example.com
 Se o Nheko não conseguir descobrir seu servidor doméstico, ele mostrará um campo para você inserir o servidor manualmente.</t>
         </is>
       </c>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13595</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Password</t>
         </is>
       </c>
       <c r="C232" t="inlineStr"/>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Senha</t>
         </is>
       </c>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Your password.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr"/>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sua senha</t>
         </is>
       </c>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C234" t="inlineStr"/>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mostrar/Esconder Senha</t>
         </is>
       </c>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device name</t>
         </is>
       </c>
       <c r="C235" t="inlineStr"/>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nome do dispositivo</t>
         </is>
       </c>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr"/>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Um nome para este dispositivo que será mostrado a outros ao verificar seus dispositivos. Se nada for fornecido, um padrão será usado.</t>
         </is>
       </c>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>Homeserver address</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Endereço do servidor doméstico</t>
         </is>
       </c>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>LoginPageyourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
           <t>Suggested in Weblate: seuservidor.exemplo.com:8787</t>
         </is>
       </c>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13653</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <t>Suggested in Weblate: O endereço que pode ser usado para contatar a API do cliente do seu servidor doméstico.
 Exemplo: https://seuservidor.exemplo.com:8787</t>
         </is>
       </c>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13673</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>LOGIN</t>
         </is>
       </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Conectar-se</t>
         </is>
       </c>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Back</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Voltar</t>
         </is>
       </c>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Log out</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sair</t>
         </is>
       </c>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Uma chamada está em andamento. Sair?</t>
         </is>
       </c>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C244" t="inlineStr"/>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tem certeza que deseja sair?</t>
         </is>
       </c>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao carregar mídia. Tente novamente.</t>
         </is>
       </c>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Hang up</t>
         </is>
       </c>
       <c r="C246" t="inlineStr"/>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Desligar</t>
         </is>
       </c>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Already on a call</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Já em uma chamada</t>
         </is>
       </c>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Place a call</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Faça uma chamada</t>
         </is>
       </c>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Send a file</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar um arquivo</t>
         </is>
       </c>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Write a message…</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Escreva uma mensagem…</t>
         </is>
       </c>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>MessageInputStickers</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Adesivos</t>
         </is>
       </c>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>Emoji</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Emoji</t>
         </is>
       </c>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14061</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>Send</t>
         </is>
       </c>
       <c r="C253" t="inlineStr"/>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar</t>
         </is>
       </c>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você não tem permissão para enviar mensagens nesta sala</t>
         </is>
       </c>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C255" t="inlineStr"/>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Não os mencione nesta mensagem</t>
         </is>
       </c>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Edit</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Editar</t>
         </is>
       </c>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>React</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Reagir</t>
         </is>
       </c>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>Reply in thread</t>
         </is>
       </c>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
           <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Responder no tópico</t>
         </is>
       </c>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>New thread</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
           <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Novo tópico</t>
         </is>
       </c>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>Reply</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
           <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Responder</t>
         </is>
       </c>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>Go to message</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
           <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ir para a mensagem</t>
         </is>
       </c>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>Options</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
           <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Opções</t>
         </is>
       </c>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
           <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Digite o motivo da remoção ou pressione Enter se não houver motivo:</t>
         </is>
       </c>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>Reason for removal</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
           <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Motivo para a remoção</t>
         </is>
       </c>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14601</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
           <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ir para &amp;mensagem</t>
         </is>
       </c>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C266" t="inlineStr"/>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
           <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <t>Suggested in Weblate: &amp;Copiar</t>
         </is>
       </c>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
           <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Copiar localiação do &amp;link</t>
         </is>
       </c>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
           <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Re&amp;agir</t>
         </is>
       </c>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
           <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Responde&amp;r</t>
         </is>
       </c>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
           <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>Suggested in Weblate: &amp;Editar</t>
         </is>
       </c>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
           <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>Suggested in Weblate: &amp;Tópico</t>
         </is>
       </c>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
           <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Des&amp;alfinetar</t>
         </is>
       </c>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
           <t>MessageView&amp;Pin</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
           <t>Suggested in Weblate: &amp;Alfinete</t>
         </is>
       </c>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
           <t>MessageView&amp;Read receipts</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
           <t>Suggested in Weblate: &amp;Recibos de leitura</t>
         </is>
       </c>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C275" t="inlineStr"/>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
           <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
           <t>Suggested in Weblate: &amp;Encaminhar</t>
         </is>
       </c>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
           <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ver mensagem bruta descriptografada</t>
         </is>
       </c>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C277" t="inlineStr"/>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
           <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Remo&amp;ver mensagem</t>
         </is>
       </c>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>Report message</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
           <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Denunciar mensagem</t>
         </is>
       </c>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C279" t="inlineStr"/>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
           <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
           <t>Suggested in Weblate: &amp;Salvar como</t>
         </is>
       </c>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C280" t="inlineStr"/>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
           <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
           <t>Suggested in Weblate: &amp;Abrir em um programa externo</t>
         </is>
       </c>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C281" t="inlineStr"/>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
           <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Copiar link para o evento</t>
         </is>
       </c>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
           <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
           <t>Suggested in Weblate: &amp;Ir para mensagem citada</t>
         </is>
       </c>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
           <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar solicitação de verificação</t>
         </is>
       </c>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
           <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Solicitação de verificação recebida</t>
         </is>
       </c>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
           <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Para permitir que outros usuários vejam quais dos seus dispositivos realmente pertencem a você, você pode verificá-los. Isso também permite que o backup de chaves funcione automaticamente. Verificar um dispositivo não verificado agora? (Certifique-se de ter um desses dispositivos disponível.)</t>
         </is>
       </c>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
           <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Para permitir que outros usuários vejam quais dos seus dispositivos realmente pertencem a você, você pode verificá-los. Isso também permite que o backup de chaves funcione automaticamente. Verificar %1 agora?</t>
         </is>
       </c>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
           <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Para garantir que nenhum usuário mal-intencionado possa espionar suas comunicações criptografadas, você pode verificar a outra parte.</t>
         </is>
       </c>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
           <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 solicitou a verificação do seu dispositivo %2.</t>
         </is>
       </c>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
           <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 usando o dispositivo %2 solicitou a verificação.</t>
         </is>
       </c>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C290" t="inlineStr"/>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
           <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Seu dispositivo (%1) solicitou verificação.</t>
         </is>
       </c>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
           <t>Cancelar</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
           <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>Deny</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
           <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Negar</t>
         </is>
       </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>Start verification</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
           <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Iniciar verificação</t>
         </is>
       </c>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
           <t>Aceitar</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
           <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Aceitar</t>
         </is>
       </c>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
           <t>NotificationsManager%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 enviou uma mensagem criptografada</t>
         </is>
       </c>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <t>%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 respondeu com um spoiler.</t>
         </is>
       </c>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15031</t>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 respondeu: %2</t>
         </is>
       </c>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15030</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
           <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
           <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 respondeu com uma mensagem criptografada</t>
         </is>
       </c>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
           <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 respondeu a uma mensagem</t>
         </is>
       </c>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
           <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 enviou uma mensagem</t>
         </is>
       </c>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
           <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Fazer uma chamada para %1?</t>
         </is>
       </c>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <t>Nenhum microfone encontrado.</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
           <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nenhum microfone encontrado.</t>
         </is>
       </c>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>Voice</t>
         </is>
       </c>
       <c r="C303" t="inlineStr"/>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
           <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Voz</t>
         </is>
       </c>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>Video</t>
         </is>
       </c>
       <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
           <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Vídeo</t>
         </is>
       </c>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>Screen</t>
         </is>
       </c>
       <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
           <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tela</t>
         </is>
       </c>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
           <t>Cancelar</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
           <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C307" t="inlineStr"/>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
           <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: evento não implementado: </t>
         </is>
       </c>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
           <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Permissões em %1</t>
         </is>
       </c>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
           <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tenha cuidado ao editar permissões. Você não pode diminuir as permissões de pessoas com o mesmo nível ou mais alto que o seu. Tenha cuidado ao promover outros.</t>
         </is>
       </c>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>Roles</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
           <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Funções</t>
         </is>
       </c>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>Users</t>
         </is>
       </c>
       <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
           <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usuários</t>
         </is>
       </c>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
           <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mova permissões entre funções para alterá-las</t>
         </is>
       </c>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C313" t="inlineStr"/>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Administrador (%1)</t>
         </is>
       </c>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
           <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Moderador (%1)</t>
         </is>
       </c>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>User (%1)</t>
         </is>
       </c>
       <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
           <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usuário (%1)</t>
         </is>
       </c>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
           <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Personalizado (%1)</t>
         </is>
       </c>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>Remove event type</t>
         </is>
       </c>
       <c r="C317" t="inlineStr"/>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
           <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Remover tipo de evento</t>
         </is>
       </c>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>Add event type</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Adicionar tipo de evento</t>
         </is>
       </c>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>Add new role</t>
         </is>
       </c>
       <c r="C319" t="inlineStr"/>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Adicionar nova função</t>
         </is>
       </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>Add</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
           <t>Adicionar</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Adicionar</t>
         </is>
       </c>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C321" t="inlineStr"/>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
           <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mova os usuários para cima ou para baixo para alterar suas permissões</t>
         </is>
       </c>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
           <t>Remove user</t>
         </is>
       </c>
       <c r="C322" t="inlineStr"/>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
           <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Remover usuário</t>
         </is>
       </c>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>Add user</t>
         </is>
       </c>
       <c r="C323" t="inlineStr"/>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Adicionar usuário</t>
         </is>
       </c>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Aplicar alterações de permissão</t>
         </is>
       </c>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C325" t="inlineStr"/>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
           <t>Suggested in Weblate: A quais subcomunidades e salas essas permissões devem ser aplicadas?</t>
         </is>
       </c>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C326" t="inlineStr"/>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G326" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Aplicar permissões recursivamente</t>
         </is>
       </c>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
           <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sobrescrever modificações existentes em salas</t>
         </is>
       </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nenhuma permissão para aplicar as novas permissões aqui</t>
         </is>
       </c>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>No changes needed</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nenhuma alteração necessária</t>
         </is>
       </c>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
           <t>Suggested in Weblate: As modificações existentes nas permissões desta sala serão substituídas</t>
         </is>
       </c>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Permissões sincronizadas com a comunidade</t>
         </is>
       </c>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
           <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao atualizar o nível de potência:% 1</t>
         </is>
       </c>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
           <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao atualizar o nível de potência:% 1</t>
         </is>
       </c>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C334" t="inlineStr"/>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Administrador: %1</t>
+          <t>Suggested in Weblate: Moderador: %1</t>
         </is>
       </c>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Moderador: %1</t>
+          <t>Suggested in Weblate: Usuário: %1</t>
         </is>
       </c>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>User: %1</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Usuário: %1</t>
+          <t>Suggested in Weblate: Outros eventos</t>
         </is>
       </c>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Outros eventos</t>
+          <t>Suggested in Weblate: Outro estado de eventos</t>
         </is>
       </c>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Outro estado de eventos</t>
+          <t>Suggested in Weblate: Remover outros usuários</t>
         </is>
       </c>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Remover outros usuários</t>
+          <t>Suggested in Weblate: Banir outros usuários</t>
         </is>
       </c>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Banir outros usuários</t>
+          <t>Suggested in Weblate: Convidar outros usuários</t>
         </is>
       </c>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Convidar outros usuários</t>
+          <t>Suggested in Weblate: Redigir eventos enviados por outros</t>
         </is>
       </c>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Redigir eventos enviados por outros</t>
+          <t>Suggested in Weblate: Reações</t>
         </is>
       </c>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Reações</t>
+          <t>Suggested in Weblate: Eventos de aliases obsoletos</t>
         </is>
       </c>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Eventos de aliases obsoletos</t>
+          <t>Suggested in Weblate: Alterar o avatar da sala</t>
         </is>
       </c>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar o avatar da sala</t>
+          <t>Suggested in Weblate: Alterar os endereços das salas</t>
         </is>
       </c>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar os endereços das salas</t>
+          <t>Suggested in Weblate: Enviar mensagens criptografadas</t>
         </is>
       </c>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar mensagens criptografadas</t>
+          <t>Suggested in Weblate: Habilitar criptografia</t>
         </is>
       </c>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G348" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Habilitar criptografia</t>
+          <t>Suggested in Weblate: Alterar acesso de convidado</t>
         </is>
       </c>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G349" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar acesso de convidado</t>
+          <t>Suggested in Weblate: Alterar a visibilidade do histórico</t>
         </is>
       </c>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar a visibilidade do histórico</t>
+          <t>Suggested in Weblate: Alterar quem pode participar</t>
         </is>
       </c>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar quem pode participar</t>
+          <t>Suggested in Weblate: Enviar mensagem</t>
         </is>
       </c>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar mensagem</t>
+          <t>Suggested in Weblate: Trocar o nome da sala</t>
         </is>
       </c>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C353" t="inlineStr"/>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trocar o nome da sala</t>
+          <t>Suggested in Weblate: Trocar as permissões da sala</t>
         </is>
       </c>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trocar as permissões da sala</t>
+          <t>Suggested in Weblate: Trocar o tópico da sala</t>
         </is>
       </c>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trocar o tópico da sala</t>
+          <t>Suggested in Weblate: Trocar os widgets</t>
         </is>
       </c>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Trocar os widgets</t>
+          <t>Suggested in Weblate: Alterar os widgets (experimental)</t>
         </is>
       </c>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar os widgets (experimental)</t>
+          <t>Suggested in Weblate: Redigir eventos próprios</t>
         </is>
       </c>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Redigir eventos próprios</t>
+          <t>Suggested in Weblate: Alterar os eventos fixados</t>
         </is>
       </c>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar os eventos fixados</t>
-[...2 lines deleted...]
-      <c r="H359" t="inlineStr"/>
+          <t>Suggested in Weblate: Atualiza a sala</t>
+        </is>
+      </c>
+      <c r="H359" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atualiza a sala</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suggested in Weblate: Enviar adesivos</t>
+        </is>
+      </c>
+      <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar adesivos</t>
+          <t>Suggested in Weblate: Banir usuários usando regras de política</t>
         </is>
       </c>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G362" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Banir usuários usando regras de política</t>
+          <t>Suggested in Weblate: Banir salas usando regras de política</t>
         </is>
       </c>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Banir salas usando regras de política</t>
+          <t>Suggested in Weblate: Banir servidores usando regras de política</t>
         </is>
       </c>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Banir servidores usando regras de política</t>
+          <t>Suggested in Weblate: Editar comunidades e salas filhas</t>
         </is>
       </c>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G365" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Editar comunidades e salas filhas</t>
+          <t>Suggested in Weblate: Alterar comunidades pais</t>
         </is>
       </c>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar comunidades pais</t>
+          <t>Suggested in Weblate: Iniciar uma chamada</t>
         </is>
       </c>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Iniciar uma chamada</t>
+          <t>Suggested in Weblate: Negociar uma chamada</t>
         </is>
       </c>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G368" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Negociar uma chamada</t>
+          <t>Suggested in Weblate: Atender uma chamada</t>
         </is>
       </c>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G369" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atender uma chamada</t>
+          <t>Suggested in Weblate: Desligar uma chamada</t>
         </is>
       </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G370" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Desligar uma chamada</t>
+          <t>Suggested in Weblate: Rejeitar uma chamada</t>
         </is>
       </c>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G371" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Rejeitar uma chamada</t>
+          <t>Suggested in Weblate: Alterar os emotes da sala</t>
         </is>
       </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar os emotes da sala</t>
+          <t>Suggested in Weblate: Outros usuários</t>
         </is>
       </c>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Outros usuários</t>
+          <t>Suggested in Weblate: Crie um perfil exclusivo que permita que você faça login em várias contas ao mesmo tempo e inicie várias instâncias do nheko.</t>
         </is>
       </c>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G374" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Crie um perfil exclusivo que permita que você faça login em várias contas ao mesmo tempo e inicie várias instâncias do nheko.</t>
+          <t>Suggested in Weblate: perfil</t>
         </is>
       </c>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G375" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: perfil</t>
+          <t>Suggested in Weblate: nome do perfil</t>
         </is>
       </c>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: nome do perfil</t>
+          <t>Suggested in Weblate: Alias para '--log-level trace'.</t>
         </is>
       </c>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alias para '--log-level trace'.</t>
+          <t>Suggested in Weblate: Defina o nível de log global, ou uma lista separada por vírgulas de pares &lt;component&gt;=&lt;level&gt;, ou ambos. Por exemplo, para definir o nível de log padrão para 'warn', mas desabilitar o log para o componente 'ui', passe 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Defina o nível de log global, ou uma lista separada por vírgulas de pares &lt;component&gt;=&lt;level&gt;, ou ambos. Por exemplo, para definir o nível de log padrão para 'warn', mas desabilitar o log para o componente 'ui', passe 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>Suggested in Weblate: nível</t>
         </is>
       </c>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: nível</t>
+          <t>Suggested in Weblate: Defina o tipo de saída do log. Uma lista separada por vírgulas é permitida. O padrão é 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G380" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Defina o tipo de saída do log. Uma lista separada por vírgulas é permitida. O padrão é 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Suggested in Weblate: tipo</t>
         </is>
       </c>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G381" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: tipo</t>
+          <t>Suggested in Weblate: Recompacta o banco de dados, o que pode melhorar o desempenho.</t>
         </is>
       </c>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Recompacta o banco de dados, o que pode melhorar o desempenho.</t>
+          <t>Suggested in Weblate: Responder</t>
         </is>
       </c>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G383" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Responder</t>
+          <t>Suggested in Weblate: Enviar</t>
         </is>
       </c>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G384" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviar</t>
+          <t>Suggested in Weblate: Escrever uma mensatem…</t>
         </is>
       </c>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C385" t="inlineStr"/>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G385" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Escrever uma mensatem…</t>
+          <t>Suggested in Weblate: Resolva o reCAPTCHA e pressione o botão confirmar</t>
         </is>
       </c>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G386" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Resolva o reCAPTCHA e pressione o botão confirmar</t>
+          <t>Suggested in Weblate: Abrir reCAPTCHA</t>
         </is>
       </c>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="C387" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C387" t="inlineStr">
+        <is>
+          <t>Cancelar</t>
+        </is>
+      </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G387" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir reCAPTCHA</t>
+          <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confirm</t>
+        </is>
+      </c>
+      <c r="C388" t="inlineStr"/>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar</t>
+          <t>Suggested in Weblate: Confirmar</t>
         </is>
       </c>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Confirmar</t>
+          <t>Suggested in Weblate: Recibos de leitura</t>
         </is>
       </c>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C390" t="inlineStr"/>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G390" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Recibos de leitura</t>
+          <t>Suggested in Weblate: Ontem, %1</t>
         </is>
       </c>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C391" t="inlineStr"/>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G391" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ontem, %1</t>
+          <t>Suggested in Weblate: Falha na descoberta automática. Resposta malformada recebida.</t>
         </is>
       </c>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C392" t="inlineStr"/>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G392" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na descoberta automática. Resposta malformada recebida.</t>
+          <t>Suggested in Weblate: Falha na descoberta automática. Erro desconhecido ao solicitar .well-known.</t>
         </is>
       </c>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C393" t="inlineStr"/>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G393" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na descoberta automática. Erro desconhecido ao solicitar .well-known.</t>
+          <t>Suggested in Weblate: Os pontos de extremidade necessários não foram encontrados. Possivelmente não é um servidor Matrix.</t>
         </is>
       </c>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C394" t="inlineStr"/>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G394" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os pontos de extremidade necessários não foram encontrados. Possivelmente não é um servidor Matrix.</t>
+          <t>Suggested in Weblate: Resposta malformada recebida. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
         </is>
       </c>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C395" t="inlineStr"/>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G395" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Resposta malformada recebida. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
+          <t>Suggested in Weblate: Ocorreu um erro desconhecido. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
         </is>
       </c>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr"/>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ocorreu um erro desconhecido. Certifique-se de que o domínio do servidor doméstico seja válido.</t>
+          <t>Suggested in Weblate: O servidor selecionado não suporta uma versão do protocolo Matrix que este cliente entende (%1 a %2). Você não pode registrar.</t>
         </is>
       </c>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C397" t="inlineStr"/>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G397" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O servidor selecionado não suporta uma versão do protocolo Matrix que este cliente entende (%1 a %2). Você não pode registrar.</t>
+          <t>Suggested in Weblate: O servidor não suporta consultas de fluxos de registro!</t>
         </is>
       </c>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C398" t="inlineStr"/>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G398" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O servidor não suporta consultas de fluxos de registro!</t>
+          <t>Suggested in Weblate: O servidor não suporta registro.</t>
         </is>
       </c>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr"/>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O servidor não suporta registro.</t>
+          <t>Suggested in Weblate: Nome de usuário inválido.</t>
         </is>
       </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C400" t="inlineStr"/>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G400" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome de usuário inválido.</t>
+          <t>Suggested in Weblate: Nome já em uso.</t>
         </is>
       </c>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C401" t="inlineStr"/>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome já em uso.</t>
+          <t>Suggested in Weblate: Parte do espaço para nome reservado.</t>
         </is>
       </c>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C402" t="inlineStr"/>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G402" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Parte do espaço para nome reservado.</t>
+          <t>Suggested in Weblate: Servidor doméstico</t>
         </is>
       </c>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C403" t="inlineStr"/>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Servidor doméstico</t>
+          <t>Suggested in Weblate: seu.servidor</t>
         </is>
       </c>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C404" t="inlineStr"/>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G404" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: seu.servidor</t>
+          <t>Suggested in Weblate: Um servidor que permite registro. Como matrix é descentralizado, você precisa primeiro encontrar um servidor no qual possa se registrar ou hospedar o seu próprio.</t>
         </is>
       </c>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G405" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Um servidor que permite registro. Como matrix é descentralizado, você precisa primeiro encontrar um servidor no qual possa se registrar ou hospedar o seu próprio.</t>
+          <t>Suggested in Weblate: Nome de usuário</t>
         </is>
       </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr"/>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome de usuário</t>
+          <t>Suggested in Weblate: O nome de usuário não deve estar vazio e deve conter apenas os caracteres a-z, 0-9, ., _, =, - e /.</t>
         </is>
       </c>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O nome de usuário não deve estar vazio e deve conter apenas os caracteres a-z, 0-9, ., _, =, - e /.</t>
+          <t>Suggested in Weblate: Voltar</t>
         </is>
       </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G408" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Voltar</t>
+          <t>Suggested in Weblate: Senha</t>
         </is>
       </c>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C409" t="inlineStr"/>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G409" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Senha</t>
+          <t>Suggested in Weblate: Por favor, escolha uma senha segura. Os requisitos exatos para a força da senha podem depender do seu servidor.</t>
         </is>
       </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G410" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Por favor, escolha uma senha segura. Os requisitos exatos para a força da senha podem depender do seu servidor.</t>
+          <t>Suggested in Weblate: Confirmação de senha</t>
         </is>
       </c>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C411" t="inlineStr"/>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G411" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Confirmação de senha</t>
+          <t>Suggested in Weblate: Suas senhas não correspondem!</t>
         </is>
       </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C412" t="inlineStr"/>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G412" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Suas senhas não correspondem!</t>
+          <t>Suggested in Weblate: Nome do dispositivo</t>
         </is>
       </c>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C413" t="inlineStr"/>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G413" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome do dispositivo</t>
+          <t>Suggested in Weblate: Um nome para este dispositivo que será mostrado a outros ao verificar seus dispositivos. Se nada for fornecido, um padrão será usado.</t>
         </is>
       </c>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C414" t="inlineStr"/>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G414" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Um nome para este dispositivo que será mostrado a outros ao verificar seus dispositivos. Se nada for fornecido, um padrão será usado.</t>
+          <t>Suggested in Weblate: REGISTRAR</t>
         </is>
       </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C415" t="inlineStr"/>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G415" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: REGISTRAR</t>
+          <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G416" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fechar</t>
+          <t>Suggested in Weblate: Cancelar Edição</t>
         </is>
       </c>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C417" t="inlineStr"/>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G417" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar Edição</t>
+          <t>Suggested in Weblate: Cancelar Tópico</t>
         </is>
       </c>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C418" t="inlineStr"/>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G418" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar Tópico</t>
+          <t>Suggested in Weblate: Denunciar mensagem</t>
         </is>
       </c>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G419" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Denunciar mensagem</t>
+          <t>Suggested in Weblate: Esta mensagem que você está relatando será enviada ao administrador do seu servidor para revisão. Observe que nem todos os administradores de servidor revisam o conteúdo relatado. Você também deve pedir a um moderador da sala para remover o conteúdo, se necessário.</t>
         </is>
       </c>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C420" t="inlineStr"/>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G420" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta mensagem que você está relatando será enviada ao administrador do seu servidor para revisão. Observe que nem todos os administradores de servidor revisam o conteúdo relatado. Você também deve pedir a um moderador da sala para remover o conteúdo, se necessário.</t>
+          <t>Suggested in Weblate: Insira o motivo do seu relatório:</t>
         </is>
       </c>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G421" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira o motivo do seu relatório:</t>
+          <t>Suggested in Weblate: Quão ruim é a mensagem?</t>
         </is>
       </c>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G422" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Quão ruim é a mensagem?</t>
+          <t>Suggested in Weblate: Nada mal</t>
         </is>
       </c>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G423" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nada mal</t>
+          <t>Suggested in Weblate: Um pouco</t>
         </is>
       </c>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G424" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Um pouco</t>
+          <t>Suggested in Weblate: Ruim</t>
         </is>
       </c>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C425" t="inlineStr"/>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G425" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ruim</t>
+          <t>Suggested in Weblate: Séria</t>
         </is>
       </c>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C426" t="inlineStr"/>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G426" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Séria</t>
+          <t>Suggested in Weblate: Extremamente séria</t>
         </is>
       </c>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C427" t="inlineStr"/>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G427" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Extremamente séria</t>
+          <t>Suggested in Weblate: Explorar Salas Públicas</t>
         </is>
       </c>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C428" t="inlineStr"/>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G428" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Explorar Salas Públicas</t>
+          <t>Suggested in Weblate: Ingressar</t>
         </is>
       </c>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C429" t="inlineStr"/>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G429" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ingressar</t>
+          <t>Suggested in Weblate: Abrir</t>
         </is>
       </c>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C430" t="inlineStr"/>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G430" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir</t>
+          <t>Suggested in Weblate: Procurar por salas públicas</t>
         </is>
       </c>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C431" t="inlineStr"/>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G431" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Procurar por salas públicas</t>
+          <t>Suggested in Weblate: Escolher servidores domésticos personalizados</t>
         </is>
       </c>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G432" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Escolher servidores domésticos personalizados</t>
+          <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G433" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fechar</t>
+          <t>Suggested in Weblate: sem versão armazenada</t>
         </is>
       </c>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G434" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: sem versão armazenada</t>
+          <t>Suggested in Weblate: Iniciar um novo bate-papo</t>
         </is>
       </c>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G435" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Iniciar um novo bate-papo</t>
+          <t>Suggested in Weblate: Ingressar em uma sala</t>
         </is>
       </c>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C436" t="inlineStr"/>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G436" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ingressar em uma sala</t>
+          <t>Suggested in Weblate: Criar uma nova sala</t>
         </is>
       </c>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C437" t="inlineStr"/>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G437" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criar uma nova sala</t>
+          <t>Suggested in Weblate: Iniciar um bate-papo direto</t>
         </is>
       </c>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G438" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Iniciar um bate-papo direto</t>
+          <t>Suggested in Weblate: Crie uma nova comunidade</t>
         </is>
       </c>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C439" t="inlineStr"/>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G439" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Crie uma nova comunidade</t>
+          <t>Suggested in Weblate: Diretorio da sala</t>
         </is>
       </c>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G440" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Diretorio da sala</t>
+          <t>Suggested in Weblate: Procurar salas (Ctrl+K)</t>
         </is>
       </c>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C441" t="inlineStr"/>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G441" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Procurar salas (Ctrl+K)</t>
+          <t>Suggested in Weblate: Configurações do usuário</t>
         </is>
       </c>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C442" t="inlineStr"/>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G442" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações do usuário</t>
+          <t>Suggested in Weblate: Sair</t>
         </is>
       </c>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C443" t="inlineStr"/>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G443" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sair</t>
+          <t>Suggested in Weblate: Insira sua mensagem de status:</t>
         </is>
       </c>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C444" t="inlineStr"/>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G444" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira sua mensagem de status:</t>
+          <t>Suggested in Weblate: Mensagem de Status</t>
         </is>
       </c>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C445" t="inlineStr"/>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G445" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mensagem de Status</t>
+          <t>Suggested in Weblate: Configurações de perfil</t>
         </is>
       </c>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C446" t="inlineStr"/>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G446" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações de perfil</t>
+          <t>Suggested in Weblate: Definir mensagem de status</t>
         </is>
       </c>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C447" t="inlineStr"/>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G447" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Definir mensagem de status</t>
+          <t>Suggested in Weblate: Status online automático</t>
         </is>
       </c>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C448" t="inlineStr"/>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G448" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Status online automático</t>
+          <t>Suggested in Weblate: On-line</t>
         </is>
       </c>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C449" t="inlineStr"/>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G449" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: On-line</t>
+          <t>Suggested in Weblate: Indisponível</t>
         </is>
       </c>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C450" t="inlineStr"/>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G450" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Indisponível</t>
+          <t>Suggested in Weblate: Offline</t>
         </is>
       </c>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C451" t="inlineStr"/>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G451" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Offline</t>
-[...2 lines deleted...]
-      <c r="H451" t="inlineStr"/>
+          <t>Suggested in Weblate: Criptografia não configurada</t>
+        </is>
+      </c>
+      <c r="H451" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C452" t="inlineStr"/>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G452" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criptografia não configurada</t>
+          <t>Suggested in Weblate: Login não verificado</t>
         </is>
       </c>
       <c r="H452" t="inlineStr">
         <is>
-          <t>Cross-signing setup has not run yet.</t>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
         </is>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C453" t="inlineStr"/>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G453" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Login não verificado</t>
+          <t>Suggested in Weblate: Por favor, verifique seus outros dispositivos</t>
         </is>
       </c>
       <c r="H453" t="inlineStr">
         <is>
-          <t>The user just signed in with this device and hasn't verified their master key.</t>
+          <t>There are unverified devices signed in to this account.</t>
         </is>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C454" t="inlineStr"/>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G454" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Por favor, verifique seus outros dispositivos</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suggested in Weblate: Fechar</t>
+        </is>
+      </c>
+      <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C455" t="inlineStr"/>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G455" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fechar</t>
+          <t>Suggested in Weblate: Insira a tag que você deseja usar:</t>
         </is>
       </c>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C456" t="inlineStr"/>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G456" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira a tag que você deseja usar:</t>
+          <t>Suggested in Weblate: Nova tag</t>
         </is>
       </c>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C457" t="inlineStr"/>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G457" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nova tag</t>
+          <t>Suggested in Weblate: Abrir separadamente</t>
         </is>
       </c>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C458" t="inlineStr"/>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G458" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Abrir separadamente</t>
+          <t>Suggested in Weblate: Marcar como lido</t>
         </is>
       </c>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C459" t="inlineStr"/>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G459" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Marcar como lido</t>
+          <t>Suggested in Weblate: Configurações da sala</t>
         </is>
       </c>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C460" t="inlineStr"/>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G460" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações da sala</t>
+          <t>Suggested in Weblate: Sair da sala</t>
         </is>
       </c>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C461" t="inlineStr"/>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G461" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sair da sala</t>
+          <t>Suggested in Weblate: Copiar link da sala</t>
         </is>
       </c>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C462" t="inlineStr"/>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListTag room as:</t>
         </is>
       </c>
       <c r="G462" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Copiar link da sala</t>
+          <t>Suggested in Weblate: Marque a sala como:</t>
         </is>
       </c>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C463" t="inlineStr"/>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G463" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Marque a sala como:</t>
+          <t>Suggested in Weblate: Favoritos</t>
         </is>
       </c>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C464" t="inlineStr"/>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G464" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Favoritos</t>
+          <t>Suggested in Weblate: Baixa Prioridade</t>
         </is>
       </c>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C465" t="inlineStr"/>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListServer notice</t>
         </is>
       </c>
       <c r="G465" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Baixa Prioridade</t>
+          <t>Suggested in Weblate: Aviso do servidor</t>
         </is>
       </c>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20179</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Create new tag…</t>
         </is>
       </c>
       <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>RoomListCreate new tag...</t>
         </is>
       </c>
       <c r="G466" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aviso do servidor</t>
+          <t>Suggested in Weblate: Criar nova tag…</t>
         </is>
       </c>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Members of %1</t>
         </is>
       </c>
       <c r="C467" t="inlineStr"/>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomMembersMembers of %1</t>
         </is>
       </c>
       <c r="G467" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criar nova tag…</t>
+          <t>Suggested in Weblate: Membros de %1</t>
         </is>
       </c>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>%n person in %1</t>
         </is>
       </c>
       <c r="C468" t="inlineStr"/>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomMembers
+Summary above list of members%n people in %1</t>
         </is>
       </c>
       <c r="G468" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Membros de %1</t>
+          <t>Suggested in Weblate: %n pessoa em %1, %n pessoas em %1</t>
         </is>
       </c>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C469" t="inlineStr"/>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>RoomMembers
-Summary above list of members%n people in %1</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G469" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n pessoa em %1, %n pessoas em %1</t>
+          <t>Suggested in Weblate: Convidar mais pessoas</t>
         </is>
       </c>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20187</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Invite more people</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C470" t="inlineStr"/>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>RoomMembersInvite more people</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G470" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Convidar mais pessoas</t>
+          <t>Suggested in Weblate: Procurar…</t>
         </is>
       </c>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20195</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>Search...</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C471" t="inlineStr"/>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>RoomMembersSearch...</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G471" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Procurar…</t>
+          <t xml:space="preserve">Suggested in Weblate: Ordenar por: </t>
         </is>
       </c>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20205</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t xml:space="preserve">Sort by: </t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C472" t="inlineStr"/>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t xml:space="preserve">RoomMembersSort by: </t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G472" t="inlineStr">
         <is>
-          <t xml:space="preserve">Suggested in Weblate: Ordenar por: </t>
+          <t>Suggested in Weblate: ID do usuário</t>
         </is>
       </c>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C473" t="inlineStr"/>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G473" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ID do usuário</t>
+          <t>Suggested in Weblate: Nome de exibição</t>
         </is>
       </c>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C474" t="inlineStr"/>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersPower level</t>
         </is>
       </c>
       <c r="G474" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nome de exibição</t>
+          <t>Suggested in Weblate: Nível de poder</t>
         </is>
       </c>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C475" t="inlineStr"/>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G475" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nível de poder</t>
+          <t>Suggested in Weblate: Esta sala não é criptografada!</t>
         </is>
       </c>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr"/>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta sala não é criptografada!</t>
+          <t>Suggested in Weblate: Este usuário foi verificado.</t>
         </is>
       </c>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G477" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Este usuário foi verificado.</t>
+          <t>Suggested in Weblate: Este usuário não foi verificado, mas ainda está usando a mesma chave mestra da primeira vez que vocês se conheceram.</t>
         </is>
       </c>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G478" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Este usuário não foi verificado, mas ainda está usando a mesma chave mestra da primeira vez que vocês se conheceram.</t>
+          <t>Suggested in Weblate: Este usuário tem dispositivos não verificados!</t>
         </is>
       </c>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G479" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Este usuário tem dispositivos não verificados!</t>
+          <t>Suggested in Weblate: Falha ao habilitar a criptografia: %1</t>
         </is>
       </c>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C480" t="inlineStr"/>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G480" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao habilitar a criptografia: %1</t>
+          <t>Suggested in Weblate: Selecione um avatar</t>
         </is>
       </c>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G481" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selecione um avatar</t>
+          <t>Suggested in Weblate: Todos os Arquivos (*)</t>
         </is>
       </c>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C482" t="inlineStr"/>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G482" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Todos os Arquivos (*)</t>
+          <t>Suggested in Weblate: O arquivo selecionado não é uma imagem</t>
         </is>
       </c>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C483" t="inlineStr"/>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G483" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O arquivo selecionado não é uma imagem</t>
+          <t>Suggested in Weblate: Erro ao ler o arquivo: %1</t>
         </is>
       </c>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C484" t="inlineStr"/>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G484" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Erro ao ler o arquivo: %1</t>
+          <t>Suggested in Weblate: Falha ao carregar a imagem: %s</t>
         </is>
       </c>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>Room Settings</t>
         </is>
       </c>
       <c r="C485" t="inlineStr"/>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G485" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao carregar a imagem: %s</t>
+          <t>Suggested in Weblate: Configurações da Sala</t>
         </is>
       </c>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C486" t="inlineStr"/>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsDialogChange room avatar.</t>
         </is>
       </c>
       <c r="G486" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações da Sala</t>
+          <t>Suggested in Weblate: Alterar avatar da sala.</t>
         </is>
       </c>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C487" t="inlineStr"/>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G487" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar avatar da sala.</t>
+          <t>Suggested in Weblate: Alterar nome desta sala</t>
         </is>
       </c>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C488" t="inlineStr"/>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C489" t="inlineStr"/>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="G489" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G489" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n membro, %n membros</t>
+        </is>
+      </c>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr"/>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro, %n membros</t>
+          <t>Suggested in Weblate: Ver membros de %1</t>
         </is>
       </c>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C491" t="inlineStr"/>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G491" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ver membros de %1</t>
+          <t>Suggested in Weblate: Nenhum tópico definido</t>
         </is>
       </c>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C492" t="inlineStr"/>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G492" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nenhum tópico definido</t>
+          <t>Suggested in Weblate: Alterar tópico desta sala</t>
         </is>
       </c>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C493" t="inlineStr"/>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C494" t="inlineStr"/>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="G494" t="inlineStr"/>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="G494" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: NOTIFICAÇÕES</t>
+        </is>
+      </c>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C495" t="inlineStr"/>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G495" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: NOTIFICAÇÕES</t>
+          <t>Suggested in Weblate: Notificações</t>
         </is>
       </c>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G496" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Notificações</t>
+          <t>Suggested in Weblate: Mudo</t>
         </is>
       </c>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C497" t="inlineStr"/>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G497" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mudo</t>
+          <t>Suggested in Weblate: Apenas menções</t>
         </is>
       </c>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C498" t="inlineStr"/>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G498" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Apenas menções</t>
+          <t>Suggested in Weblate: Todas as mensagens</t>
         </is>
       </c>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C499" t="inlineStr"/>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G499" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Todas as mensagens</t>
+          <t>Suggested in Weblate: PERMISSÕES DE ENTRADA</t>
         </is>
       </c>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C500" t="inlineStr"/>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G500" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: PERMISSÕES DE ENTRADA</t>
+          <t>Suggested in Weblate: Qualquer um pode participar</t>
         </is>
       </c>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C501" t="inlineStr"/>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G501" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Qualquer um pode participar</t>
+          <t>Suggested in Weblate: Permitir batidas</t>
         </is>
       </c>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C502" t="inlineStr"/>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G502" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permitir batidas</t>
+          <t>Suggested in Weblate: Permitir entrada através de outras salas</t>
         </is>
       </c>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C503" t="inlineStr"/>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G503" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permitir entrada através de outras salas</t>
+          <t>Suggested in Weblate: Salas para ingressar via</t>
         </is>
       </c>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C504" t="inlineStr"/>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G504" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salas para ingressar via</t>
+          <t>Suggested in Weblate: Mudar</t>
         </is>
       </c>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C505" t="inlineStr"/>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G505" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mudar</t>
+          <t>Suggested in Weblate: Altere a lista de salas em que os usuários podem entrar nesta sala. Normalmente, esta é a comunidade oficial desta sala.</t>
         </is>
       </c>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C506" t="inlineStr"/>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G506" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Altere a lista de salas em que os usuários podem entrar nesta sala. Normalmente, esta é a comunidade oficial desta sala.</t>
+          <t>Suggested in Weblate: Permitir que convidados participem</t>
         </is>
       </c>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C507" t="inlineStr"/>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G507" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permitir que convidados participem</t>
+          <t>Suggested in Weblate: Aplicar regras de acesso</t>
         </is>
       </c>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C508" t="inlineStr"/>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G508" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aplicar regras de acesso</t>
+          <t>Suggested in Weblate: VISIBILIDADE DA MENSAGEM</t>
         </is>
       </c>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C509" t="inlineStr"/>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G509" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: VISIBILIDADE DA MENSAGEM</t>
+          <t>Suggested in Weblate: Permitir histórico de visualização sem ingressar</t>
         </is>
       </c>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C510" t="inlineStr"/>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G510" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permitir histórico de visualização sem ingressar</t>
+          <t>Suggested in Weblate: Isso é útil para ver prévias da sala ou visualizá-la em sites públicos.</t>
         </is>
       </c>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C511" t="inlineStr"/>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G511" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Isso é útil para ver prévias da sala ou visualizá-la em sites públicos.</t>
+          <t>Suggested in Weblate: Os membros podem ver as mensagens desde</t>
         </is>
       </c>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C512" t="inlineStr"/>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G512" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os membros podem ver as mensagens desde</t>
+          <t>Suggested in Weblate: Quanto do histórico é visível para membros inscritos. Alterar isso não afetará a visibilidade de mensagens já enviadas. Aplica-se somente a novas mensagens.</t>
         </is>
       </c>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C513" t="inlineStr"/>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G513" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Quanto do histórico é visível para membros inscritos. Alterar isso não afetará a visibilidade de mensagens já enviadas. Aplica-se somente a novas mensagens.</t>
+          <t>Suggested in Weblate: Tudo</t>
         </is>
       </c>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C514" t="inlineStr"/>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G514" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tudo</t>
+          <t>Suggested in Weblate: Enquanto o usuário estiver inscrito, ele poderá ver todas as mensagens anteriores.</t>
         </is>
       </c>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C515" t="inlineStr"/>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G515" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enquanto o usuário estiver inscrito, ele poderá ver todas as mensagens anteriores.</t>
+          <t>Suggested in Weblate: Eles foram convidados</t>
         </is>
       </c>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C516" t="inlineStr"/>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G516" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Eles foram convidados</t>
+          <t>Suggested in Weblate: Os membros só poderão ver as mensagens de quando foram convidados.</t>
         </is>
       </c>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C517" t="inlineStr"/>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G517" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os membros só poderão ver as mensagens de quando foram convidados.</t>
+          <t>Suggested in Weblate: Eles ingressaram</t>
         </is>
       </c>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C518" t="inlineStr"/>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G518" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Eles ingressaram</t>
+          <t>Suggested in Weblate: Os membros só podem ver mensagens depois de terem entrado.</t>
         </is>
       </c>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G519" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Os membros só podem ver mensagens depois de terem entrado.</t>
+          <t>Suggested in Weblate: Aplicar alterações de visibilidade</t>
         </is>
       </c>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G520" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aplicar alterações de visibilidade</t>
+          <t>Suggested in Weblate: Eventos ocultos localmente</t>
         </is>
       </c>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G521" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Eventos ocultos localmente</t>
+          <t>Suggested in Weblate: Configurar</t>
         </is>
       </c>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G522" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurar</t>
+          <t>Suggested in Weblate: Selecione eventos para ocultar nesta sala</t>
         </is>
       </c>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G523" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selecione eventos para ocultar nesta sala</t>
+          <t>Suggested in Weblate: Exclusão automática de eventos</t>
         </is>
       </c>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G524" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Exclusão automática de eventos</t>
+          <t>Suggested in Weblate: Selecione se seus eventos serão excluídos automaticamente nesta sala.</t>
         </is>
       </c>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
         </is>
       </c>
       <c r="G525" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Selecione se seus eventos serão excluídos automaticamente nesta sala.</t>
+          <t>Suggested in Weblate: CONFIGURAÇÕES GERAIS</t>
         </is>
       </c>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Encryption</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogEncryption</t>
         </is>
       </c>
       <c r="G526" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: CONFIGURAÇÕES GERAIS</t>
+          <t>Suggested in Weblate: Criptografia</t>
         </is>
       </c>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>End-to-End Encryption</t>
         </is>
       </c>
       <c r="C527" t="inlineStr"/>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
         </is>
       </c>
       <c r="G527" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criptografia</t>
+          <t>Suggested in Weblate: Criptografia de ponta a ponta</t>
         </is>
       </c>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="C528" t="inlineStr"/>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="G528" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criptografia de ponta a ponta</t>
+          <t>Suggested in Weblate: A criptografia é atualmente experimental e as coisas podem quebrar inesperadamente. &lt;br&gt;
+                                Por favor, observe que ela não pode ser desabilitada depois.</t>
         </is>
       </c>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G529" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: A criptografia é atualmente experimental e as coisas podem quebrar inesperadamente. &lt;br&gt;
-                                Por favor, observe que ela não pode ser desabilitada depois.</t>
+          <t>Suggested in Weblate: Permissões</t>
         </is>
       </c>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C530" t="inlineStr"/>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G530" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Permissões</t>
+          <t>Suggested in Weblate: Visualizar e alterar as permissões nesta sala</t>
         </is>
       </c>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C531" t="inlineStr"/>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G531" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Visualizar e alterar as permissões nesta sala</t>
+          <t>Suggested in Weblate: Aliases</t>
         </is>
       </c>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Aliases</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C532" t="inlineStr"/>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G532" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aliases</t>
+          <t>Suggested in Weblate: Ver e alterar os endereços/aliases desta sala</t>
         </is>
       </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C533" t="inlineStr"/>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G533" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ver e alterar os endereços/aliases desta sala</t>
+          <t>Suggested in Weblate: Configurações de adesivos e emotes</t>
         </is>
       </c>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C534" t="inlineStr"/>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G534" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações de adesivos e emotes</t>
+          <t>Suggested in Weblate: Alterar quais pacotes estão habilitados, remover pacotes ou criar novos</t>
         </is>
       </c>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C535" t="inlineStr"/>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G535" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar quais pacotes estão habilitados, remover pacotes ou criar novos</t>
+          <t>Suggested in Weblate: INFO</t>
         </is>
       </c>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C536" t="inlineStr"/>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G536" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: INFO</t>
+          <t>Suggested in Weblate: ID interno</t>
         </is>
       </c>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C537" t="inlineStr"/>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G537" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ID interno</t>
+          <t>Suggested in Weblate: Copiado para a área de transferência</t>
         </is>
       </c>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C538" t="inlineStr"/>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G538" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Copiado para a área de transferência</t>
+          <t>Suggested in Weblate: Versão da Sala</t>
         </is>
       </c>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C539" t="inlineStr"/>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G539" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Versão da Sala</t>
+          <t>Suggested in Weblate: mostrar menos</t>
         </is>
       </c>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C540" t="inlineStr"/>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G540" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: mostrar menos</t>
+          <t>Suggested in Weblate: mostrar mais</t>
         </is>
       </c>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C541" t="inlineStr"/>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G541" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: mostrar mais</t>
+          <t>Suggested in Weblate: Convite pendente.</t>
         </is>
       </c>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C542" t="inlineStr"/>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G542" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Convite pendente.</t>
+          <t>Suggested in Weblate: Visualizando esta sala</t>
         </is>
       </c>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C543" t="inlineStr"/>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G543" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Visualizando esta sala</t>
+          <t>Suggested in Weblate: Nenhuma pré-visualização disponível</t>
         </is>
       </c>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C544" t="inlineStr"/>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G544" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nenhuma pré-visualização disponível</t>
+          <t>Suggested in Weblate: Esta sala é possivelmente inacessível</t>
         </is>
       </c>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C545" t="inlineStr"/>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G545" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta sala é possivelmente inacessível</t>
+          <t>Suggested in Weblate: Por favor, digite sua senha de login para continuar:</t>
         </is>
       </c>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C546" t="inlineStr"/>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G546" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Por favor, digite sua senha de login para continuar:</t>
+          <t>Suggested in Weblate: Insira um endereço de e-mail válido para continuar:</t>
         </is>
       </c>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G547" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira um endereço de e-mail válido para continuar:</t>
+          <t>Suggested in Weblate: Insira um número de telefone válido para continuar:</t>
         </is>
       </c>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G548" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira um número de telefone válido para continuar:</t>
+          <t>Suggested in Weblate: Insira o token que foi enviado a você:</t>
         </is>
       </c>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G549" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Insira o token que foi enviado a você:</t>
+          <t>Suggested in Weblate: Aguarde o link de confirmação chegar e depois continue.</t>
         </is>
       </c>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G550" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Aguarde o link de confirmação chegar e depois continue.</t>
+          <t>Suggested in Weblate: Compartilhar área de trabalho com %1?</t>
         </is>
       </c>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C551" t="inlineStr"/>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G551" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Compartilhar área de trabalho com %1?</t>
+          <t>Suggested in Weblate: Método:</t>
         </is>
       </c>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C552" t="inlineStr"/>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G552" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Método:</t>
+          <t>Suggested in Weblate: Janela:</t>
         </is>
       </c>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C553" t="inlineStr"/>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G553" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Janela:</t>
+          <t>Suggested in Weblate: Solicitar captura de tela</t>
         </is>
       </c>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C554" t="inlineStr"/>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G554" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Solicitar captura de tela</t>
+          <t>Suggested in Weblate: Taxa de quadros:</t>
         </is>
       </c>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C555" t="inlineStr"/>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G555" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Taxa de quadros:</t>
+          <t>Suggested in Weblate: Inclua sua câmera picture-in-picture</t>
         </is>
       </c>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C556" t="inlineStr"/>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G556" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Inclua sua câmera picture-in-picture</t>
+          <t>Suggested in Weblate: Solicitar câmera remota</t>
         </is>
       </c>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C557" t="inlineStr"/>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G557" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Solicitar câmera remota</t>
+          <t>Suggested in Weblate: Visualize a câmera do seu interlocutor como se fosse uma videochamada normal</t>
         </is>
       </c>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C558" t="inlineStr"/>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G558" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Visualize a câmera do seu interlocutor como se fosse uma videochamada normal</t>
+          <t>Suggested in Weblate: Ocultar cursor do mouse</t>
         </is>
       </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C559" t="inlineStr"/>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G559" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ocultar cursor do mouse</t>
+          <t>Suggested in Weblate: Compartilhar</t>
         </is>
       </c>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C560" t="inlineStr"/>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G560" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Compartilhar</t>
+          <t>Suggested in Weblate: Pré-visualização</t>
         </is>
       </c>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Preview</t>
-[...2 lines deleted...]
-      <c r="C561" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C561" t="inlineStr">
+        <is>
+          <t>Cancelar</t>
+        </is>
+      </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G561" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pré-visualização</t>
+          <t>Suggested in Weblate: Cancelar</t>
         </is>
       </c>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Failed to connect to secret storage</t>
+        </is>
+      </c>
+      <c r="C562" t="inlineStr"/>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G562" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar</t>
+          <t>Suggested in Weblate: Falha ao conectar ao armazenamento secreto</t>
         </is>
       </c>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C563" t="inlineStr"/>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G563" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao conectar ao armazenamento secreto</t>
+          <t>Suggested in Weblate: O Nheko não conseguiu se conectar ao armazenamento seguro para salvar segredos de criptografia. Isso pode ter vários motivos. Verifique se o seu serviço D-Bus está em execução e se você configurou um serviço como KWallet, Gnome Keyring, KeePassXC ou equivalente para sua plataforma. Se estiver com problemas, sinta-se à vontade para abrir um problema aqui: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C564" t="inlineStr"/>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G564" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O Nheko não conseguiu se conectar ao armazenamento seguro para salvar segredos de criptografia. Isso pode ter vários motivos. Verifique se o seu serviço D-Bus está em execução e se você configurou um serviço como KWallet, Gnome Keyring, KeePassXC ou equivalente para sua plataforma. Se estiver com problemas, sinta-se à vontade para abrir um problema aqui: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Suggested in Weblate: Esta é sua chave de recuperação. Você precisará dela para restaurar o acesso às suas mensagens criptografadas e chaves de verificação. Mantenha-a segura. Não compartilhe com ninguém e não a perca! Não passe! Não receba $200!</t>
         </is>
       </c>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Encryption setup successfully</t>
         </is>
       </c>
       <c r="C565" t="inlineStr"/>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
         </is>
       </c>
       <c r="G565" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta é sua chave de recuperação. Você precisará dela para restaurar o acesso às suas mensagens criptografadas e chaves de verificação. Mantenha-a segura. Não compartilhe com ninguém e não a perca! Não passe! Não receba $200!</t>
+          <t>Suggested in Weblate: Criptografia configurada com sucesso</t>
         </is>
       </c>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
         </is>
       </c>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to setup encryption: %1</t>
         </is>
       </c>
       <c r="C566" t="inlineStr"/>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
         </is>
       </c>
       <c r="G566" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Criptografia configurada com sucesso</t>
+          <t>Suggested in Weblate: Falha ao configurar a criptografia: %1</t>
         </is>
       </c>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
         </is>
       </c>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Setup Encryption</t>
         </is>
       </c>
       <c r="C567" t="inlineStr"/>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SelfVerificationCheckSetup Encryption</t>
         </is>
       </c>
       <c r="G567" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao configurar a criptografia: %1</t>
+          <t>Suggested in Weblate: Configurar Criptografia</t>
         </is>
       </c>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
         </is>
       </c>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>Hello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="C568" t="inlineStr"/>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckHello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="G568" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurar Criptografia</t>
+          <t>Suggested in Weblate: Olá e bem-vindo ao Matrix!
+Parece que você é novo. Antes que você possa criptografar suas mensagens com segurança, precisamos configurar algumas pequenas coisas. Você pode pressionar aceitar imediatamente ou ajustar algumas opções básicas. Também tentamos explicar algumas noções básicas. Você pode pular essas partes, mas elas podem ser úteis!</t>
         </is>
       </c>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Hello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>Activate Encryption</t>
         </is>
       </c>
       <c r="C569" t="inlineStr"/>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckHello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
       <c r="G569" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Olá e bem-vindo ao Matrix!
-Parece que você é novo. Antes que você possa criptografar suas mensagens com segurança, precisamos configurar algumas pequenas coisas. Você pode pressionar aceitar imediatamente ou ajustar algumas opções básicas. Também tentamos explicar algumas noções básicas. Você pode pular essas partes, mas elas podem ser úteis!</t>
+          <t>Suggested in Weblate: Ativar Criptografia</t>
         </is>
       </c>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17599</t>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Activate Encryption</t>
+          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="C570" t="inlineStr"/>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckActivate Encryption</t>
+          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="G570" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ativar Criptografia</t>
+          <t>Suggested in Weblate: Parece que você já configurou a criptografia para esta conta. Para poder acessar suas mensagens criptografadas e fazer com que este dispositivo apareça como confiável, você pode verificar um dispositivo existente ou (se tiver um) inserir sua senha de recuperação. Selecione uma das opções abaixo.
+Se você escolher verificar, precisará ter o outro dispositivo disponível. Se você escolher "inserir senha", precisará de sua chave de recuperação ou senha. Se clicar em cancelar, poderá optar por verificar a si mesmo mais tarde.</t>
         </is>
       </c>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17608</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C571" t="inlineStr"/>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G571" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Parece que você já configurou a criptografia para esta conta. Para poder acessar suas mensagens criptografadas e fazer com que este dispositivo apareça como confiável, você pode verificar um dispositivo existente ou (se tiver um) inserir sua senha de recuperação. Selecione uma das opções abaixo.
-Se você escolher verificar, precisará ter o outro dispositivo disponível. Se você escolher "inserir senha", precisará de sua chave de recuperação ou senha. Se clicar em cancelar, poderá optar por verificar a si mesmo mais tarde.</t>
+          <t>Suggested in Weblate: verificar</t>
         </is>
       </c>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17613</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>verify</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C572" t="inlineStr"/>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckverify</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G572" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: verificar</t>
+          <t>Suggested in Weblate: digite a senha</t>
         </is>
       </c>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17622</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>enter passphrase</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C573" t="inlineStr"/>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckenter passphrase</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G573" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: digite a senha</t>
+          <t>Suggested in Weblate: Falha ao criar chaves para assinatura cruzada!</t>
         </is>
       </c>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17675</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Failed to create keys for cross-signing!</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C574" t="inlineStr"/>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G574" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao criar chaves para assinatura cruzada!</t>
+          <t>Suggested in Weblate: Falha ao criar chaves para backup de chaves online!</t>
         </is>
       </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr"/>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao criar chaves para backup de chaves online!</t>
+          <t>Suggested in Weblate: Falha ao criar chaves para armazenamento secreto seguro no lado do servidor!</t>
         </is>
       </c>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C576" t="inlineStr"/>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G576" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao criar chaves para armazenamento secreto seguro no lado do servidor!</t>
+          <t>Suggested in Weblate: Configuração de criptografia</t>
         </is>
       </c>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C577" t="inlineStr"/>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G577" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configuração de criptografia</t>
+          <t>Suggested in Weblate: Falha na configuração de criptografia: %1</t>
         </is>
       </c>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C578" t="inlineStr"/>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G578" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na configuração de criptografia: %1</t>
+          <t>Suggested in Weblate: Chave de identidade alterada. Isso quebra o E2EE, então faça logout.</t>
         </is>
       </c>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr"/>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Chave de identidade alterada. Isso quebra o E2EE, então faça logout.</t>
+          <t>Suggested in Weblate: Falha ao atualizar o pacote de imagens: %1</t>
         </is>
       </c>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C580" t="inlineStr"/>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G580" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao atualizar o pacote de imagens: %1</t>
+          <t>Suggested in Weblate: Falha ao excluir pacote de imagem antigo: %1</t>
         </is>
       </c>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C581" t="inlineStr"/>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G581" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao excluir pacote de imagem antigo: %1</t>
+          <t>Suggested in Weblate: Falha ao abrir a imagem: %1</t>
         </is>
       </c>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C582" t="inlineStr"/>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G582" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao abrir a imagem: %1</t>
+          <t>Suggested in Weblate: Falha ao carregar a imagem: %1</t>
         </is>
       </c>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C583" t="inlineStr"/>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>SpaceMenuAdd or remove from community...</t>
+        </is>
+      </c>
+      <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C584" t="inlineStr"/>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
-[...2 lines deleted...]
-      <c r="G584" t="inlineStr"/>
+          <t>SpaceMenuLevelOfficial community for this room</t>
+        </is>
+      </c>
+      <c r="G584" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Comunidade oficial para esta sala</t>
+        </is>
+      </c>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C585" t="inlineStr"/>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G585" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Comunidade oficial para esta sala</t>
+          <t>Suggested in Weblate: Comunidade afiliada para esta sala</t>
         </is>
       </c>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C586" t="inlineStr"/>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G586" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Comunidade afiliada para esta sala</t>
+          <t>Suggested in Weblate: Listado apenas para membros da comunidade</t>
         </is>
       </c>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C587" t="inlineStr"/>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G587" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Listado apenas para membros da comunidade</t>
+          <t>Suggested in Weblate: Listado apenas para membros da sala</t>
         </is>
       </c>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G588" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Listado apenas para membros da sala</t>
+          <t>Suggested in Weblate: Não relacionado</t>
         </is>
       </c>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C589" t="inlineStr"/>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G589" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Não relacionado</t>
+          <t>Suggested in Weblate: Falhou</t>
         </is>
       </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C590" t="inlineStr"/>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G590" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falhou</t>
+          <t>Suggested in Weblate: Enviado</t>
         </is>
       </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C591" t="inlineStr"/>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G591" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Enviado</t>
+          <t>Suggested in Weblate: Recebido</t>
         </is>
       </c>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C592" t="inlineStr"/>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G592" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Recebido</t>
+          <t>Suggested in Weblate: Lido</t>
         </is>
       </c>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Read</t>
-[...2 lines deleted...]
-      <c r="C593" t="inlineStr"/>
+          <t>Search</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr">
+        <is>
+          <t>Pesquisar</t>
+        </is>
+      </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G593" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Lido</t>
+          <t>Suggested in Weblate: Pesquisar</t>
         </is>
       </c>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Search</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G594" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pesquisar</t>
+          <t>Suggested in Weblate: Alterar quais pacotes estão habilitados, remover pacotes ou criar novos</t>
         </is>
       </c>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G595" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Alterar quais pacotes estão habilitados, remover pacotes ou criar novos</t>
+          <t>Suggested in Weblate: Verificação bem-sucedida</t>
         </is>
       </c>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C596" t="inlineStr"/>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G596" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Verificação bem-sucedida</t>
+          <t>Suggested in Weblate: Verificação bem-sucedida!  Ambos os lados verificaram seus dispositivos!</t>
         </is>
       </c>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C597" t="inlineStr"/>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G597" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Verificação bem-sucedida!  Ambos os lados verificaram seus dispositivos!</t>
+          <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C598" t="inlineStr"/>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G598" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Fechar</t>
+          <t>Suggested in Weblate: Parte de um tópico</t>
         </is>
       </c>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C599" t="inlineStr"/>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G599" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Parte de um tópico</t>
+          <t>Suggested in Weblate: %1 fez uma chamada de voz.</t>
         </is>
       </c>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C600" t="inlineStr"/>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G600" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fez uma chamada de voz.</t>
+          <t>Suggested in Weblate: %1 fez uma videochamada.</t>
         </is>
       </c>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C601" t="inlineStr"/>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>TimelineEvent%1 placed a call.</t>
         </is>
       </c>
       <c r="G601" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fez uma videochamada.</t>
+          <t>Suggested in Weblate: %1 fez uma chamada.</t>
         </is>
       </c>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C602" t="inlineStr"/>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G602" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fez uma chamada.</t>
+          <t>Suggested in Weblate: %1 atendeu a chamada</t>
         </is>
       </c>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C603" t="inlineStr"/>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G603" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 atendeu a chamada</t>
+          <t>Suggested in Weblate: %1 rejeitou a chamada.</t>
         </is>
       </c>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C604" t="inlineStr"/>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G604" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 rejeitou a chamada.</t>
+          <t>Suggested in Weblate: %1 resposta selecionada.</t>
         </is>
       </c>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr"/>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 resposta selecionada.</t>
+          <t>Suggested in Weblate: %1 encerrou a chamada.</t>
         </is>
       </c>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C606" t="inlineStr"/>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G606" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 encerrou a chamada.</t>
+          <t>Suggested in Weblate: %1 está negociando a chamada…</t>
         </is>
       </c>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C607" t="inlineStr"/>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G607" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 está negociando a chamada…</t>
+          <t>Suggested in Weblate: Deixe-os entrar</t>
         </is>
       </c>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C608" t="inlineStr"/>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G608" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Deixe-os entrar</t>
+          <t>Suggested in Weblate: Esta sala foi substituída pelo seguinte motivo: %1</t>
         </is>
       </c>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C609" t="inlineStr"/>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G609" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta sala foi substituída pelo seguinte motivo: %1</t>
+          <t>Suggested in Weblate: Vá para a sala de substituição</t>
         </is>
       </c>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C610" t="inlineStr"/>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G610" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Vá para a sala de substituição</t>
+          <t>Suggested in Weblate: Editado</t>
         </is>
       </c>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C611" t="inlineStr"/>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G611" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Editado</t>
+          <t>Suggested in Weblate: Parte de um tópico</t>
         </is>
       </c>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C612" t="inlineStr"/>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G612" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Parte de um tópico</t>
+          <t>Suggested in Weblate: Falha na redação da mensagem: %1</t>
         </is>
       </c>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C613" t="inlineStr"/>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G613" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha na redação da mensagem: %1</t>
+          <t>Suggested in Weblate: Falha ao criptografar o evento, envio abortado!</t>
         </is>
       </c>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C614" t="inlineStr"/>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G614" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Falha ao criptografar o evento, envio abortado!</t>
+          <t>Suggested in Weblate: Salvar imagem</t>
         </is>
       </c>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C615" t="inlineStr"/>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineModelSave video</t>
         </is>
       </c>
       <c r="G615" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salvar imagem</t>
+          <t>Suggested in Weblate: Salvar vídeo</t>
         </is>
       </c>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Save audio</t>
         </is>
       </c>
       <c r="C616" t="inlineStr"/>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelSave audio</t>
         </is>
       </c>
       <c r="G616" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salvar vídeo</t>
+          <t>Suggested in Weblate: Salvar áudio</t>
         </is>
       </c>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Save file</t>
         </is>
       </c>
       <c r="C617" t="inlineStr"/>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelSave file</t>
         </is>
       </c>
       <c r="G617" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salvar áudio</t>
+          <t>Suggested in Weblate: Salvar arquivo</t>
         </is>
       </c>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>%1%2 is typing.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr"/>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModel
+Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Salvar arquivo</t>
+          <t>Suggested in Weblate: %1%2 está digitando., %1 e %2 estão digitando.</t>
         </is>
       </c>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C619" t="inlineStr"/>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>TimelineModel
-Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G619" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1%2 está digitando., %1 e %2 estão digitando.</t>
+          <t>Suggested in Weblate: %1 abriu a sala ao público.</t>
         </is>
       </c>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>%1 opened the room to the public.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C620" t="inlineStr"/>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>TimelineModel%1 opened the room to the public.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G620" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 abriu a sala ao público.</t>
+          <t>Suggested in Weblate: %1 tem permissão para entrar nesta sala ao bater.</t>
         </is>
       </c>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21554</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>%1 allowed to join this room by knocking.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C621" t="inlineStr"/>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed to join this room by knocking.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G621" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 tem permissão para entrar nesta sala ao bater.</t>
+          <t>Suggested in Weblate: %1 permitiu que membros das seguintes salas se juntassem automaticamente a esta sala: %2</t>
         </is>
       </c>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21561</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C622" t="inlineStr"/>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G622" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitiu que membros das seguintes salas se juntassem automaticamente a esta sala: %2</t>
+          <t>Suggested in Weblate: %1 disponibilizou a sala para os convidados.</t>
         </is>
       </c>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C623" t="inlineStr"/>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G623" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 disponibilizou a sala para os convidados.</t>
+          <t>Suggested in Weblate: %1 fechou a sala para acesso de convidados.</t>
         </is>
       </c>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr"/>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G624" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fechou a sala para acesso de convidados.</t>
+          <t>Suggested in Weblate: %1 tornou o histórico da sala legível para o mundo. Eventos agora podem ser lidos por pessoas não inscritas.</t>
         </is>
       </c>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C625" t="inlineStr"/>
       <c r="D625" t="inlineStr"/>
       <c r="E625" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F625" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G625" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 tornou o histórico da sala legível para o mundo. Eventos agora podem ser lidos por pessoas não inscritas.</t>
+          <t>Suggested in Weblate: %1 define o histórico da sala visível para os membros a partir deste ponto.</t>
         </is>
       </c>
       <c r="H625" t="inlineStr"/>
     </row>
     <row r="626">
       <c r="A626" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B626" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C626" t="inlineStr"/>
       <c r="D626" t="inlineStr"/>
       <c r="E626" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F626" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G626" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 define o histórico da sala visível para os membros a partir deste ponto.</t>
+          <t>Suggested in Weblate: %1 definiu o histórico da sala visível para os membros desde que foram convidados.</t>
         </is>
       </c>
       <c r="H626" t="inlineStr"/>
     </row>
     <row r="627">
       <c r="A627" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B627" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C627" t="inlineStr"/>
       <c r="D627" t="inlineStr"/>
       <c r="E627" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F627" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G627" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 definiu o histórico da sala visível para os membros desde que foram convidados.</t>
+          <t>Suggested in Weblate: %1 define o histórico da sala visível para os membros desde que eles entraram na sala.</t>
         </is>
       </c>
       <c r="H627" t="inlineStr"/>
     </row>
     <row r="628">
       <c r="A628" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B628" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C628" t="inlineStr"/>
       <c r="D628" t="inlineStr"/>
       <c r="E628" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F628" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G628" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 define o histórico da sala visível para os membros desde que eles entraram na sala.</t>
+          <t>Suggested in Weblate: %1 alterou as permissões da sala.</t>
         </is>
       </c>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C629" t="inlineStr"/>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G629" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou as permissões da sala.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder de chute da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C630" t="inlineStr"/>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G630" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder de chute da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %n membro agora pode expulsar membros da sala., %n membros agora podem expulsar membros da sala.</t>
         </is>
       </c>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C631" t="inlineStr"/>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G631" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro agora pode expulsar membros da sala., %n membros agora podem expulsar membros da sala.</t>
+          <t>Suggested in Weblate: %1 agora pode expulsar membros da sala.</t>
         </is>
       </c>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C632" t="inlineStr"/>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G632" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agora pode expulsar membros da sala.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder de redação da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C633" t="inlineStr"/>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G633" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder de redação da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %n membro agora pode redigir mensagens de sala., %n membros agora podem redigir mensagens de sala.</t>
         </is>
       </c>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C634" t="inlineStr"/>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G634" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro agora pode redigir mensagens de sala., %n membros agora podem redigir mensagens de sala.</t>
+          <t>Suggested in Weblate: %1 agora pode redigir mensagens de sala.</t>
         </is>
       </c>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C635" t="inlineStr"/>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G635" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agora pode redigir mensagens de sala.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder de banimento da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C636" t="inlineStr"/>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G636" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder de banimento da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %n membro agora pode banir membros da sala., %n membros agora podem banir membros da sala.</t>
         </is>
       </c>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C637" t="inlineStr"/>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G637" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro agora pode banir membros da sala., %n membros agora podem banir membros da sala.</t>
+          <t>Suggested in Weblate: %1 agora pode banir membros da sala.</t>
         </is>
       </c>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C638" t="inlineStr"/>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G638" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agora pode banir membros da sala.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de energia padrão do estado da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C639" t="inlineStr"/>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G639" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de energia padrão do estado da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %n membro agora pode enviar eventos de estado., %n membros agora podem enviar eventos de estado.</t>
         </is>
       </c>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C640" t="inlineStr"/>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G640" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro agora pode enviar eventos de estado., %n membros agora podem enviar eventos de estado.</t>
+          <t>Suggested in Weblate: %1 agora pode enviar eventos de estado.</t>
         </is>
       </c>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr"/>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agora pode enviar eventos de estado.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder de convite da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C642" t="inlineStr"/>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G642" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder de convite da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3. Novos usuários agora não podem enviar nenhum evento.</t>
         </is>
       </c>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C643" t="inlineStr"/>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G643" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3. Novos usuários agora não podem enviar nenhum evento.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3. Novos usuários agora podem enviar eventos que não são restritos de outra forma.</t>
         </is>
       </c>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C644" t="inlineStr"/>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G644" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3. Novos usuários agora podem enviar eventos que não são restritos de outra forma.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3.</t>
         </is>
       </c>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C645" t="inlineStr"/>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G645" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de poder events_default da sala de %2 para %3.</t>
+          <t>Suggested in Weblate: %1 tornou %2 administrador desta sala.</t>
         </is>
       </c>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C646" t="inlineStr"/>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G646" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 tornou %2 administrador desta sala.</t>
+          <t>Suggested in Weblate: %1 tornou %2 moderador desta sala.</t>
         </is>
       </c>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C647" t="inlineStr"/>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G647" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 tornou %2 moderador desta sala.</t>
+          <t>Suggested in Weblate: %1 rebaixou %2 para moderador desta sala.</t>
         </is>
       </c>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C648" t="inlineStr"/>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G648" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 rebaixou %2 para moderador desta sala.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de potência de %2 de %3 para %4.</t>
         </is>
       </c>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C649" t="inlineStr"/>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G649" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de potência de %2 de %3 para %4.</t>
+          <t>Suggested in Weblate: %1 permitiu que apenas administradores enviassem "%2".</t>
         </is>
       </c>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C650" t="inlineStr"/>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G650" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitiu que apenas administradores enviassem "%2".</t>
+          <t>Suggested in Weblate: %1 permitiu que apenas moderadores enviassem "%2".</t>
         </is>
       </c>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C651" t="inlineStr"/>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G651" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitiu que apenas moderadores enviassem "%2".</t>
+          <t>Suggested in Weblate: %1 permitiu que todos enviassem "%2".</t>
         </is>
       </c>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C652" t="inlineStr"/>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G652" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitiu que todos enviassem "%2".</t>
+          <t>Suggested in Weblate: %1 alterou o nível de potência do tipo de evento "%2" do padrão para %3.</t>
         </is>
       </c>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C653" t="inlineStr"/>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G653" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de potência do tipo de evento "%2" do padrão para %3.</t>
+          <t>Suggested in Weblate: %1 alterou o nível de potência do tipo de evento "%2" de %3 para %4.</t>
         </is>
       </c>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C654" t="inlineStr"/>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G654" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nível de potência do tipo de evento "%2" de %3 para %4.</t>
+          <t>Suggested in Weblate: (vazio)</t>
         </is>
       </c>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C655" t="inlineStr"/>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G655" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: (vazio)</t>
+          <t>Suggested in Weblate: %1 removeu as seguintes imagens do pacote %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C656" t="inlineStr"/>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G656" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu as seguintes imagens do pacote %2:&lt;br&gt;%3</t>
+          <t>Suggested in Weblate: %1 adicionou as seguintes imagens ao pacote %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C657" t="inlineStr"/>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G657" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 adicionou as seguintes imagens ao pacote %2:&lt;br&gt;%3</t>
+          <t>Suggested in Weblate: %1 alterou o adesivo e os emotes nesta sala.</t>
         </is>
       </c>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C658" t="inlineStr"/>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G658" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o adesivo e os emotes nesta sala.</t>
+          <t>Suggested in Weblate: %1 desabilitou a regra para banir usuários que correspondem a %2.</t>
         </is>
       </c>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C659" t="inlineStr"/>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G659" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 desabilitou a regra para banir usuários que correspondem a %2.</t>
+          <t>Suggested in Weblate: %1 adicionou uma regra para banir usuários que correspondem a %2 para '%3'.</t>
         </is>
       </c>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C660" t="inlineStr"/>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G660" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 adicionou uma regra para banir usuários que correspondem a %2 para '%3'.</t>
+          <t>Suggested in Weblate: %1 desabilitou a regra para banir salas correspondentes a %2.</t>
         </is>
       </c>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C661" t="inlineStr"/>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G661" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 desabilitou a regra para banir salas correspondentes a %2.</t>
+          <t>Suggested in Weblate: %1 adicionou uma regra para banir salas que correspondam a %2 para '%3'.</t>
         </is>
       </c>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C662" t="inlineStr"/>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G662" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 adicionou uma regra para banir salas que correspondam a %2 para '%3'.</t>
+          <t>Suggested in Weblate: %1 desabilitou a regra para banir servidores correspondentes a %2.</t>
         </is>
       </c>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C663" t="inlineStr"/>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G663" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 desabilitou a regra para banir servidores correspondentes a %2.</t>
+          <t>Suggested in Weblate: %1 adicionou uma regra para banir servidores que correspondem a %2 para '%3'.</t>
         </is>
       </c>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>Removed by %1</t>
         </is>
       </c>
       <c r="C664" t="inlineStr"/>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModelRemoved by %1</t>
         </is>
       </c>
       <c r="G664" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 adicionou uma regra para banir servidores que correspondem a %2 para '%3'.</t>
+          <t>Suggested in Weblate: Removido por %1</t>
         </is>
       </c>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="C665" t="inlineStr"/>
       <c r="D665" t="inlineStr"/>
       <c r="E665" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F665" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="G665" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Removido por %1</t>
+          <t>Suggested in Weblate: %1 (%2) removeu esta mensagem em %3</t>
         </is>
       </c>
       <c r="H665" t="inlineStr"/>
     </row>
     <row r="666">
       <c r="A666" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
         </is>
       </c>
       <c r="B666" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>Removed by %1 because: %2</t>
         </is>
       </c>
       <c r="C666" t="inlineStr"/>
       <c r="D666" t="inlineStr"/>
       <c r="E666" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F666" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModelRemoved by %1 because: %2</t>
         </is>
       </c>
       <c r="G666" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 (%2) removeu esta mensagem em %3</t>
+          <t>Suggested in Weblate: Removido por %1 porque: %2</t>
         </is>
       </c>
       <c r="H666" t="inlineStr"/>
     </row>
     <row r="667">
       <c r="A667" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
         </is>
       </c>
       <c r="B667" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="C667" t="inlineStr"/>
       <c r="D667" t="inlineStr"/>
       <c r="E667" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F667" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="G667" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Removido por %1 porque: %2</t>
+          <t>Suggested in Weblate: %1 (%2) removeu esta mensagem em %3
+Motivo: %4</t>
         </is>
       </c>
       <c r="H667" t="inlineStr"/>
     </row>
     <row r="668">
       <c r="A668" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B668" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C668" t="inlineStr"/>
       <c r="D668" t="inlineStr"/>
       <c r="E668" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F668" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G668" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 (%2) removeu esta mensagem em %3
-Motivo: %4</t>
+          <t>Suggested in Weblate: %2 revogou o convite para %1.</t>
         </is>
       </c>
       <c r="H668" t="inlineStr"/>
     </row>
     <row r="669">
       <c r="A669" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22212</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B669" t="inlineStr">
         <is>
-          <t>%2 revoked the invite to %1.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C669" t="inlineStr"/>
       <c r="D669" t="inlineStr"/>
       <c r="E669" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F669" t="inlineStr">
         <is>
-          <t>TimelineModel%2 revoked the invite to %1.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G669" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 revogou o convite para %1.</t>
+          <t>Suggested in Weblate: %2 chutou %1.</t>
         </is>
       </c>
       <c r="H669" t="inlineStr"/>
     </row>
     <row r="670">
       <c r="A670" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22207</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B670" t="inlineStr">
         <is>
-          <t>%2 kicked %1.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C670" t="inlineStr"/>
       <c r="D670" t="inlineStr"/>
       <c r="E670" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F670" t="inlineStr">
         <is>
-          <t>TimelineModel%2 kicked %1.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G670" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 chutou %1.</t>
+          <t>Suggested in Weblate: %2 desbaniu %1.</t>
         </is>
       </c>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22214</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>%2 unbanned %1.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C671" t="inlineStr"/>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>TimelineModel%2 unbanned %1.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G671" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 desbaniu %1.</t>
+          <t>Suggested in Weblate: %2 rejeitou a batida de %1.</t>
         </is>
       </c>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C672" t="inlineStr"/>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G672" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 rejeitou a batida de %1.</t>
+          <t>Suggested in Weblate: %1 mudou seu avatar.</t>
         </is>
       </c>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C673" t="inlineStr"/>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G673" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 mudou seu avatar.</t>
+          <t>Suggested in Weblate: %1 alterou algumas informações do perfil.</t>
         </is>
       </c>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C674" t="inlineStr"/>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G674" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou algumas informações do perfil.</t>
+          <t>Suggested in Weblate: %1 ingressou.</t>
         </is>
       </c>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C675" t="inlineStr"/>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G675" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ingressou.</t>
+          <t>Suggested in Weblate: %1 ingressou por meio de autorização do servidor %2.</t>
         </is>
       </c>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C676" t="inlineStr"/>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G676" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ingressou por meio de autorização do servidor %2.</t>
+          <t>Suggested in Weblate: %1 rejeitou o convite.</t>
         </is>
       </c>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C677" t="inlineStr"/>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G677" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 rejeitou o convite.</t>
+          <t>Suggested in Weblate: %1 saiu da sala.</t>
         </is>
       </c>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C678" t="inlineStr"/>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G678" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 saiu da sala.</t>
+          <t>Suggested in Weblate: Motivo: %1</t>
         </is>
       </c>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C679" t="inlineStr"/>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G679" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Motivo: %1</t>
+          <t>Suggested in Weblate: %1 removeu sua batida.</t>
         </is>
       </c>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C680" t="inlineStr"/>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G680" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu sua batida.</t>
+          <t>Suggested in Weblate: %1 alterou quais servidores são permitidos nesta sala.</t>
         </is>
       </c>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C681" t="inlineStr"/>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G681" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou quais servidores são permitidos nesta sala.</t>
+          <t>Suggested in Weblate: %1 removeu o nome da sala.</t>
         </is>
       </c>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C682" t="inlineStr"/>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G682" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu o nome da sala.</t>
+          <t>Suggested in Weblate: %1 alterou o nome da sala para: %2</t>
         </is>
       </c>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C683" t="inlineStr"/>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G683" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o nome da sala para: %2</t>
+          <t>Suggested in Weblate: %1 removeu o tópico.</t>
         </is>
       </c>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C684" t="inlineStr"/>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G684" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu o tópico.</t>
+          <t>Suggested in Weblate: %1 alterou o tópico para: %2</t>
         </is>
       </c>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C685" t="inlineStr"/>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G685" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o tópico para: %2</t>
+          <t>Suggested in Weblate: %1 alterou o avatar da sala para: %2</t>
         </is>
       </c>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C686" t="inlineStr"/>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G686" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou o avatar da sala para: %2</t>
+          <t>Suggested in Weblate: %1 removeu o avatar da sala.</t>
         </is>
       </c>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C687" t="inlineStr"/>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G687" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removeu o avatar da sala.</t>
+          <t>Suggested in Weblate: %1 alterou as mensagens fixadas.</t>
         </is>
       </c>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C688" t="inlineStr"/>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G688" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou as mensagens fixadas.</t>
+          <t>Suggested in Weblate: %1 alterou os endereços desta sala.</t>
         </is>
       </c>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C689" t="inlineStr"/>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G689" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou os endereços desta sala.</t>
+          <t>Suggested in Weblate: %1 alterou as comunidades pai desta sala.</t>
         </is>
       </c>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="C690" t="inlineStr"/>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G690" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou as comunidades pai desta sala.</t>
+          <t>Suggested in Weblate: %1 criou e configurou a sala: %2</t>
         </is>
       </c>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C691" t="inlineStr"/>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G691" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 criou e configurou a sala: %2</t>
+          <t>Suggested in Weblate: %1 alterou evento de estado desconhecido %2.</t>
         </is>
       </c>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
-[...2 lines deleted...]
-      <c r="C692" t="inlineStr"/>
+          <t>You joined this room.</t>
+        </is>
+      </c>
+      <c r="C692" t="inlineStr">
+        <is>
+          <t>Você entrou nessa sala.</t>
+        </is>
+      </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G692" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou evento de estado desconhecido %2.</t>
+          <t>Suggested in Weblate: Você entrou nessa sala.</t>
         </is>
       </c>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C693" t="inlineStr"/>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%n hour(s) later</t>
+        </is>
+      </c>
+      <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>%n hour later</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C694" t="inlineStr"/>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
-[...2 lines deleted...]
-      <c r="G694" t="inlineStr"/>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
+        </is>
+      </c>
+      <c r="G694" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 fez com que esta sala exigisse um convite para entrar.</t>
+        </is>
+      </c>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C695" t="inlineStr"/>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 invited %2.</t>
         </is>
       </c>
       <c r="G695" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 fez com que esta sala exigisse um convite para entrar.</t>
+          <t>Suggested in Weblate: %1 convidou %2.</t>
         </is>
       </c>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
         </is>
       </c>
       <c r="C696" t="inlineStr"/>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
         </is>
       </c>
       <c r="G696" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 convidou %2.</t>
+          <t>Suggested in Weblate: %1 mudou seu avatar e mudou seu nome de exibição para %2.</t>
         </is>
       </c>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
+          <t>%1 has changed their display name to %2.</t>
         </is>
       </c>
       <c r="C697" t="inlineStr"/>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
         </is>
       </c>
       <c r="G697" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 mudou seu avatar e mudou seu nome de exibição para %2.</t>
+          <t>Suggested in Weblate: %1 alterou seu nome de exibição para %2.</t>
         </is>
       </c>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 left after having already left!</t>
         </is>
       </c>
       <c r="C698" t="inlineStr"/>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel
+This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
       <c r="G698" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 alterou seu nome de exibição para %2.</t>
+          <t>Suggested in Weblate: %1 saiu depois de já ter saído!</t>
         </is>
       </c>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C699" t="inlineStr"/>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineModel
-This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G699" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 saiu depois de já ter saído!</t>
+          <t>Suggested in Weblate: %1 baniu %2</t>
         </is>
       </c>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22228</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 banned %2</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr"/>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineModel%1 banned %2</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 baniu %2</t>
+          <t>Suggested in Weblate: %1 bateu.</t>
         </is>
       </c>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22231</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 knocked.</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C701" t="inlineStr"/>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineModel%1 knocked.</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G701" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 bateu.</t>
+          <t>Suggested in Weblate: mensagem de status do %1</t>
         </is>
       </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineSectionHeader.qml:22370</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1's status message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C702" t="inlineStr"/>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineSectionHeader%1's status message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G702" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: mensagem de status do %1</t>
+          <t>Suggested in Weblate: Nenhuma sala aberta</t>
         </is>
       </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C703" t="inlineStr"/>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G703" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nenhuma sala aberta</t>
+          <t>Suggested in Weblate: Você está prestes a notificar a sala inteira</t>
         </is>
       </c>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C704" t="inlineStr"/>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G704" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Você está prestes a notificar a sala inteira</t>
+          <t>Suggested in Weblate: Você estará mencionando %1</t>
         </is>
       </c>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C705" t="inlineStr"/>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G705" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Você estará mencionando %1</t>
+          <t>Suggested in Weblate: O comando /%1 não é reconhecido e será enviado como parte da mensagem.</t>
         </is>
       </c>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C706" t="inlineStr"/>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G706" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: O comando /%1 não é reconhecido e será enviado como parte da mensagem.</t>
+          <t>Suggested in Weblate: /%1 parece ser um comando incompleto. Para enviar mesmo assim, adicione um espaço ao final da mensagem.</t>
         </is>
       </c>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C707" t="inlineStr"/>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G707" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /%1 parece ser um comando incompleto. Para enviar mesmo assim, adicione um espaço ao final da mensagem.</t>
+          <t>Suggested in Weblate: Sem pré-visualização disponível</t>
         </is>
       </c>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C708" t="inlineStr"/>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G708" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sem pré-visualização disponível</t>
+          <t>Suggested in Weblate: Configurações</t>
         </is>
       </c>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C709" t="inlineStr"/>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G709" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Configurações</t>
+          <t>Suggested in Weblate: %n membro, %n membros</t>
         </is>
       </c>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C710" t="inlineStr"/>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G710" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n membro, %n membros</t>
+          <t>Suggested in Weblate: Ver membros de %1</t>
         </is>
       </c>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C711" t="inlineStr"/>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G711" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ver membros de %1</t>
+          <t>Suggested in Weblate: Esta sala é possivelmente inacessível. Se esta sala for privada, você deve removê-la desta comunidade.</t>
         </is>
       </c>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C712" t="inlineStr"/>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G712" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esta sala é possivelmente inacessível. Se esta sala for privada, você deve removê-la desta comunidade.</t>
+          <t>Suggested in Weblate: ingressar à conversa</t>
         </is>
       </c>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C713" t="inlineStr"/>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G713" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ingressar à conversa</t>
+          <t>Suggested in Weblate: aceitar o convite</t>
         </is>
       </c>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C714" t="inlineStr"/>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G714" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: aceitar o convite</t>
+          <t>Suggested in Weblate: recusar o convite</t>
         </is>
       </c>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C715" t="inlineStr"/>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G715" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: recusar o convite</t>
+          <t>Suggested in Weblate: recusar o convite e ignorar usuário</t>
         </is>
       </c>
       <c r="H715" t="inlineStr"/>
     </row>
     <row r="716">
       <c r="A716" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B716" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C716" t="inlineStr"/>
       <c r="D716" t="inlineStr"/>
       <c r="E716" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F716" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G716" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: recusar o convite e ignorar usuário</t>
+          <t>Suggested in Weblate: abandonar</t>
         </is>
       </c>
       <c r="H716" t="inlineStr"/>
     </row>
     <row r="717">
       <c r="A717" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B717" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C717" t="inlineStr"/>
       <c r="D717" t="inlineStr"/>
       <c r="E717" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F717" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G717" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: abandonar</t>
+          <t>Suggested in Weblate: Convidado por %1 (%2)</t>
         </is>
       </c>
       <c r="H717" t="inlineStr"/>
     </row>
     <row r="718">
       <c r="A718" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B718" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C718" t="inlineStr"/>
       <c r="D718" t="inlineStr"/>
       <c r="E718" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F718" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineViewHide invite reason</t>
+        </is>
+      </c>
+      <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C719" t="inlineStr"/>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C720" t="inlineStr"/>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C721" t="inlineStr"/>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C722" t="inlineStr"/>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C723" t="inlineStr"/>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C724" t="inlineStr"/>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr"/>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr"/>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr"/>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>This room contains verified devices and devices which have never changed their master key.</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C728" t="inlineStr"/>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C729" t="inlineStr"/>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C730" t="inlineStr"/>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C731" t="inlineStr"/>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C732" t="inlineStr"/>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C733" t="inlineStr"/>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C734" t="inlineStr"/>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Unpin</t>
         </is>
       </c>
       <c r="C735" t="inlineStr"/>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarUnpin</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23185</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Enter search query</t>
         </is>
       </c>
       <c r="C736" t="inlineStr"/>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarEnter search query</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../../src/TrayIcon.cpp:23295</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C737" t="inlineStr"/>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TrayIconShow</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../../src/TrayIcon.cpp:23296</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Quit</t>
         </is>
       </c>
       <c r="C738" t="inlineStr"/>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TrayIconQuit</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t xml:space="preserve">
+%n unread message</t>
         </is>
       </c>
       <c r="C739" t="inlineStr"/>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TrayIcon
+%n unread message(s)</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t xml:space="preserve">
-%n unread message</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C740" t="inlineStr"/>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TrayIcon
-%n unread message(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23300</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>No available registration flows!</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C741" t="inlineStr"/>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>UIANo available registration flows!</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23385</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>Registration aborted</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr"/>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>UIARegistration aborted</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23362</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>Please enter a valid registration token.</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C743" t="inlineStr"/>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>UIAPlease enter a valid registration token.</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23522</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>Invalid token</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C744" t="inlineStr"/>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>UIAInvalid token</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C745" t="inlineStr"/>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr"/>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C747" t="inlineStr"/>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C748" t="inlineStr"/>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C749" t="inlineStr"/>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C750" t="inlineStr"/>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C751" t="inlineStr"/>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C752" t="inlineStr"/>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C753" t="inlineStr"/>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C754" t="inlineStr"/>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C755" t="inlineStr"/>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C756" t="inlineStr"/>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr"/>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C758" t="inlineStr"/>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C759" t="inlineStr"/>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr"/>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr"/>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileOpen the global profile for this user.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C762" t="inlineStr"/>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr"/>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C764" t="inlineStr"/>
       <c r="D764" t="inlineStr"/>
       <c r="E764" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F764" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G764" t="inlineStr"/>
       <c r="H764" t="inlineStr"/>
     </row>
     <row r="765">
       <c r="A765" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B765" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C765" t="inlineStr"/>
       <c r="D765" t="inlineStr"/>
       <c r="E765" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F765" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileBan the user.</t>
         </is>
       </c>
       <c r="G765" t="inlineStr"/>
       <c r="H765" t="inlineStr"/>
     </row>
     <row r="766">
       <c r="A766" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B766" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C766" t="inlineStr"/>
       <c r="D766" t="inlineStr"/>
       <c r="E766" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F766" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G766" t="inlineStr"/>
       <c r="H766" t="inlineStr"/>
     </row>
     <row r="767">
       <c r="A767" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B767" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C767" t="inlineStr"/>
       <c r="D767" t="inlineStr"/>
       <c r="E767" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F767" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr"/>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
-[...2 lines deleted...]
-      <c r="C769" t="inlineStr"/>
+          <t>Devices</t>
+        </is>
+      </c>
+      <c r="C769" t="inlineStr">
+        <is>
+          <t>Dispositivos</t>
+        </is>
+      </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
-[...2 lines deleted...]
-      <c r="G769" t="inlineStr"/>
+          <t>UserProfileDevices</t>
+        </is>
+      </c>
+      <c r="G769" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Dispositivos</t>
+        </is>
+      </c>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>Devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shared Rooms</t>
+        </is>
+      </c>
+      <c r="C770" t="inlineStr"/>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileShared Rooms</t>
+        </is>
+      </c>
+      <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr"/>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr"/>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C773" t="inlineStr"/>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C774" t="inlineStr"/>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C775" t="inlineStr"/>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C776" t="inlineStr"/>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C777" t="inlineStr"/>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C778" t="inlineStr"/>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C779" t="inlineStr"/>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C780" t="inlineStr"/>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C781" t="inlineStr"/>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C782" t="inlineStr"/>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C783" t="inlineStr"/>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C784" t="inlineStr"/>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C785" t="inlineStr"/>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C786" t="inlineStr"/>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C787" t="inlineStr"/>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C788" t="inlineStr"/>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C789" t="inlineStr"/>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C790" t="inlineStr"/>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C791" t="inlineStr"/>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C792" t="inlineStr"/>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C794" t="inlineStr"/>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C795" t="inlineStr"/>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G795" t="inlineStr"/>
       <c r="H795" t="inlineStr"/>
     </row>
     <row r="796">
       <c r="A796" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B796" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C796" t="inlineStr"/>
       <c r="D796" t="inlineStr"/>
       <c r="E796" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F796" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G796" t="inlineStr"/>
       <c r="H796" t="inlineStr"/>
     </row>
     <row r="797">
       <c r="A797" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B797" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C797" t="inlineStr"/>
       <c r="D797" t="inlineStr"/>
       <c r="E797" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F797" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G797" t="inlineStr"/>
       <c r="H797" t="inlineStr"/>
     </row>
     <row r="798">
       <c r="A798" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B798" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C798" t="inlineStr"/>
       <c r="D798" t="inlineStr"/>
       <c r="E798" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F798" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C799" t="inlineStr"/>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C800" t="inlineStr"/>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C801" t="inlineStr"/>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C802" t="inlineStr"/>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C803" t="inlineStr"/>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C804" t="inlineStr"/>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C805" t="inlineStr"/>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C806" t="inlineStr"/>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C807" t="inlineStr"/>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C808" t="inlineStr"/>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C809" t="inlineStr"/>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C810" t="inlineStr"/>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C811" t="inlineStr"/>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C812" t="inlineStr"/>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C813" t="inlineStr"/>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C814" t="inlineStr"/>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C815" t="inlineStr"/>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C816" t="inlineStr"/>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C817" t="inlineStr"/>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C818" t="inlineStr"/>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C819" t="inlineStr"/>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C820" t="inlineStr"/>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C821" t="inlineStr"/>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C822" t="inlineStr"/>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C823" t="inlineStr"/>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B824" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C825" t="inlineStr"/>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C826" t="inlineStr"/>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C827" t="inlineStr"/>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C828" t="inlineStr"/>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C829" t="inlineStr"/>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C830" t="inlineStr"/>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C831" t="inlineStr"/>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C832" t="inlineStr"/>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C833" t="inlineStr"/>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C834" t="inlineStr"/>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C835" t="inlineStr"/>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C836" t="inlineStr"/>
       <c r="D836" t="inlineStr"/>
       <c r="E836" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F836" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G836" t="inlineStr"/>
       <c r="H836" t="inlineStr"/>
     </row>
     <row r="837">
       <c r="A837" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B837" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C837" t="inlineStr"/>
       <c r="D837" t="inlineStr"/>
       <c r="E837" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F837" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G837" t="inlineStr"/>
       <c r="H837" t="inlineStr"/>
     </row>
     <row r="838">
       <c r="A838" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B838" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C838" t="inlineStr"/>
       <c r="D838" t="inlineStr"/>
       <c r="E838" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F838" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G838" t="inlineStr"/>
       <c r="H838" t="inlineStr"/>
     </row>
     <row r="839">
       <c r="A839" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B839" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C839" t="inlineStr"/>
       <c r="D839" t="inlineStr"/>
       <c r="E839" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F839" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G839" t="inlineStr"/>
       <c r="H839" t="inlineStr"/>
     </row>
     <row r="840">
       <c r="A840" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B840" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C840" t="inlineStr"/>
       <c r="D840" t="inlineStr"/>
       <c r="E840" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F840" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C841" t="inlineStr"/>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C842" t="inlineStr"/>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C843" t="inlineStr"/>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C844" t="inlineStr"/>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C845" t="inlineStr"/>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C846" t="inlineStr"/>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C847" t="inlineStr"/>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Periodically delete expired events</t>
         </is>
       </c>
       <c r="C848" t="inlineStr"/>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelPeriodically delete expired events</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C849" t="inlineStr"/>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelDefault</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Set the notification sound to play when a call invite arrives</t>
         </is>
       </c>
       <c r="C850" t="inlineStr"/>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Set timeout (in seconds) for how long after window loses
+focus before the screen will be blurred.
+Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
       <c r="C851" t="inlineStr"/>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
+focus before the screen will be blurred.
+Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C852" t="inlineStr"/>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Set timeout (in seconds) for how long after window loses
-[...1 lines deleted...]
-Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C853" t="inlineStr"/>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
-[...1 lines deleted...]
-Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26238</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change the background color of messages when you hover over them.</t>
+          <t>Keep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="C854" t="inlineStr"/>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26240</t>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>Make font size larger if messages with only a few emojis are displayed.</t>
+          <t>Start the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr"/>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26242</t>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Keep the application running in the background after closing the client window.</t>
+          <t>Shows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr"/>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Allow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr"/>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelAllow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C858" t="inlineStr"/>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Allow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C859" t="inlineStr"/>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26255</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Invert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
         </is>
       </c>
       <c r="C860" t="inlineStr"/>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserSettingsModelInvert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26259</t>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr"/>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26262</t>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Avatars are resized to fit above the message.</t>
+          <t>Show who is typing in a room.
+This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr"/>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
+          <t>UserSettingsModelShow who is typing in a room.
+This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
       <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Display rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="C863" t="inlineStr"/>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelDisplay rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Sort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr"/>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelSort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Show who is typing in a room.
-This will also enable or disable sending typing notifications to others.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr"/>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow who is typing in a room.
-This will also enable or disable sending typing notifications to others.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26274</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Display rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>Configure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr"/>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26283</t>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>Notify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr"/>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26289</t>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
+          <t>Change the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr"/>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
+          <t>UserSettingsModelChange the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26297</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Configure whether to show or hide certain events like room joins.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr"/>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C870" t="inlineStr"/>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Change the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C871" t="inlineStr"/>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26321</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Decrypt messages shown in notifications for encrypted chats.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr"/>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26323</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr"/>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C874" t="inlineStr"/>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="C875" t="inlineStr"/>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="C876" t="inlineStr"/>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Show an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="C877" t="inlineStr"/>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelShow an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C878" t="inlineStr"/>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Show message counts for communities and tags</t>
         </is>
       </c>
       <c r="C879" t="inlineStr"/>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Show an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
         </is>
       </c>
       <c r="C880" t="inlineStr"/>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25923</t>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Communities sidebar</t>
+          <t>Show a column containing communities and tags next to the room list.</t>
         </is>
       </c>
       <c r="C881" t="inlineStr"/>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelCommunities sidebar</t>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25971</t>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Show message counts for communities and tags</t>
+          <t>Show if your message was read.
+Status is displayed next to timestamps.
+Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
       <c r="C882" t="inlineStr"/>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow message counts for communities and tags</t>
+          <t>UserSettingsModelShow if your message was read.
+Status is displayed next to timestamps.
+Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="C883" t="inlineStr"/>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Show a column containing communities and tags next to the room list.</t>
+          <t>Opens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C884" t="inlineStr"/>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelOpens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show if your message was read.
-[...1 lines deleted...]
-Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
+          <t>Opens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C885" t="inlineStr"/>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow if your message was read.
-[...1 lines deleted...]
-Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
+          <t>UserSettingsModelOpens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26308</t>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Display an identicon instead of a letter when no avatar is set.</t>
+          <t>Decrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="C886" t="inlineStr"/>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
+          <t>UserSettingsModelDecrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26310</t>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Opens images with an external program when tapping the image.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>When the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="C887" t="inlineStr"/>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpens images with an external program when tapping the image.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>UserSettingsModelWhen the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26314</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Opens videos with an external program when tapping the video.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpens videos with an external program when tapping the video.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26318</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Decrypt the messages shown in the sidebar.
-Only affects messages in encrypted chats.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C889" t="inlineStr"/>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt the messages shown in the sidebar.
-Only affects messages in encrypted chats.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26332</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>When the window loses focus, the timeline will
-be blurred.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C890" t="inlineStr"/>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelWhen the window loses focus, the timeline will
-be blurred.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26334</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="C891" t="inlineStr"/>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26343</t>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="C892" t="inlineStr"/>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26346</t>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="C893" t="inlineStr"/>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26353</t>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="C894" t="inlineStr"/>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="C895" t="inlineStr"/>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C896" t="inlineStr"/>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C897" t="inlineStr"/>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C898" t="inlineStr"/>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26402</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C899" t="inlineStr"/>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26408</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C900" t="inlineStr"/>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26412</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Manage your ignored users.</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C901" t="inlineStr"/>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelManage your ignored users.</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Always</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C902" t="inlineStr"/>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlways</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C903" t="inlineStr"/>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C904" t="inlineStr"/>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C905" t="inlineStr"/>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Open Sessions File</t>
         </is>
       </c>
       <c r="C906" t="inlineStr"/>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Select a file</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C907" t="inlineStr"/>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C908" t="inlineStr"/>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Open Sessions File</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C909" t="inlineStr"/>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C910" t="inlineStr"/>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>File Password</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C911" t="inlineStr"/>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C912" t="inlineStr"/>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C913" t="inlineStr"/>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C914" t="inlineStr"/>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C915" t="inlineStr"/>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C916" t="inlineStr"/>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C917" t="inlineStr"/>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C918" t="inlineStr"/>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C919" t="inlineStr"/>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C920" t="inlineStr"/>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C921" t="inlineStr"/>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>EXPORT</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C922" t="inlineStr"/>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C923" t="inlineStr"/>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>REQUEST</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C924" t="inlineStr"/>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C925" t="inlineStr"/>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C926" t="inlineStr"/>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C927" t="inlineStr"/>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C928" t="inlineStr"/>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C929" t="inlineStr"/>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
-[...2 lines deleted...]
-      <c r="C930" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C930" t="inlineStr">
+        <is>
+          <t>Cancelar</t>
+        </is>
+      </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
-[...2 lines deleted...]
-      <c r="G930" t="inlineStr"/>
+          <t>WaitingCancel</t>
+        </is>
+      </c>
+      <c r="G930" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cancelar</t>
+        </is>
+      </c>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C931" t="inlineStr"/>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C932" t="inlineStr"/>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>REGISTER</t>
+        </is>
+      </c>
+      <c r="C933" t="inlineStr"/>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageREGISTER</t>
+        </is>
+      </c>
+      <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C934" t="inlineStr"/>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C935" t="inlineStr"/>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C936" t="inlineStr"/>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C937" t="inlineStr"/>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
-[...2 lines deleted...]
-      <c r="C938" t="inlineStr"/>
+          <t>People</t>
+        </is>
+      </c>
+      <c r="C938" t="inlineStr">
+        <is>
+          <t>Pessoas</t>
+        </is>
+      </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
-[...2 lines deleted...]
-      <c r="G938" t="inlineStr"/>
+          <t>emoji-catagoryPeople</t>
+        </is>
+      </c>
+      <c r="G938" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Pessoas</t>
+        </is>
+      </c>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
-[...2 lines deleted...]
-      <c r="C939" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C939" t="inlineStr">
+        <is>
+          <t>Natureza</t>
+        </is>
+      </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
-[...2 lines deleted...]
-      <c r="G939" t="inlineStr"/>
+          <t>emoji-catagoryNature</t>
+        </is>
+      </c>
+      <c r="G939" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Natureza</t>
+        </is>
+      </c>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Yesterday</t>
-[...2 lines deleted...]
-      <c r="C940" t="inlineStr"/>
+          <t>Food</t>
+        </is>
+      </c>
+      <c r="C940" t="inlineStr">
+        <is>
+          <t>Comida</t>
+        </is>
+      </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
-[...2 lines deleted...]
-      <c r="G940" t="inlineStr"/>
+          <t>emoji-catagoryFood</t>
+        </is>
+      </c>
+      <c r="G940" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Comida</t>
+        </is>
+      </c>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Pessoas</t>
+          <t>Atividade</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G941" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Pessoas</t>
+          <t>Suggested in Weblate: Atividade</t>
         </is>
       </c>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Natureza</t>
+          <t>Viagem</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G942" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Natureza</t>
+          <t>Suggested in Weblate: Viagem</t>
         </is>
       </c>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Comida</t>
+          <t>Objetos</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G943" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Comida</t>
+          <t>Suggested in Weblate: Objetos</t>
         </is>
       </c>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Atividade</t>
+          <t>Símbolos</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G944" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Atividade</t>
+          <t>Suggested in Weblate: Símbolos</t>
         </is>
       </c>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>Viagem</t>
+          <t>Bandeiras</t>
         </is>
       </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G945" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Viagem</t>
+          <t>Suggested in Weblate: Bandeiras</t>
         </is>
       </c>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Objects</t>
-[...6 lines deleted...]
-      </c>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C946" t="inlineStr"/>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
-[...6 lines deleted...]
-      </c>
+          <t>macosNotificationMessage contains spoiler.</t>
+        </is>
+      </c>
+      <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Symbols</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent an audio clip</t>
+        </is>
+      </c>
+      <c r="C947" t="inlineStr"/>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:You sent an audio clip</t>
+        </is>
+      </c>
+      <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Flags</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent an audio clip</t>
+        </is>
+      </c>
+      <c r="C948" t="inlineStr"/>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1 sent an audio clip</t>
+        </is>
+      </c>
+      <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C949" t="inlineStr"/>
       <c r="D949" t="inlineStr"/>
       <c r="E949" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F949" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G949" t="inlineStr"/>
       <c r="H949" t="inlineStr"/>
     </row>
     <row r="950">
       <c r="A950" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B950" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C950" t="inlineStr"/>
       <c r="D950" t="inlineStr"/>
       <c r="E950" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F950" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G950" t="inlineStr"/>
       <c r="H950" t="inlineStr"/>
     </row>
     <row r="951">
       <c r="A951" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B951" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C951" t="inlineStr"/>
       <c r="D951" t="inlineStr"/>
       <c r="E951" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F951" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G951" t="inlineStr"/>
       <c r="H951" t="inlineStr"/>
     </row>
     <row r="952">
       <c r="A952" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B952" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>%1 sent a file</t>
         </is>
       </c>
       <c r="C952" t="inlineStr"/>
       <c r="D952" t="inlineStr"/>
       <c r="E952" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F952" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>You sent a video</t>
         </is>
       </c>
       <c r="C953" t="inlineStr"/>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C954" t="inlineStr"/>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C955" t="inlineStr"/>
       <c r="D955" t="inlineStr"/>
       <c r="E955" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F955" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G955" t="inlineStr"/>
       <c r="H955" t="inlineStr"/>
     </row>
     <row r="956">
       <c r="A956" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B956" t="inlineStr">
         <is>
-          <t>You sent a video</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C956" t="inlineStr"/>
       <c r="D956" t="inlineStr"/>
       <c r="E956" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F956" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G956" t="inlineStr"/>
       <c r="H956" t="inlineStr"/>
     </row>
     <row r="957">
       <c r="A957" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B957" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C957" t="inlineStr"/>
       <c r="D957" t="inlineStr"/>
       <c r="E957" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F957" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G957" t="inlineStr"/>
       <c r="H957" t="inlineStr"/>
     </row>
     <row r="958">
       <c r="A958" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B958" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent a notification</t>
         </is>
       </c>
       <c r="C958" t="inlineStr"/>
       <c r="D958" t="inlineStr"/>
       <c r="E958" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F958" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C959" t="inlineStr"/>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C960" t="inlineStr"/>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C961" t="inlineStr"/>
       <c r="D961" t="inlineStr"/>
       <c r="E961" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F961" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
-[...2 lines deleted...]
-      <c r="G961" t="inlineStr"/>
+          <t>message-description sent:You: %1</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Você: %1</t>
+        </is>
+      </c>
       <c r="H961" t="inlineStr"/>
     </row>
     <row r="962">
       <c r="A962" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B962" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C962" t="inlineStr"/>
       <c r="D962" t="inlineStr"/>
       <c r="E962" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F962" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G962" t="inlineStr"/>
       <c r="H962" t="inlineStr"/>
     </row>
     <row r="963">
       <c r="A963" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B963" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C963" t="inlineStr"/>
       <c r="D963" t="inlineStr"/>
       <c r="E963" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F963" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G963" t="inlineStr"/>
       <c r="H963" t="inlineStr"/>
     </row>
     <row r="964">
       <c r="A964" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B964" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C964" t="inlineStr"/>
       <c r="D964" t="inlineStr"/>
       <c r="E964" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F964" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1 sent a chat effect</t>
+        </is>
+      </c>
+      <c r="G964" t="inlineStr"/>
       <c r="H964" t="inlineStr"/>
     </row>
     <row r="965">
       <c r="A965" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B965" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C965" t="inlineStr"/>
       <c r="D965" t="inlineStr"/>
       <c r="E965" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F965" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C966" t="inlineStr"/>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C967" t="inlineStr"/>
       <c r="D967" t="inlineStr"/>
       <c r="E967" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F967" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G967" t="inlineStr"/>
       <c r="H967" t="inlineStr"/>
     </row>
     <row r="968">
       <c r="A968" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B968" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C968" t="inlineStr"/>
       <c r="D968" t="inlineStr"/>
       <c r="E968" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F968" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G968" t="inlineStr"/>
       <c r="H968" t="inlineStr"/>
     </row>
     <row r="969">
       <c r="A969" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B969" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C969" t="inlineStr"/>
       <c r="D969" t="inlineStr"/>
       <c r="E969" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F969" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27967</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>You rejected a call</t>
         </is>
       </c>
       <c r="C970" t="inlineStr"/>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:You rejected a call</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27969</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>%1 rejected a call</t>
         </is>
       </c>
       <c r="C971" t="inlineStr"/>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:%1 rejected a call</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
-    </row>
-[...76 lines deleted...]
-      <c r="H974" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>