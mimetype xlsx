--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -547,51 +547,55 @@
         <is>
           <t>../qml/voip/ActiveCallBar.qml:194</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>You are screen sharing.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Está a partilhar o seu ecrã</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>ActiveCallBarYou are screen sharing</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr"/>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Está a partilhar o seu ecrã.</t>
+        </is>
+      </c>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>../qml/voip/ActiveCallBar.qml:211</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Hide/Show Picture-in-Picture</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Mostrar/Ocultar Picture-in-Picture</t>
         </is>
       </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
@@ -1123,30321 +1127,30476 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Insira salas adicionais ainda não presentes na lista...</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 e %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 e outro %n</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Sala vazia</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Videochamada</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Chamada</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Nenhum microfone encontrado.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Videochamada</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Chamada</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Dispositivos</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Aceitar</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Nenhum microfone encontrado.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Microfone desconhecido: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Câmara desconhecida: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Recusar</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Ecrã inteiro</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Falha ao convidar utilizador: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha em convidar usuário: 1%
 Suggested in Weblate: Falha ao convidar o utilizador: %1</t>
         </is>
       </c>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Utilizador convidado: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>mmm, será que fica melhor `utilizador %1 convidado` ou `utilizador convidado: %1`?    
 Por um lado, penso que a primeira sugestão é melhor em termos em termos do fluir da leitura, mas por outro o perde-se aquela certa estrutura do `fez-se uma coisa: alvo dessa coisa`.
 Suggested in Weblate: Usuário convidado: %1
 Suggested in Weblate: Utilizador %1 convidado</t>
         </is>
       </c>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n mensagem não lida na sala %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Confirmar saída</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>A cache no seu disco é mais recente do que aquela que esta versão do Nheko suporta. Por favor atualize o Nheko ou limpe a sua cache.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Falha ao abrir base de dados. A terminar sessão!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>"Bater à porta"</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Tem a certeza que quer bater à porta de %1? Opcionalmente, pode indicar uma razão para os membros o aceitarem:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Falha ao bater à porta: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao entrar em sala: %1</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>A criação da sala falhou: Má alcunha</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Sala %1 criada.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Confirmar convite</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Tem a certeza que quer convidar %1 (%2)?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Você quer realmente quer convidar %1 (%2)?</t>
         </is>
       </c>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Falha ao convidar %1 para %2: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Utilizador expulso: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usuário expulso: %1</t>
         </is>
       </c>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Falha ao banir %1 em %2: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Utilizador banido: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usuário banido: %1</t>
         </is>
       </c>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Confirmar perdão</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar anistia</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Tem a certeza que quer perdoar %1 (%2)?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: Você realmente quer readmitir %1 (%2)? </t>
         </is>
       </c>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Falha ao perdoar %1 em %2: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao readmitir %1 em %2: %3</t>
         </is>
       </c>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Utilizador perdoado: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Usuário readmitido: %1</t>
         </is>
       </c>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Tem a certeza que quer começar uma conversa privada com %1?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Falha ao migrar a cache!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Migração do cachê falhou!</t>
         </is>
       </c>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr"/>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nheko vai voltar ao menu de iniciar sessão devido ao seguinte:
 %1
 Se acha que há um engano, tente fechar o programa para recuperar as suas chaves de encriptação. Quando voltar ao menu de iniciar sessão, pode voltar a tentar entrar na sua conta normalmente.</t>
         </is>
       </c>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr"/>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Versão da cache incompatível</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Versão do cachê incompatível</t>
         </is>
       </c>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Falha ao restaurar a sua conta OLM. Por favor autentique-se novamente.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao restaurar conta OLM. Por favor, entre novamente.</t>
         </is>
       </c>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Falha ao restaurar dados guardados. Por favor, autentique-se novamente.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha na restauração do conteúdo salvo. Por favor, entre novamente.</t>
         </is>
       </c>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Falha ao estabelecer chaves encriptadas. Resposta do servidor: %1 %2. Tente novamente mais tarde.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Por favor, tente autenticar-se novamente: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Por favor, entre novamente: %1</t>
         </is>
       </c>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr"/>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Não foi possível entrar na sala %1. Pode tentar bater à porta
 para alguém o deixar entrar.   
 Também pode dar a razão pela qual quer entrar:</t>
         </is>
       </c>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Falha ao entrar em sala: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falha ao entrar na sala: %1</t>
         </is>
       </c>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Falha ao remover convite: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Falha ao criar sala: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Falha ao sair da sala: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Razão para a expulsão</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Insira uma razão para a expulsão de %1 (%2) ou carregue no Enter para saltar:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Falha ao expulsar %1 de %2: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Razão para</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr"/>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Insira uma razão para a expulsão de %1 (%2) ou carregue no Enter para saltar:</t>
         </is>
       </c>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Sem ligação à rede</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr"/>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
-      <c r="G82" t="inlineStr"/>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: /me &lt;mensagem&gt;</t>
+        </is>
+      </c>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
-      <c r="C83" t="inlineStr"/>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>/react &lt;texto&gt;</t>
+        </is>
+      </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
-      <c r="G83" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr"/>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr"/>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr"/>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /part [razão]</t>
         </is>
       </c>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr"/>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr"/>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr"/>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr"/>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr"/>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr"/>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr"/>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr"/>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr"/>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr"/>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr"/>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr"/>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr"/>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr"/>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Enviar a mensagem expressando uma ação.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Enviar &lt;texto&gt; como uma reação ao responder a uma mensagem.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Entrar numa sala. Razão opcional.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Pedir para entrar numa sala. Razão opcional.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Sair duma sala. Razão opcional.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Convidar um utilizador para a sala atual. Razão opcional.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Alterar o teu nome de exibição nesta sala.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ com uma mensagem opcional.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Limpar as mensagens guardadas desta sala.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Voltar a pedir o estado desta sala.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Rodar a chave de encriptação cifragem simétrica atual.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Enviar uma mensagem formatada com Markdown (ignorando a configuração global).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Enviar uma mensagem formatada com CommonMark, desativando a maioria das extensões do /md.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Enviar uma mensagem não formatada (ignorando a configuração global).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Enviar uma mensagem colorida com o arco-íris.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Enviar /me colorida com o arco-íris.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Enviar uma mensagem robô.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Enviar uma mensagem robô colorida com o arco-íris.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Enviar uma mensagem com confetes.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Enviar uma mensagem colorida com arco-íris e com confetes.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Enviar uma mensagem com chuva.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Enviar uma mensagem com um tipo personalizado.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Ir para uma mensagem específica utilizando um ID/índice de evento ou uma ligação matrix:</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Converter esta sala numa conversa direta.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Converter esta conversa direta numa sala.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Ignorar um utilizador.</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Deixar de ignorar um utilizador.</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Expandir</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Colapsar</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Não mostrar contadores de notificação para esta comunidade ou etiqueta.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Esconder salas com esta etiqueta ou desta comunidade, por omissão.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Todas as salas</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Mostra todas as salas sem filtros.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Conversas diretas</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Conversa direta</t>
         </is>
       </c>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Mostrar conversas diretas.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Favoritos</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Salas favoritas.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Prioridade baixa</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Salas com prioridade baixa.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Avisos do servidor</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Mensagens do seu servidor ou administrador.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Falha ao atualizar comunidade: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Falha ao eliminar sala da comunidade: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Falha ao atualizar comunidade da sala: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Falha ao remover comunidade da sala: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Confirmar entrada na comunidade</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Confirmar entrada na sala</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n membro</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Não é possível entrar nesta sala diretamente. Podes, no entanto, bater à porta e deixar que os seus membros aceitem ou rejeitem o teu pedido. Opcionalmente, podes deixar uma razão de entrar abaixo:</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Queres juntar-te a esta sala? Opcionalmente, podes adicionar uma razão abaixo:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Bater à porta</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Entrar</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Criar conversa direta</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Utilizador a convidar</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@utilizador:servidor.tld</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Encriptação</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Encriptação</t>
         </is>
       </c>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Nova comunidade</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Nova sala</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Nome</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Sem nome</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Assunto</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Sem assunto</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Alcunha</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Pública</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Qualquer pessoa pode entrar em salas públicas; é necessário convites explícitos para entrar em salas privadas.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>De confiança</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Todos os convidados recebem o mesmo nível de poder que o criador</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Encriptação</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Encriptação</t>
         </is>
       </c>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Atenção: Não é possível desativar a encriptação</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Criar sala</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Desencriptar segredos</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Insira a sua chave de recuperação ou palavra-passe para desencriptar os seus segredos:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Insira a sua chave de recuperação ou palavra-passe chamada %1 para desencriptar os seus segredos:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Falha ao desencriptar</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Falha ao desencriptada segredos com a chave ou palavra-passe dada</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Código de verificação</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Por favor verifique os seguintes dígitos.  Deve ver os mesmos em ambos os lados. Se forem diferentes, carregue em "Não coincidem!" para abortar a verificação!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Não coincidem!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Coincidem!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Código de verificação</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Por favor verifique os seguintes emojis. Deve ver os mesmos em ambos os lados. Se não coincidirem, carregue em "Não coincidem!" para abortar a verificação!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Os emojis exibidos podem ter diferentes apresentações em diferentes clientes, se usarem tipos de letra diferentes. De forma semelhante, podem ser traduzidos para diferentes idiomas. De qualquer forma, devem sempre representar um de 64 objetos e animais distintos. Por exemplo, um leão e um gato são diferentes, mas um gato é igual a outro, mesmo se num sítio aparecer só o focinho e no outro o corpo todo.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Não coincidem!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Coincidem!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Não existe nenhuma chave para desbloquear esta mensagem. Nós pedimos a chave automaticamente, mas pode tentar pedi-la outra vez se estiver impaciente.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Esta mensagem não pôde ser desencriptada, porque apenas temos uma chave para mensagens mais recentes. Pode tentar solicitar acesso a esta mensagem.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Ocorreu um erro interno ao ler a chave de desencriptação da base de dados.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Ocorreu um erro ao desencriptar esta mensagem.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Esta mensagem não pôde ser processada.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Esta chave de encriptação foi reutilizada! É possível que alguém esteja a tentar inserir mensagens falsas nesta conversa!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Erro de desencriptação desconhecido</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Solicitar chave</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 ativou a encriptação ponta-a-ponta</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Esta mensagem não está encriptada!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Encriptado por um dispositivo verificado.</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Encriptado por um dispositivo não verificado, mas até agora tem confiado neste utilizador.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Encriptado por um dispositivo verificado.</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Em %1, podes configurar quando é que as tuas mensagens são eliminadas. Isto só acontece quando o Nheko está aberto e tem permissões para eliminar as tuas mensagens, até que os servidores Matrix suportem esta funcionalidade nativamente. De uma maneira geral, 0 é o mesmo que desativar.</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Em %1, podes configurar quando é que as tuas mensagens são eliminadas. Isto só acontece quando o Nheko está aberto e tem permissões para eliminar as tuas mensagens, até que os servidores Matrix suportem esta funcionalidade nativamente. De uma maneira geral, 0 é o mesmo que desativar.</t>
         </is>
       </c>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Incluir eventos de estado</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Falha ao definir eventos ocultados: %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Falha ao verifcar</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>O outro cliente não suporta o nosso protocolo de verificação.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Detetada divergência de chaves!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>A verificação do dispositivo expirou.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>A outra parte cancelou a verificação.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Mensagens de verificação recebidas fora de ordem!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Erro de verificação desconhecido.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Fechar</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Cancelar</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Confirmar</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Reencaminhar mensagem</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Pacote de conta</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Falha ao definir eventos ocultados: %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Eventos ocultados de %1</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Eventos ocultados</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Estes eventos serão &lt;b&gt;exibidos&lt;/b&gt; em %1:</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Estes eventos serão &lt;b&gt;exibidos&lt;/b&gt; em todas as salas:</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Eventos de utilizador</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Entradas, saídas, alterações de avatar e nome, banimentos, …</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Alterações de nível de poder</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Enviado quando um moderador é adicionado/removido ou as permissões de uma sala são alteradas.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Autocolantes</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
+      <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
-[...2 lines deleted...]
-      <c r="C259" t="inlineStr"/>
+          <t>Ignored users</t>
+        </is>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>Utilizadores ignorados</t>
+        </is>
+      </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+        </is>
+      </c>
+      <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Mostrar</t>
+          <t>Deixar de ignorar.</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
-[...6 lines deleted...]
-      </c>
+          <t>IgnoredUsersStop Ignoring.</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="C262" t="inlineStr"/>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Mostrar</t>
+        </is>
+      </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="G262" t="inlineStr"/>
+          <t>ImageMessageShow</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mostrar</t>
+        </is>
+      </c>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
-[...6 lines deleted...]
-      </c>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Adicionar imagens</t>
+          <t>A editar pacote de imagens</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Imagens (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Adicionar imagens</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Selecionar imagens para o pacote</t>
+          <t>Imagens (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Adicionar ao pacote</t>
+          <t>Selecionar imagens para o pacote</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Alterar imagem de capa para este pacote</t>
+          <t>Adicionar ao pacote</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Imagem de capa (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Alterar imagem de capa para este pacote</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Selecionar imagem de capa para o pacote</t>
+          <t>Imagem de capa (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Chave de estado</t>
+          <t>Selecionar imagem de capa para o pacote</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Nome do pacote</t>
+          <t>Chave de estado</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Atribuição</t>
+          <t>Nome do pacote</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Usar como emoji</t>
+          <t>Atribuição</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Usar como autocolante</t>
+          <t>Usar como emoji</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Código</t>
+          <t>Usar como autocolante</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Corpo</t>
+          <t>Código</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Remover do pacote</t>
+          <t>Corpo</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Remover</t>
+          <t>Remover do pacote</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Definições do pacote de imagens</t>
+          <t>Remover</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Criar pacote de conta</t>
+          <t>Definições do pacote de imagens</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Criar pacote de sala</t>
+          <t>Criar pacote de conta</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Pacote privado</t>
+          <t>Criar pacote de sala</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Pacote desta sala</t>
+          <t>Pacote privado</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
-[...2 lines deleted...]
-      <c r="C285" t="inlineStr"/>
+          <t>Pack from this room</t>
+        </is>
+      </c>
+      <c r="C285" t="inlineStr">
+        <is>
+          <t>Pacote desta sala</t>
+        </is>
+      </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pack from parent community</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Ativar globalmente</t>
+          <t>Pacote ativo globalmente</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Permite que o pacote seja usado em todas as salas</t>
+          <t>Ativar globalmente</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Editar</t>
+          <t>Permite que o pacote seja usado em todas as salas</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Remover</t>
+          <t>Editar</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Fechar</t>
+          <t>Remover</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Selecionar ficheiro(s)</t>
+          <t>Fechar</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Todos os ficheiros (*)</t>
+          <t>Selecionar ficheiro(s)</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
-[...2 lines deleted...]
-      <c r="C294" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Todos os ficheiros (*)</t>
+        </is>
+      </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>O carregamento de '%1' falhou</t>
+          <t>Falha ao pedir utilizador %1</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Convidar utilizadores para %1</t>
+          <t>O carregamento de '%1' falhou</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Pesquisar utilizador</t>
+          <t>Convidar utilizadores para %1</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>@utilizador:oteuservidor.exemplo.com</t>
+          <t>Pesquisar utilizador</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F299" t="inlineStr">
+        <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>@utilizador:oteuservidor.exemplo.com</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
           <t>True</t>
         </is>
       </c>
-      <c r="F299" t="inlineStr">
+      <c r="F300" t="inlineStr">
         <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Convidar</t>
+          <t>Pesquisar no servidor</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Convidar</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Entrar na sala</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>ID ou alcunha da sala</t>
+          <t>Entrar na sala</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Entrar</t>
+          <t>ID ou alcunha da sala</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Sair da sala</t>
+          <t>Entrar</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Tem a certeza que quer sair?</t>
+          <t>Sair da sala</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="C308" t="inlineStr"/>
+          <t>Are you sure you want to leave?</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>Tem a certeza que quer sair?</t>
+        </is>
+      </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
-[...6 lines deleted...]
-      </c>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Falha na descoberta automática. Erro desconhecido ao solicitar ".well-known".</t>
+          <t>Falha na descoberta automática. Reposta mal formatada recebida.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Não foi possível encontrar os funções ("endpoints") necessárias. Possivelmente não é um servidor Matrix.</t>
+          <t>Falha na descoberta automática. Erro desconhecido ao solicitar ".well-known".</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Resposta mal formada recebida. Certifique-se que o domínio do servidor está correto.</t>
+          <t>Não foi possível encontrar os funções ("endpoints") necessárias. Possivelmente não é um servidor Matrix.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Erro desconhecido. Certifique-se que o domínio do servidor é válido.</t>
+          <t>Resposta mal formada recebida. Certifique-se que o domínio do servidor está correto.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
-[...2 lines deleted...]
-      <c r="C314" t="inlineStr"/>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>Erro desconhecido. Certifique-se que o domínio do servidor é válido.</t>
+        </is>
+      </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Iniciar sessão com o Facebook</t>
+          <t>Iniciar sessão com a Apple</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Iniciar sessão com o Google</t>
+          <t>Iniciar sessão com o Facebook</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Iniciar sessão com o Twitter</t>
+          <t>Iniciar sessão com o Google</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Iniciar sessão com %1</t>
+          <t>Iniciar sessão com o Twitter</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>ENTRAR COM ISU (SSO)</t>
+          <t>Iniciar sessão com %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Palavra-passe vazia</t>
+          <t>ENTRAR COM ISU (SSO)</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Falha no ISU (SSO)</t>
+          <t>Palavra-passe vazia</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>ID Matrix</t>
+          <t>Falha no ISU (SSO)</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>p.ex. @utilizador:oteuservidor.exemplo.com</t>
+          <t>ID Matrix</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>p.ex. @utilizador:oteuservidor.exemplo.com</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="C326" t="inlineStr"/>
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>A sua palavra-passe</t>
+          <t>Palavra-passe</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
+          <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Mostrar/esconder senha</t>
+          <t>A sua palavra-passe</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Nome do dispositivo</t>
+          <t>Mostrar/esconder senha</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
-[...2 lines deleted...]
-      <c r="C330" t="inlineStr"/>
+          <t>Device name</t>
+        </is>
+      </c>
+      <c r="C330" t="inlineStr">
+        <is>
+          <t>Nome do dispositivo</t>
+        </is>
+      </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
-[...6 lines deleted...]
-      </c>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+        </is>
+      </c>
+      <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
-[...2 lines deleted...]
-      <c r="C332" t="inlineStr"/>
+          <t>Homeserver address</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr">
+        <is>
+          <t>Endereço do servidor</t>
+        </is>
+      </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>The address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>The address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr"/>
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Voltar</t>
+          <t>INCIAR SESSÃO</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Terminar sessão</t>
+          <t>Voltar</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Há uma chamada em curso. Terminar sessão?</t>
+          <t>Terminar sessão</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Tem a certeza que quer terminar a sessão?</t>
+          <t>Há uma chamada em curso. Terminar sessão?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Falha ao carregar mídia. Por favor, tente novamente.</t>
+          <t>Tem a certeza que quer terminar a sessão?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Desligar</t>
+          <t>Falha ao carregar mídia. Por favor, tente novamente.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Já em chamada</t>
+          <t>Desligar</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Iniciar chamada</t>
+          <t>Já em chamada</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Enviar um ficheiro</t>
+          <t>Iniciar chamada</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Escreva uma mensagem…</t>
+          <t>Enviar um ficheiro</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Autocolantes</t>
+          <t>Escreva uma mensagem…</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Autocolantes</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
+          <t>MessageInputStickers</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Enviar</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
+          <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Não tem permissão para enviar mensagens nesta sala</t>
+          <t>Enviar</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
-[...2 lines deleted...]
-      <c r="C349" t="inlineStr"/>
+          <t>You don't have permission to send messages in this room</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>Não tem permissão para enviar mensagens nesta sala</t>
+        </is>
+      </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
-[...6 lines deleted...]
-      </c>
+          <t>Don't mention them in this message</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Reagir</t>
+          <t>Editar</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Responder em tópico</t>
+          <t>Reagir</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Novo tópico</t>
+          <t>Responder em tópico</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Responder</t>
+          <t>Novo tópico</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Ir para mensagem</t>
+          <t>Responder</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Opções</t>
+          <t>Ir para mensagem</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Inserir razão para eliminação (vazio para não incluir razão):</t>
+          <t>Opções</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Razão para eliminação</t>
+          <t>Inserir razão para eliminação (vazio para não incluir razão):</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Ir para &amp;mensagem</t>
+          <t>Razão para eliminação</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>&amp;Copiar</t>
+          <t>Ir para &amp;mensagem</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Copiar localização da &amp;ligação</t>
+          <t>&amp;Copiar</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Re&amp;agir</t>
+          <t>Copiar localização da &amp;ligação</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Responde&amp;r</t>
+          <t>Re&amp;agir</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>&amp;Editar</t>
+          <t>Responde&amp;r</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>&amp;Tópico</t>
+          <t>&amp;Editar</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Des&amp;afixar</t>
+          <t>&amp;Tópico</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>&amp;Afixar</t>
+          <t>Des&amp;afixar</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>&amp;Recibos de leitura</t>
+          <t>&amp;Afixar</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Pin</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Reen&amp;caminhar</t>
+          <t>&amp;Recibos de leitura</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
-[...2 lines deleted...]
-      <c r="G369" t="inlineStr"/>
+          <t>MessageView&amp;Read receipts</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Recibos de leitura</t>
+        </is>
+      </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>&amp;Marcar como lida</t>
+          <t>Reen&amp;caminhar</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Ver mensagem bruta</t>
+          <t>&amp;Marcar como lida</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Ver mensagem bruta desencriptada</t>
+          <t>Ver mensagem bruta</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Remo&amp;ver mensagem</t>
+          <t>Ver mensagem bruta desencriptada</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Denunciar mensagem</t>
+          <t>Remo&amp;ver mensagem</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>&amp;Guardar como</t>
+          <t>Denunciar mensagem</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Abrir num &amp;programa externo</t>
+          <t>&amp;Guardar como</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Copiar ligação para o eve&amp;nto</t>
+          <t>Abrir num &amp;programa externo</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>Ir para mensagem &amp;citada</t>
+          <t>Copiar ligação para o eve&amp;nto</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Enviar pedido de verificação</t>
+          <t>Ir para mensagem &amp;citada</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Pedido de verificação recebido</t>
+          <t>Enviar pedido de verificação</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
-[...2 lines deleted...]
-      <c r="C381" t="inlineStr"/>
+          <t>Received Verification Request</t>
+        </is>
+      </c>
+      <c r="C381" t="inlineStr">
+        <is>
+          <t>Pedido de verificação recebido</t>
+        </is>
+      </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
-[...6 lines deleted...]
-      </c>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+        </is>
+      </c>
+      <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 requisitou a verificação do seu dispositivo %2.</t>
+          <t>Para garantir que nenhum utilizador mal-intencionado possa intercetar as suas comunicações encriptadas, pode verificar a outra parte.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>%1, usando o dispositivo %2, requisitou a sua verificação.</t>
+          <t>%1 requisitou a verificação do seu dispositivo %2.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>O seu dispositivo (%1) requisitou a sua verificação.</t>
+          <t>%1, usando o dispositivo %2, requisitou a sua verificação.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>O seu dispositivo (%1) requisitou a sua verificação.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Recusar</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Iniciar verificação</t>
+          <t>Recusar</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Aceitar</t>
+          <t>Iniciar verificação</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 enviou uma mensagem encriptada</t>
+          <t>Aceitar</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C392" t="inlineStr"/>
+          <t>%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>%1 enviou uma mensagem encriptada</t>
+        </is>
+      </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr"/>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 respondeu: %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 respondeu a uma mensagem</t>
+          <t>%1 respondeu com uma mensagem encriptada</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 enviou uma mensagem</t>
+          <t>%1 respondeu a uma mensagem</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Iniciar chamada para %1?</t>
+          <t>%1 enviou uma mensagem</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Nenhum microfone encontrado.</t>
+          <t>Iniciar chamada para %1?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Voz</t>
+          <t>Nenhum microfone encontrado.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Vídeo</t>
+          <t>Voz</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Ecrã</t>
+          <t>Vídeo</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Ecrã</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">evento não implementado: </t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
-[...2 lines deleted...]
-      <c r="C404" t="inlineStr"/>
+          <t xml:space="preserve">unimplemented event: </t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr">
+        <is>
+          <t xml:space="preserve">evento não implementado: </t>
+        </is>
+      </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr"/>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr"/>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
       <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr"/>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
-[...2 lines deleted...]
-      <c r="G411" t="inlineStr"/>
+          <t>PowerLevelEditorAdministrator (%1)</t>
+        </is>
+      </c>
+      <c r="G411" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: </t>
+        </is>
+      </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr"/>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr"/>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr"/>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr"/>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
-[...6 lines deleted...]
-      </c>
+          <t>Add event type</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelEditorAdd event type</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr"/>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
-[...2 lines deleted...]
-      <c r="C418" t="inlineStr"/>
+          <t>Add</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr">
+        <is>
+          <t>Adicionar</t>
+        </is>
+      </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
-[...2 lines deleted...]
-      <c r="G418" t="inlineStr"/>
+          <t>PowerLevelEditorAdd</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Adicionar</t>
+        </is>
+      </c>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr"/>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr"/>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr"/>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr"/>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr"/>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr"/>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr"/>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr"/>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
       <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr"/>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelOther events</t>
+        </is>
+      </c>
+      <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr"/>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr"/>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
-[...2 lines deleted...]
-      <c r="G439" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelBan other users</t>
+        </is>
+      </c>
+      <c r="G439" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Banir o utilizador.</t>
+        </is>
+      </c>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr"/>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr"/>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr"/>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr"/>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
-[...2 lines deleted...]
-      <c r="G444" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
+        </is>
+      </c>
+      <c r="G444" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 alterou o ícone da sala</t>
+        </is>
+      </c>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr"/>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr"/>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr"/>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr"/>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr"/>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr"/>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr"/>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr"/>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr"/>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr"/>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr"/>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr"/>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr"/>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr"/>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr"/>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr"/>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr"/>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr"/>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr"/>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr"/>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr"/>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr"/>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr"/>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr"/>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr"/>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change the room emotes</t>
+        </is>
+      </c>
+      <c r="C471" t="inlineStr"/>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
-[...6 lines deleted...]
-      </c>
+          <t>Other users</t>
+        </is>
+      </c>
+      <c r="C472" t="inlineStr"/>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr"/>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
-[...2 lines deleted...]
-      <c r="C474" t="inlineStr"/>
+          <t>profile</t>
+        </is>
+      </c>
+      <c r="C474" t="inlineStr">
+        <is>
+          <t>perfil</t>
+        </is>
+      </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
-[...2 lines deleted...]
-      <c r="C475" t="inlineStr"/>
+          <t>profile name</t>
+        </is>
+      </c>
+      <c r="C475" t="inlineStr">
+        <is>
+          <t>nome de perfil</t>
+        </is>
+      </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr"/>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
-[...6 lines deleted...]
-      </c>
+          <t>type</t>
+        </is>
+      </c>
+      <c r="C480" t="inlineStr"/>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
-[...6 lines deleted...]
-      </c>
+          <t>QObjecttype</t>
+        </is>
+      </c>
+      <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
-[...6 lines deleted...]
-      </c>
+          <t>Recompacts the database which might improve performance.</t>
+        </is>
+      </c>
+      <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
-[...6 lines deleted...]
-      </c>
+          <t>QObjectRecompacts the database which might improve performance.</t>
+        </is>
+      </c>
+      <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
-[...6 lines deleted...]
-      </c>
+          <t>Respond</t>
+        </is>
+      </c>
+      <c r="C482" t="inlineStr"/>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="C483" t="inlineStr"/>
+          <t>Send</t>
+        </is>
+      </c>
+      <c r="C483" t="inlineStr">
+        <is>
+          <t>Enviar</t>
+        </is>
+      </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="G483" t="inlineStr"/>
+          <t>QObjectSend</t>
+        </is>
+      </c>
+      <c r="G483" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Enviar</t>
+        </is>
+      </c>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Escreva uma mensagem…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cancelar</t>
+          <t>Suggested in Weblate: Escreva uma mensagem…</t>
         </is>
       </c>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Confirmar</t>
+          <t>Solucione o reCAPTCHA e clique no botão de confirmação</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+        </is>
+      </c>
+      <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open reCAPTCHA</t>
+        </is>
+      </c>
+      <c r="C486" t="inlineStr"/>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Ontem, %1</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
-[...2 lines deleted...]
-      <c r="G487" t="inlineStr"/>
+          <t>ReCaptchaDialogCancel</t>
+        </is>
+      </c>
+      <c r="G487" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cancelar</t>
+        </is>
+      </c>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Falha na descoberta automática. Resposta mal formada recebida.</t>
+          <t>Confirmar</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
-[...2 lines deleted...]
-      <c r="G488" t="inlineStr"/>
+          <t>ReCaptchaDialogConfirm</t>
+        </is>
+      </c>
+      <c r="G488" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Confirmar</t>
+        </is>
+      </c>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Falha na descoberta automática. Erro desconhecido ao requisitar ".well-known".</t>
+          <t>Recibos de leitura</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Não foi possível encontrar os funções ("endpoints") necessárias. Possivelmente não é um servidor Matrix.</t>
+          <t>Ontem, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Resposta mal formada recebida. Certifique-se que o domínio do servidor está correto.</t>
+          <t>Falha na descoberta automática. Resposta mal formada recebida.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Erro desconhecido. Certifique-se que o domínio do servidor é válido.</t>
+          <t>Falha na descoberta automática. Erro desconhecido ao requisitar ".well-known".</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
-[...2 lines deleted...]
-      <c r="C493" t="inlineStr"/>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr">
+        <is>
+          <t>Não foi possível encontrar os funções ("endpoints") necessárias. Possivelmente não é um servidor Matrix.</t>
+        </is>
+      </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
-[...2 lines deleted...]
-      <c r="C494" t="inlineStr"/>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="C494" t="inlineStr">
+        <is>
+          <t>Resposta mal formada recebida. Certifique-se que o domínio do servidor está correto.</t>
+        </is>
+      </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
-[...2 lines deleted...]
-      <c r="C495" t="inlineStr"/>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="C495" t="inlineStr">
+        <is>
+          <t>Erro desconhecido. Certifique-se que o domínio do servidor é válido.</t>
+        </is>
+      </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr"/>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr"/>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
-[...6 lines deleted...]
-      </c>
+          <t>Invalid username.</t>
+        </is>
+      </c>
+      <c r="C499" t="inlineStr"/>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr"/>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Part of the reserved namespace.</t>
+        </is>
+      </c>
+      <c r="C501" t="inlineStr"/>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Nome de utilizador</t>
+          <t>Servidor</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
-[...6 lines deleted...]
-      </c>
+          <t>your.server</t>
+        </is>
+      </c>
+      <c r="C503" t="inlineStr"/>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Voltar</t>
+          <t>Um servidor que permita registos. Uma vez que a Matrix é descentralizada, o utilizador precisa primeiro de encontrar um servidor onde se possa registar, ou alojar o seu próprio.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+        </is>
+      </c>
+      <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Palavra-passe</t>
+          <t>Nome de utilizador</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Por favor, escolha uma palavra-passe segura. Os requisitos exatos para a força da palavra-passe poderão depender no seu servidor.</t>
+          <t>O nome de utilizador não pode ser vazio e tem que conter apenas os caracteres a-z, 0-9, ., _, =, - e /.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Confirmação da palavra-passe</t>
+          <t>Voltar</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
-[...2 lines deleted...]
-      <c r="G507" t="inlineStr"/>
+          <t>RegisterPageBack</t>
+        </is>
+      </c>
+      <c r="G507" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Voltar</t>
+        </is>
+      </c>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="C508" t="inlineStr"/>
+          <t>Password</t>
+        </is>
+      </c>
+      <c r="C508" t="inlineStr">
+        <is>
+          <t>Palavra-passe</t>
+        </is>
+      </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Nome do dispositivo</t>
+          <t>Por favor, escolha uma palavra-passe segura. Os requisitos exatos para a força da palavra-passe poderão depender no seu servidor.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+        </is>
+      </c>
+      <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
-[...2 lines deleted...]
-      <c r="C510" t="inlineStr"/>
+          <t>Password confirmation</t>
+        </is>
+      </c>
+      <c r="C510" t="inlineStr">
+        <is>
+          <t>Confirmação da palavra-passe</t>
+        </is>
+      </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
-[...6 lines deleted...]
-      </c>
+          <t>Your passwords do not match!</t>
+        </is>
+      </c>
+      <c r="C511" t="inlineStr"/>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Fechar</t>
+          <t>Nome do dispositivo</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
-[...2 lines deleted...]
-      <c r="G512" t="inlineStr"/>
+          <t>RegisterPageDevice name</t>
+        </is>
+      </c>
+      <c r="G512" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nome do dispositivo</t>
+        </is>
+      </c>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr"/>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
-[...2 lines deleted...]
-      <c r="C514" t="inlineStr"/>
+          <t>REGISTER</t>
+        </is>
+      </c>
+      <c r="C514" t="inlineStr">
+        <is>
+          <t>REGISTAR</t>
+        </is>
+      </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Denunciar mensagem</t>
+          <t>Fechar</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReplyPopupClose</t>
+        </is>
+      </c>
+      <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C516" t="inlineStr"/>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C517" t="inlineStr"/>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
-[...2 lines deleted...]
-      <c r="C518" t="inlineStr"/>
+          <t>Report message</t>
+        </is>
+      </c>
+      <c r="C518" t="inlineStr">
+        <is>
+          <t>Denunciar mensagem</t>
+        </is>
+      </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
-[...2 lines deleted...]
-      <c r="G518" t="inlineStr"/>
+          <t>ReportMessageReport message</t>
+        </is>
+      </c>
+      <c r="G518" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Denunciar mensagem</t>
+        </is>
+      </c>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bad</t>
+        </is>
+      </c>
+      <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
-[...6 lines deleted...]
-      </c>
+          <t>Serious</t>
+        </is>
+      </c>
+      <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReportMessageSerious</t>
+        </is>
+      </c>
+      <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Procurar por salas públicas</t>
+          <t>Explorar salas públicas</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Escolher servidor personalizado</t>
+          <t>Entrar</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
-[...2 lines deleted...]
-      <c r="G528" t="inlineStr"/>
+          <t>RoomDirectoryJoin</t>
+        </is>
+      </c>
+      <c r="G528" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Entrar</t>
+        </is>
+      </c>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open</t>
+        </is>
+      </c>
+      <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomDirectoryOpen</t>
+        </is>
+      </c>
+      <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>nenhuma versão guardada</t>
+          <t>Procurar por salas públicas</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Iniciar uma nova conversa</t>
+          <t>Escolher servidor personalizado</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Entrar numa sala</t>
+          <t>Fechar</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
-[...2 lines deleted...]
-      <c r="G532" t="inlineStr"/>
+          <t>RoomDirectoryClose</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Fechar</t>
+        </is>
+      </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Criar uma nova sala</t>
+          <t>nenhuma versão guardada</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
-[...2 lines deleted...]
-      <c r="C534" t="inlineStr"/>
+          <t>Start a new chat</t>
+        </is>
+      </c>
+      <c r="C534" t="inlineStr">
+        <is>
+          <t>Iniciar uma nova conversa</t>
+        </is>
+      </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
-[...2 lines deleted...]
-      <c r="C535" t="inlineStr"/>
+          <t>Join a room</t>
+        </is>
+      </c>
+      <c r="C535" t="inlineStr">
+        <is>
+          <t>Entrar numa sala</t>
+        </is>
+      </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Diretório de salas</t>
+          <t>Criar uma nova sala</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr"/>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Create a new community</t>
+        </is>
+      </c>
+      <c r="C538" t="inlineStr"/>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Terminar sessão</t>
+          <t>Diretório de salas</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Search rooms (Ctrl+K)</t>
+        </is>
+      </c>
+      <c r="C540" t="inlineStr"/>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Mensagem de estado</t>
+          <t>Definições de utilizador</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Definições de perfil</t>
+          <t>Terminar sessão</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Definir mensagem de estado</t>
+          <t>Insira a sua mensagem de estado:</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
-[...2 lines deleted...]
-      <c r="C544" t="inlineStr"/>
+          <t>Status Message</t>
+        </is>
+      </c>
+      <c r="C544" t="inlineStr">
+        <is>
+          <t>Mensagem de estado</t>
+        </is>
+      </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
-[...2 lines deleted...]
-      <c r="C545" t="inlineStr"/>
+          <t>Profile settings</t>
+        </is>
+      </c>
+      <c r="C545" t="inlineStr">
+        <is>
+          <t>Definições de perfil</t>
+        </is>
+      </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
-[...2 lines deleted...]
-      <c r="C546" t="inlineStr"/>
+          <t>Set status message</t>
+        </is>
+      </c>
+      <c r="C546" t="inlineStr">
+        <is>
+          <t>Definir mensagem de estado</t>
+        </is>
+      </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
-[...6 lines deleted...]
-      </c>
+          <t>Online</t>
+        </is>
+      </c>
+      <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unavailable</t>
+        </is>
+      </c>
+      <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>Offline</t>
+        </is>
+      </c>
+      <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
-      <c r="H550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Fechar</t>
+          <t>Encriptação não configurada</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Insira a etiqueta que quer usar:</t>
+          <t>Sessão não verificada</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Nova etiqueta</t>
+          <t>Por favor, verifique os seus outros dispositivos</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
-[...2 lines deleted...]
-      <c r="C554" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C554" t="inlineStr">
+        <is>
+          <t>Fechar</t>
+        </is>
+      </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
-[...2 lines deleted...]
-      <c r="C555" t="inlineStr"/>
+          <t>Enter the tag you want to use:</t>
+        </is>
+      </c>
+      <c r="C555" t="inlineStr">
+        <is>
+          <t>Insira a etiqueta que quer usar:</t>
+        </is>
+      </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListEnter the tag you want to use:</t>
+        </is>
+      </c>
+      <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
-[...2 lines deleted...]
-      <c r="C556" t="inlineStr"/>
+          <t>New tag</t>
+        </is>
+      </c>
+      <c r="C556" t="inlineStr">
+        <is>
+          <t>Nova etiqueta</t>
+        </is>
+      </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListNew tag</t>
+        </is>
+      </c>
+      <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open separately</t>
+        </is>
+      </c>
+      <c r="C557" t="inlineStr"/>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr"/>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
-[...2 lines deleted...]
-      <c r="G558" t="inlineStr"/>
+          <t>RoomListMark as read</t>
+        </is>
+      </c>
+      <c r="G558" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: &amp;Marcar como lida</t>
+        </is>
+      </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Room settings</t>
+        </is>
+      </c>
+      <c r="C559" t="inlineStr"/>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
-[...2 lines deleted...]
-      <c r="G559" t="inlineStr"/>
+          <t>RoomListRoom settings</t>
+        </is>
+      </c>
+      <c r="G559" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Definições de sala</t>
+        </is>
+      </c>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Favoritos</t>
+          <t>Sair da sala</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
-[...6 lines deleted...]
-      </c>
+          <t>Copy room link</t>
+        </is>
+      </c>
+      <c r="C561" t="inlineStr"/>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Avisos do servidor</t>
+          <t>Etiquetar sala com:</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>RoomListTag room as:</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Criar nova etiqueta...</t>
+          <t>Favoritos</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Membros de %1</t>
+          <t>Prioridade baixa</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n pessoa em %1</t>
+          <t>Avisos do servidor</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr"/>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Criar nova etiqueta...</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Membros de %1</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n pessoa em %1</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...80 lines deleted...]
-      </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
-[...2 lines deleted...]
-      <c r="C569" t="inlineStr"/>
+          <t>Invite more people</t>
+        </is>
+      </c>
+      <c r="C569" t="inlineStr">
+        <is>
+          <t>Convidar mais pessoas</t>
+        </is>
+      </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr"/>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr"/>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">RoomMembersSort by: </t>
+        </is>
+      </c>
+      <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
-[...6 lines deleted...]
-      </c>
+          <t>User ID</t>
+        </is>
+      </c>
+      <c r="C572" t="inlineStr"/>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Display name</t>
+        </is>
+      </c>
+      <c r="C573" t="inlineStr"/>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Power level</t>
+        </is>
+      </c>
+      <c r="C574" t="inlineStr"/>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
-[...2 lines deleted...]
-      <c r="G574" t="inlineStr"/>
+          <t>RoomMembersPower level</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: nível de poder</t>
+        </is>
+      </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Este utilizador tem dispositivos não verificados!</t>
+          <t>Esta sala não está encriptada!</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Falha ao ativar encriptação: %1</t>
+          <t>Este utilizador está verificado.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Selecionar um ícone</t>
+          <t>Este utilizador não está verificado, mas continua a usar a mesma chave-mestra da primeira vez que se conheceram.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Todos os ficheiros (*)</t>
+          <t>Este utilizador tem dispositivos não verificados!</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>O ficheiro selecionado não é uma imagem</t>
+          <t>Falha ao ativar encriptação: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Erro ao ler ficheiro: %1</t>
+          <t>Selecionar um ícone</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Falha ao carregar imagem: %s</t>
+          <t>Todos os ficheiros (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Definições de sala</t>
+          <t>O ficheiro selecionado não é uma imagem</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
-[...2 lines deleted...]
-      <c r="C583" t="inlineStr"/>
+          <t>Error while reading file: %1</t>
+        </is>
+      </c>
+      <c r="C583" t="inlineStr">
+        <is>
+          <t>Erro ao ler ficheiro: %1</t>
+        </is>
+      </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
-[...2 lines deleted...]
-      <c r="C584" t="inlineStr"/>
+          <t>Failed to upload image: %s</t>
+        </is>
+      </c>
+      <c r="C584" t="inlineStr">
+        <is>
+          <t>Falha ao carregar imagem: %s</t>
+        </is>
+      </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="C585" t="inlineStr"/>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Definições de sala</t>
+        </is>
+      </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change room avatar.</t>
+        </is>
+      </c>
+      <c r="C586" t="inlineStr"/>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr"/>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
-[...2 lines deleted...]
-      <c r="C589" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C589" t="inlineStr">
+        <is>
+          <t>%n membro</t>
+        </is>
+      </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
-[...2 lines deleted...]
-      <c r="G589" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n membro, , %n membro</t>
+        </is>
+      </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C590" t="inlineStr"/>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr"/>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change topic of this room</t>
+        </is>
+      </c>
+      <c r="C592" t="inlineStr"/>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
-[...6 lines deleted...]
-      </c>
+          <t>NOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Todas as mensagens</t>
+          <t>Notificações</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
-[...2 lines deleted...]
-      <c r="C596" t="inlineStr"/>
+          <t>Muted</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr">
+        <is>
+          <t>Silenciada</t>
+        </is>
+      </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
-[...2 lines deleted...]
-      <c r="C597" t="inlineStr"/>
+          <t>Mentions only</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr">
+        <is>
+          <t>Apenas menções</t>
+        </is>
+      </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
-[...2 lines deleted...]
-      <c r="C598" t="inlineStr"/>
+          <t>All messages</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr">
+        <is>
+          <t>Todas as mensagens</t>
+        </is>
+      </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr"/>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr"/>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
-[...6 lines deleted...]
-      </c>
+          <t>Allow knocking</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr"/>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr"/>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr"/>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
-[...2 lines deleted...]
-      <c r="C604" t="inlineStr"/>
+          <t>Change</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr">
+        <is>
+          <t>Alterar</t>
+        </is>
+      </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr"/>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr"/>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr"/>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr"/>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr"/>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr"/>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr"/>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr"/>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr"/>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr"/>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr"/>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr"/>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr"/>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr"/>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr"/>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr"/>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr"/>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr"/>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automatic event deletion</t>
+        </is>
+      </c>
+      <c r="C623" t="inlineStr"/>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Select if your events get automatically deleted in this room.</t>
+        </is>
+      </c>
+      <c r="C624" t="inlineStr"/>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+        </is>
+      </c>
+      <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C625" t="inlineStr"/>
       <c r="D625" t="inlineStr"/>
       <c r="E625" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F625" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
         </is>
       </c>
       <c r="G625" t="inlineStr"/>
       <c r="H625" t="inlineStr"/>
     </row>
     <row r="626">
       <c r="A626" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
         </is>
       </c>
       <c r="B626" t="inlineStr">
         <is>
-          <t>Permissions</t>
-[...2 lines deleted...]
-      <c r="C626" t="inlineStr"/>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Encriptação</t>
+        </is>
+      </c>
       <c r="D626" t="inlineStr"/>
       <c r="E626" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F626" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
+          <t>RoomSettingsDialogEncryption</t>
         </is>
       </c>
       <c r="G626" t="inlineStr"/>
       <c r="H626" t="inlineStr"/>
     </row>
     <row r="627">
       <c r="A627" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B627" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
-[...2 lines deleted...]
-      <c r="C627" t="inlineStr"/>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Encriptação ponta-a-ponta</t>
+        </is>
+      </c>
       <c r="D627" t="inlineStr"/>
       <c r="E627" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F627" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
-[...2 lines deleted...]
-      <c r="G627" t="inlineStr"/>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Encriptação Ponta-a-Ponta</t>
+        </is>
+      </c>
       <c r="H627" t="inlineStr"/>
     </row>
     <row r="628">
       <c r="A628" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B628" t="inlineStr">
         <is>
-          <t>Aliases</t>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="C628" t="inlineStr"/>
       <c r="D628" t="inlineStr"/>
       <c r="E628" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F628" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr"/>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>View and change the permissions in this room</t>
+        </is>
+      </c>
+      <c r="C630" t="inlineStr"/>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr"/>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>View and change the addresses/aliases of this room</t>
+        </is>
+      </c>
+      <c r="C632" t="inlineStr"/>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>ID interno</t>
+          <t>Definições de autocolantes e emojis</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr"/>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Versão da sala</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
-[...2 lines deleted...]
-      <c r="C636" t="inlineStr"/>
+          <t>Internal ID</t>
+        </is>
+      </c>
+      <c r="C636" t="inlineStr">
+        <is>
+          <t>ID interno</t>
+        </is>
+      </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr"/>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Convite pendente.</t>
+          <t>Versão da sala</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>show less</t>
+        </is>
+      </c>
+      <c r="C639" t="inlineStr"/>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
-[...6 lines deleted...]
-      </c>
+          <t>show more</t>
+        </is>
+      </c>
+      <c r="C640" t="inlineStr"/>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
-[...2 lines deleted...]
-      <c r="C641" t="inlineStr"/>
+          <t>Pending invite.</t>
+        </is>
+      </c>
+      <c r="C641" t="inlineStr">
+        <is>
+          <t>Convite pendente.</t>
+        </is>
+      </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Por favor, insira a sua palavra-passe para continuar:</t>
+          <t>A pré-visualizar esta sala</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Por favor, insira um endereço de correio eletrónico válido para continuar:</t>
+          <t>Pré-visualização não disponível</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room is possibly inaccessible</t>
+        </is>
+      </c>
+      <c r="C644" t="inlineStr"/>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
-[...2 lines deleted...]
-      <c r="C645" t="inlineStr"/>
+          <t>Please enter your login password to continue:</t>
+        </is>
+      </c>
+      <c r="C645" t="inlineStr">
+        <is>
+          <t>Por favor, insira a sua palavra-passe para continuar:</t>
+        </is>
+      </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Aguarde pela chegada da ligação de confirmação, depois continue.</t>
+          <t>Por favor, insira um endereço de correio eletrónico válido para continuar:</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Partilhar ambiente de trabalho com %1?</t>
+          <t>Por favor, insira um número de telefone válido para continuar:</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr"/>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Janela:</t>
+          <t>Aguarde pela chegada da ligação de confirmação, depois continue.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
-[...2 lines deleted...]
-      <c r="C650" t="inlineStr"/>
+          <t>Share desktop with %1?</t>
+        </is>
+      </c>
+      <c r="C650" t="inlineStr">
+        <is>
+          <t>Partilhar ambiente de trabalho com %1?</t>
+        </is>
+      </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Method:</t>
+        </is>
+      </c>
+      <c r="C651" t="inlineStr"/>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Incluir a sua câmara em miniatura</t>
+          <t>Janela:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
-[...6 lines deleted...]
-      </c>
+          <t>Request screencast</t>
+        </is>
+      </c>
+      <c r="C653" t="inlineStr"/>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
-[...2 lines deleted...]
-      <c r="C654" t="inlineStr"/>
+          <t>Frame rate:</t>
+        </is>
+      </c>
+      <c r="C654" t="inlineStr">
+        <is>
+          <t>Taxa de fotogramas:</t>
+        </is>
+      </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Esconder cursor do rato</t>
+          <t>Incluir a sua câmara em miniatura</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Partilhar</t>
+          <t>Requisitar câmara remota</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
-[...6 lines deleted...]
-      </c>
+          <t>View your callee's camera like a regular video call</t>
+        </is>
+      </c>
+      <c r="C657" t="inlineStr"/>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Esconder cursor do rato</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Falha ao ligar ao armazenamento secreto</t>
+          <t>Partilhar</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>O Nheko não se conseguiu ligar ao armazenamento seguro para guardar os segredos de encriptação. Isto pode-se dever a vários motivos. Verifique se o seu serviço D-Bus está a correr e se configurou um serviço como o KWallet, Gnome Keyring, KeePassXC ou o equivalente da sua plataforma. Caso continue a ter problemas, não hesite em abrir um tópico aqui: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Pré-visualizar</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Esta é a sua chave de recuperação. Irá necessitar dela para restabelecer o acesso às suas mensagens encriptadas e chaves de verificação. Mantenha-a segura. Não a partilhe com ninguém e não a perca! Não aceite dinheiro em troca da chave!</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Encriptação configurada com sucesso</t>
+          <t>Falha ao ligar ao armazenamento secreto</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Falha ao configurar encriptação: %1</t>
+          <t>O Nheko não se conseguiu ligar ao armazenamento seguro para guardar os segredos de encriptação. Isto pode-se dever a vários motivos. Verifique se o seu serviço D-Bus está a correr e se configurou um serviço como o KWallet, Gnome Keyring, KeePassXC ou o equivalente da sua plataforma. Caso continue a ter problemas, não hesite em abrir um tópico aqui: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+        </is>
+      </c>
+      <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Configurar encriptação</t>
+          <t>Esta é a sua chave de recuperação. Irá necessitar dela para restabelecer o acesso às suas mensagens encriptadas e chaves de verificação. Mantenha-a segura. Não a partilhe com ninguém e não a perca! Não aceite dinheiro em troca da chave!</t>
         </is>
       </c>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Encriptação configurada com sucesso</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr"/>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Falha ao configurar encriptação: %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Falha ao ativar encriptação: %1</t>
+        </is>
+      </c>
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C667" t="inlineStr">
+        <is>
+          <t>Configurar encriptação</t>
+        </is>
+      </c>
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>Olá, seja bem-vindo à Matrix!
 Parece que é a sua primeira vez aqui. Antes de poder encriptar as suas mensagens de forma segura, é necessário configurar algumas coisas. Pode premir "Aceitar" logo, ou ajustar algumas opções básicas, que tentaremos explicar como funcionam. Poderá saltar essas partes, mas elas podem vir a ser úteis!</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="G668" t="inlineStr"/>
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Ativar encriptação</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Parece que já possui configurações de encriptação nesta conta. Para poder aceder às suas mensagens encriptadas e fazer este dispositivo aparecer como de confiança, pode ou verificar um dispositivo existente, ou inserir a sua palavra-passe de recuperação, caso a tenha. Por favor, escolha uma das opções abaixo.
 Se escolher a verificação, terá que ter o outro dispositivo disponível. Se escolher a palavra-passe, irá necessitar da chave de recuperação. Também pode cancelar e verificar-se mais tarde.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Falha ao criar chaves para a cópia de segurança de chaves online!</t>
+          <t>verificar</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Falha ao criar chaves para o armazenamento seguro no servidor!</t>
+          <t>inserir palavra-passe</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Configuração de encriptação</t>
+          <t>Falha ao criar chaves para assinatura cruzada!</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Falha na configuração de encriptação: %1</t>
+          <t>Falha ao criar chaves para a cópia de segurança de chaves online!</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Chave de identificação alterada. Isto quebra a encriptação, portanto, a terminar sessão...</t>
+          <t>Falha ao criar chaves para o armazenamento seguro no servidor!</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Falha ao atualizar pacote de imagem: %1</t>
+          <t>Configuração de encriptação</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Falha ao eliminar pacote de imagem antigo: %1</t>
+          <t>Falha na configuração de encriptação: %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Falha ao abrir imagem: %1</t>
+          <t>Chave de identificação alterada. Isto quebra a encriptação, portanto, a terminar sessão...</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Falha ao carregar imagem: %1</t>
+          <t>Falha ao atualizar pacote de imagem: %1</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
-[...2 lines deleted...]
-      <c r="C680" t="inlineStr"/>
+          <t>Failed to delete old image pack: %1</t>
+        </is>
+      </c>
+      <c r="C680" t="inlineStr">
+        <is>
+          <t>Falha ao eliminar pacote de imagem antigo: %1</t>
+        </is>
+      </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
-[...2 lines deleted...]
-      <c r="C681" t="inlineStr"/>
+          <t>Failed to open image: %1</t>
+        </is>
+      </c>
+      <c r="C681" t="inlineStr">
+        <is>
+          <t>Falha ao abrir imagem: %1</t>
+        </is>
+      </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
-[...2 lines deleted...]
-      <c r="C682" t="inlineStr"/>
+          <t>Failed to upload image: %1</t>
+        </is>
+      </c>
+      <c r="C682" t="inlineStr">
+        <is>
+          <t>Falha ao carregar imagem: %1</t>
+        </is>
+      </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr"/>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr"/>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr"/>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Listed only for community members</t>
+        </is>
+      </c>
+      <c r="C686" t="inlineStr"/>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
-[...6 lines deleted...]
-      </c>
+          <t>Listed only for room members</t>
+        </is>
+      </c>
+      <c r="C687" t="inlineStr"/>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
-[...6 lines deleted...]
-      </c>
+          <t>Not related</t>
+        </is>
+      </c>
+      <c r="C688" t="inlineStr"/>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Lido</t>
+          <t>Falhou</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Procurar</t>
+          <t>Enviado</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
-[...2 lines deleted...]
-      <c r="C691" t="inlineStr"/>
+          <t>Received</t>
+        </is>
+      </c>
+      <c r="C691" t="inlineStr">
+        <is>
+          <t>Recebido</t>
+        </is>
+      </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Verificação bem sucedida</t>
+          <t>Lido</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Verificação bem sucedida!  Ambos os lados verificaram os seus dispositivos!</t>
+          <t>Procurar</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="C694" t="inlineStr"/>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G694" t="inlineStr"/>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
-[...2 lines deleted...]
-      <c r="C695" t="inlineStr"/>
+          <t>Successful Verification</t>
+        </is>
+      </c>
+      <c r="C695" t="inlineStr">
+        <is>
+          <t>Verificação bem sucedida</t>
+        </is>
+      </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 iniciou uma chamada de voz.</t>
+          <t>Verificação bem sucedida!  Ambos os lados verificaram os seus dispositivos!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 iniciou uma chamada de vídeo.</t>
+          <t>Fechar</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Part of a thread</t>
+        </is>
+      </c>
+      <c r="C698" t="inlineStr"/>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
+        </is>
+      </c>
+      <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 atendeu a chamada.</t>
+          <t>%1 iniciou uma chamada de voz.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
-[...2 lines deleted...]
-      <c r="C700" t="inlineStr"/>
+          <t>%1 placed a video call.</t>
+        </is>
+      </c>
+      <c r="C700" t="inlineStr">
+        <is>
+          <t>%1 iniciou uma chamada de vídeo.</t>
+        </is>
+      </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="C701" t="inlineStr"/>
+          <t>%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="C701" t="inlineStr">
+        <is>
+          <t>%1 iniciou uma chamada.</t>
+        </is>
+      </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="G701" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G701" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 iniciou uma chamada</t>
+        </is>
+      </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 terminou a chamada.</t>
+          <t>%1 atendeu a chamada.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
-[...2 lines deleted...]
-      <c r="G702" t="inlineStr"/>
+          <t>TimelineEvent%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="G702" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 atendeu uma chamada</t>
+        </is>
+      </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr"/>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G703" t="inlineStr"/>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="C704" t="inlineStr"/>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
-[...2 lines deleted...]
-      <c r="C705" t="inlineStr"/>
+          <t>%1 ended the call.</t>
+        </is>
+      </c>
+      <c r="C705" t="inlineStr">
+        <is>
+          <t>%1 terminou a chamada.</t>
+        </is>
+      </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr"/>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Editada</t>
+          <t>Permitir a entrada</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr"/>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Go to replacement room</t>
+        </is>
+      </c>
+      <c r="C709" t="inlineStr"/>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Falha ao encriptar evento, envio abortado!</t>
+          <t>Editada</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
-[...6 lines deleted...]
-      </c>
+          <t>Part of a thread</t>
+        </is>
+      </c>
+      <c r="C711" t="inlineStr"/>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Guardar vídeo</t>
+          <t>Falha ao eliminar mensagem: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Guardar áudio</t>
+          <t>Falha ao encriptar evento, envio abortado!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Guardar ficheiro</t>
+          <t>Guardar imagem</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1%2 está a escrever...</t>
+          <t>Guardar vídeo</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Guardar áudio</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Guardar ficheiro</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1%2 está a escrever...</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 tornou a sala aberta a visitantes.</t>
+          <t>%1 abriu a sala ao público.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 fechou o acesso à sala a visitantes.</t>
+          <t>%1 tornou possível entrar na sala "batendo à porta".</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 tornou o histórico da sala visível a qualquer pessoa. Eventos podem agora ser lidos por não-membros.</t>
+          <t>%1 autorizou os membros das seguintes salas a juntarem-se à sala automaticamente: %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 tornou o histórico da sala, a partir deste momento, visível a membros.</t>
+          <t>%1 tornou a sala aberta a visitantes.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 tornou o histórico visível a membros desde o seu convite.</t>
+          <t>%1 fechou o acesso à sala a visitantes.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 tornou o histórico da sala visível ao membros desde a sua entrada.</t>
+          <t>%1 tornou o histórico da sala visível a qualquer pessoa. Eventos podem agora ser lidos por não-membros.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 alterou as permissões da sala.</t>
+          <t>%1 tornou o histórico da sala, a partir deste momento, visível a membros.</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
-[...2 lines deleted...]
-      <c r="C726" t="inlineStr"/>
+          <t>%1 set the room history visible to members since they were invited.</t>
+        </is>
+      </c>
+      <c r="C726" t="inlineStr">
+        <is>
+          <t>%1 tornou o histórico visível a membros desde o seu convite.</t>
+        </is>
+      </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
-[...2 lines deleted...]
-      <c r="C727" t="inlineStr"/>
+          <t>%1 set the room history visible to members since they joined the room.</t>
+        </is>
+      </c>
+      <c r="C727" t="inlineStr">
+        <is>
+          <t>%1 tornou o histórico da sala visível ao membros desde a sua entrada.</t>
+        </is>
+      </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
-[...2 lines deleted...]
-      <c r="C728" t="inlineStr"/>
+          <t>%1 has changed the room's permissions.</t>
+        </is>
+      </c>
+      <c r="C728" t="inlineStr">
+        <is>
+          <t>%1 alterou as permissões da sala.</t>
+        </is>
+      </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr"/>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr"/>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr"/>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr"/>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr"/>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr"/>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr"/>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr"/>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr"/>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr"/>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr"/>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr"/>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr"/>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr"/>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr"/>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr"/>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr"/>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr"/>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr"/>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr"/>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr"/>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr"/>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr"/>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr"/>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr"/>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr"/>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr"/>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr"/>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr"/>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr"/>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr"/>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr"/>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr"/>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr"/>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr"/>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>Removed by %1</t>
         </is>
       </c>
       <c r="C764" t="inlineStr"/>
       <c r="D764" t="inlineStr"/>
       <c r="E764" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F764" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>TimelineModelRemoved by %1</t>
         </is>
       </c>
       <c r="G764" t="inlineStr"/>
       <c r="H764" t="inlineStr"/>
     </row>
     <row r="765">
       <c r="A765" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22212</t>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
         </is>
       </c>
       <c r="B765" t="inlineStr">
         <is>
-          <t>%2 revoked the invite to %1.</t>
+          <t>%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="C765" t="inlineStr"/>
       <c r="D765" t="inlineStr"/>
       <c r="E765" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F765" t="inlineStr">
         <is>
-          <t>TimelineModel%2 revoked the invite to %1.</t>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="G765" t="inlineStr"/>
       <c r="H765" t="inlineStr"/>
     </row>
     <row r="766">
       <c r="A766" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22207</t>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
         </is>
       </c>
       <c r="B766" t="inlineStr">
         <is>
-          <t>%2 kicked %1.</t>
+          <t>Removed by %1 because: %2</t>
         </is>
       </c>
       <c r="C766" t="inlineStr"/>
       <c r="D766" t="inlineStr"/>
       <c r="E766" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F766" t="inlineStr">
         <is>
-          <t>TimelineModel%2 kicked %1.</t>
+          <t>TimelineModelRemoved by %1 because: %2</t>
         </is>
       </c>
       <c r="G766" t="inlineStr"/>
       <c r="H766" t="inlineStr"/>
     </row>
     <row r="767">
       <c r="A767" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22214</t>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
         </is>
       </c>
       <c r="B767" t="inlineStr">
         <is>
-          <t>%2 unbanned %1.</t>
+          <t>%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="C767" t="inlineStr"/>
       <c r="D767" t="inlineStr"/>
       <c r="E767" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F767" t="inlineStr">
         <is>
-          <t>TimelineModel%2 unbanned %1.</t>
+          <t>TimelineModel%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr"/>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%2 kicked %1.</t>
+        </is>
+      </c>
+      <c r="C769" t="inlineStr"/>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%2 unbanned %1.</t>
+        </is>
+      </c>
+      <c r="C770" t="inlineStr"/>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%2 rejected the knock from %1.</t>
+        </is>
+      </c>
+      <c r="C771" t="inlineStr"/>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>%1 entrou com autorização do servidor de %2.</t>
+          <t>%1 alterou o seu avatar.</t>
         </is>
       </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 recusou o seu convite.</t>
+          <t>%1 alterou alguma informação de perfil.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 saiu da sala.</t>
+          <t>%1 entrou.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Razão: %1</t>
+          <t>%1 entrou com autorização do servidor de %2.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 eliminou a sua "batida à porta".</t>
+          <t>%1 recusou o seu convite.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
-[...2 lines deleted...]
-      <c r="C777" t="inlineStr"/>
+          <t>%1 left the room.</t>
+        </is>
+      </c>
+      <c r="C777" t="inlineStr">
+        <is>
+          <t>%1 saiu da sala.</t>
+        </is>
+      </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
-[...2 lines deleted...]
-      <c r="C778" t="inlineStr"/>
+          <t>Reason: %1</t>
+        </is>
+      </c>
+      <c r="C778" t="inlineStr">
+        <is>
+          <t>Razão: %1</t>
+        </is>
+      </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
-[...2 lines deleted...]
-      <c r="C779" t="inlineStr"/>
+          <t>%1 redacted their knock.</t>
+        </is>
+      </c>
+      <c r="C779" t="inlineStr">
+        <is>
+          <t>%1 eliminou a sua "batida à porta".</t>
+        </is>
+      </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr"/>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr"/>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr"/>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr"/>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr"/>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr"/>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr"/>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the pinned messages.</t>
+        </is>
+      </c>
+      <c r="C787" t="inlineStr"/>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr"/>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the parent communities for this room.</t>
+        </is>
+      </c>
+      <c r="C789" t="inlineStr"/>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C790" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 criou e configurou a sala: %2</t>
+        </is>
+      </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr"/>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
-[...2 lines deleted...]
-      <c r="C792" t="inlineStr"/>
+          <t>You joined this room.</t>
+        </is>
+      </c>
+      <c r="C792" t="inlineStr">
+        <is>
+          <t>Entrou na sala.</t>
+        </is>
+      </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 made this room require an invitation to join.</t>
+        </is>
+      </c>
+      <c r="C794" t="inlineStr"/>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="C795" t="inlineStr"/>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 alterou o seu avatar e também o seu nome de exibição para %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 alterou o seu nome de exibição para %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 saiu depois de já ter saído!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...80 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 banned %2</t>
+        </is>
+      </c>
+      <c r="C799" t="inlineStr"/>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Está prestes a notificar toda a sala</t>
+          <t>%1 bateu à porta.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr"/>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
-[...2 lines deleted...]
-      <c r="C802" t="inlineStr"/>
+          <t>No room open</t>
+        </is>
+      </c>
+      <c r="C802" t="inlineStr">
+        <is>
+          <t>Nenhuma sala aberta</t>
+        </is>
+      </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
-[...2 lines deleted...]
-      <c r="C803" t="inlineStr"/>
+          <t>You are about to notify the whole room</t>
+        </is>
+      </c>
+      <c r="C803" t="inlineStr">
+        <is>
+          <t>Está prestes a notificar toda a sala</t>
+        </is>
+      </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
-[...6 lines deleted...]
-      </c>
+          <t>You will be mentioning %1</t>
+        </is>
+      </c>
+      <c r="C804" t="inlineStr"/>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+        </is>
+      </c>
+      <c r="C805" t="inlineStr"/>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+        </is>
+      </c>
+      <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...6 lines deleted...]
-      </c>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+        </is>
+      </c>
+      <c r="C806" t="inlineStr"/>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+        </is>
+      </c>
+      <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
-[...2 lines deleted...]
-      <c r="C807" t="inlineStr"/>
+          <t>No preview available</t>
+        </is>
+      </c>
+      <c r="C807" t="inlineStr">
+        <is>
+          <t>Pré-visualização não disponível</t>
+        </is>
+      </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
-[...2 lines deleted...]
-      <c r="C808" t="inlineStr"/>
+          <t>Settings</t>
+        </is>
+      </c>
+      <c r="C808" t="inlineStr">
+        <is>
+          <t>Definições</t>
+        </is>
+      </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
-[...2 lines deleted...]
-      <c r="G808" t="inlineStr"/>
+          <t>TimelineViewSettings</t>
+        </is>
+      </c>
+      <c r="G808" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Definições</t>
+        </is>
+      </c>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>juntar-se à conversa</t>
+          <t>%n membro</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
-[...2 lines deleted...]
-      <c r="G809" t="inlineStr"/>
+          <t>TimelineView%n member(s)</t>
+        </is>
+      </c>
+      <c r="G809" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n membro, , %n membro</t>
+        </is>
+      </c>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
-[...6 lines deleted...]
-      </c>
+          <t>View members of %1</t>
+        </is>
+      </c>
+      <c r="C810" t="inlineStr"/>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+        </is>
+      </c>
+      <c r="C811" t="inlineStr"/>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
-[...2 lines deleted...]
-      <c r="C812" t="inlineStr"/>
+          <t>join the conversation</t>
+        </is>
+      </c>
+      <c r="C812" t="inlineStr">
+        <is>
+          <t>juntar-se à conversa</t>
+        </is>
+      </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
-[...2 lines deleted...]
-      <c r="C813" t="inlineStr"/>
+          <t>accept invite</t>
+        </is>
+      </c>
+      <c r="C813" t="inlineStr">
+        <is>
+          <t>aceitar convite</t>
+        </is>
+      </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
-[...2 lines deleted...]
-      <c r="C814" t="inlineStr"/>
+          <t>decline invite</t>
+        </is>
+      </c>
+      <c r="C814" t="inlineStr">
+        <is>
+          <t>recusar convite</t>
+        </is>
+      </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr"/>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr"/>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
-[...6 lines deleted...]
-      </c>
+          <t>Invited by %1 (%2)</t>
+        </is>
+      </c>
+      <c r="C817" t="inlineStr"/>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hide invite reason</t>
+        </is>
+      </c>
+      <c r="C818" t="inlineStr"/>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr"/>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Voltar à lista de salas</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
-[...2 lines deleted...]
-      <c r="C821" t="inlineStr"/>
+          <t>No room selected</t>
+        </is>
+      </c>
+      <c r="C821" t="inlineStr">
+        <is>
+          <t>Nenhuma sala selecionada</t>
+        </is>
+      </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr"/>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Esta sala contém apenas dispositivos verificados.</t>
+          <t>Voltar à lista de salas</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show or hide pinned messages</t>
+        </is>
+      </c>
+      <c r="C825" t="inlineStr"/>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr"/>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Opções da sala</t>
+          <t>Esta sala contém apenas dispositivos verificados.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Convidar utilizadores</t>
+          <t>Esta sala contém dispositivos verificados e/ou que nunca alteraram a sua chave mestra.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Membros</t>
+          <t>Esta sala contém dispositivos não verificados!</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Search this room</t>
+        </is>
+      </c>
+      <c r="C830" t="inlineStr"/>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Definições</t>
+          <t>Opções da sala</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
-[...2 lines deleted...]
-      <c r="C832" t="inlineStr"/>
+          <t>Invite users</t>
+        </is>
+      </c>
+      <c r="C832" t="inlineStr">
+        <is>
+          <t>Convidar utilizadores</t>
+        </is>
+      </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
-[...2 lines deleted...]
-      <c r="C833" t="inlineStr"/>
+          <t>Members</t>
+        </is>
+      </c>
+      <c r="C833" t="inlineStr">
+        <is>
+          <t>Membros</t>
+        </is>
+      </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Mostrar</t>
+          <t>Sair da sala</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Sair</t>
+          <t>Definições</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
         <is>
-          <t xml:space="preserve">
-%n unread message</t>
+          <t>Unpin</t>
         </is>
       </c>
       <c r="C836" t="inlineStr"/>
       <c r="D836" t="inlineStr"/>
       <c r="E836" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F836" t="inlineStr">
         <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr"/>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr"/>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Mostrar</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Sair</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+%n unread message</t>
+        </is>
+      </c>
+      <c r="C840" t="inlineStr"/>
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
+        <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
-[...2 lines deleted...]
-      <c r="C841" t="inlineStr"/>
+          <t>No available registration flows!</t>
+        </is>
+      </c>
+      <c r="C841" t="inlineStr">
+        <is>
+          <t>Nenhum processo de registo disponível!</t>
+        </is>
+      </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Terminar sessão no dispositivo %1</t>
+          <t>Registo abortado</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Terminou a sessão neste dispositivo.</t>
+          <t>Por favor, insira um código de registo válido.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
-[...2 lines deleted...]
-      <c r="C844" t="inlineStr"/>
+          <t>Invalid token</t>
+        </is>
+      </c>
+      <c r="C844" t="inlineStr">
+        <is>
+          <t>Código inválido</t>
+        </is>
+      </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
-[...6 lines deleted...]
-      </c>
+          <t>Upload file</t>
+        </is>
+      </c>
+      <c r="C845" t="inlineStr"/>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Todos os ficheiros (*)</t>
+          <t>Terminar sessão no dispositivo %1</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>O ficheiro selecionado não é uma imagem</t>
+          <t>Terminou a sessão neste dispositivo.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Failed to ignore "%1": %2</t>
+        </is>
+      </c>
+      <c r="C848" t="inlineStr"/>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Perfil de utilizador global</t>
+          <t>Selecionar um avatar</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Perfil de utilizador na sala</t>
+          <t>Todos os ficheiros (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Alterar avatar globalmente.</t>
+          <t>O ficheiro selecionado não é uma imagem</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Alterar avatar. Irá apenas afetar esta sala.</t>
+          <t>Erro ao ler ficheiro: %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Alterar nome de exibição globalmente.</t>
+          <t>Perfil de utilizador global</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Alterar nome de exibição. Irá apenas afetar esta sala.</t>
+          <t>Perfil de utilizador na sala</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
-[...2 lines deleted...]
-      <c r="C855" t="inlineStr"/>
+          <t>Change avatar globally.</t>
+        </is>
+      </c>
+      <c r="C855" t="inlineStr">
+        <is>
+          <t>Alterar avatar globalmente.</t>
+        </is>
+      </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Sala: %1</t>
+          <t>Alterar avatar. Irá apenas afetar esta sala.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Este é um perfil específico desta sala. O nome e avatar do utilizador poderão ser diferentes dos seus homólogos globais.</t>
+          <t>Alterar nome de exibição globalmente.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Abrir o perfil global deste utilizador.</t>
+          <t>Alterar nome de exibição. Irá apenas afetar esta sala.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
-[...6 lines deleted...]
-      </c>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+        </is>
+      </c>
+      <c r="C859" t="inlineStr"/>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Iniciar uma conversa privada.</t>
+          <t>Sala: %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Expulsar o utilizador.</t>
+          <t>Este é um perfil específico desta sala. O nome e avatar do utilizador poderão ser diferentes dos seus homólogos globais.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Banir o utilizador.</t>
+          <t>Abrir o perfil global deste utilizador.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
+          <t>UserProfileOpen the global profile for this user.</t>
         </is>
       </c>
       <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
-[...2 lines deleted...]
-      <c r="C863" t="inlineStr"/>
+          <t>Verify</t>
+        </is>
+      </c>
+      <c r="C863" t="inlineStr">
+        <is>
+          <t>Verificar</t>
+        </is>
+      </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
-[...2 lines deleted...]
-      <c r="C864" t="inlineStr"/>
+          <t>Start a private chat.</t>
+        </is>
+      </c>
+      <c r="C864" t="inlineStr">
+        <is>
+          <t>Iniciar uma conversa privada.</t>
+        </is>
+      </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileStart a private chat.</t>
+        </is>
+      </c>
+      <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Atualizar a lista de dispositivos.</t>
+          <t>Expulsar o utilizador.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Dispositivos</t>
+          <t>Banir o utilizador.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileBan the user.</t>
+        </is>
+      </c>
+      <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr"/>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignore the user.</t>
+        </is>
+      </c>
+      <c r="C868" t="inlineStr"/>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
-[...2 lines deleted...]
-      <c r="G868" t="inlineStr"/>
+          <t>UserProfileIgnore the user.</t>
+        </is>
+      </c>
+      <c r="G868" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ignorar um utilizador.</t>
+        </is>
+      </c>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Alterar nome do dispositivo.</t>
+          <t>Atualizar a lista de dispositivos.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>Ativo pela última vez a %1 em %2</t>
+          <t>Dispositivos</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
-[...2 lines deleted...]
-      <c r="G870" t="inlineStr"/>
+          <t>UserProfileDevices</t>
+        </is>
+      </c>
+      <c r="G870" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Dispositivos</t>
+        </is>
+      </c>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shared Rooms</t>
+        </is>
+      </c>
+      <c r="C871" t="inlineStr"/>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Predefinido</t>
+          <t>Terminar sessão neste dispositivo.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Tema</t>
+          <t>Alterar nome do dispositivo.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Fator de escala</t>
+          <t>Ativo pela última vez a %1 em %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Destacar mensagem quando passar o rato por cima.</t>
+          <t>Anular verificação</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Emojis grandes na cronologia</t>
+          <t>Predefinido</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Minimizar para a bandeja</t>
+          <t>Tema</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Iniciar na bandeja</t>
+          <t>Fator de escala</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
-[...2 lines deleted...]
-      <c r="C879" t="inlineStr"/>
+          <t>Highlight message on hover</t>
+        </is>
+      </c>
+      <c r="C879" t="inlineStr">
+        <is>
+          <t>Destacar mensagem quando passar o rato por cima.</t>
+        </is>
+      </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Enviar mensagens como Markdown</t>
+          <t>Emojis grandes na cronologia</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
-[...2 lines deleted...]
-      <c r="C881" t="inlineStr"/>
+          <t>Minimize to tray</t>
+        </is>
+      </c>
+      <c r="C881" t="inlineStr">
+        <is>
+          <t>Minimizar para a bandeja</t>
+        </is>
+      </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
-[...2 lines deleted...]
-      <c r="C882" t="inlineStr"/>
+          <t>Start in tray</t>
+        </is>
+      </c>
+      <c r="C882" t="inlineStr">
+        <is>
+          <t>Iniciar na bandeja</t>
+        </is>
+      </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr"/>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Reproduzir imagens animadas apenas quando lhes passar o rato por cima.</t>
+          <t>Enviar mensagens como Markdown</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C885" t="inlineStr"/>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enable small Avatars</t>
+        </is>
+      </c>
+      <c r="C886" t="inlineStr"/>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Ordenar salas por não lidas</t>
+          <t>Reproduzir imagens animadas apenas quando lhes passar o rato por cima.</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Mostrar botões na cronologia</t>
+          <t>Notificações de escrita</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Limitar largura da cronologia</t>
+          <t>Ordenar salas por não lidas</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sort rooms alphabetically</t>
+        </is>
+      </c>
+      <c r="C891" t="inlineStr"/>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelSort rooms alphabetically</t>
+        </is>
+      </c>
+      <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Eventos ocultados</t>
+          <t>Mostrar botões na cronologia</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelShow buttons in timeline</t>
+        </is>
+      </c>
+      <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>Utilizadores ignorados</t>
+          <t>Limitar largura da cronologia</t>
         </is>
       </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelLimit width of timeline</t>
+        </is>
+      </c>
+      <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Notificações de ambiente de trabalho</t>
+          <t>Recibos de leitura</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
-[...2 lines deleted...]
-      <c r="G894" t="inlineStr"/>
+          <t>UserSettingsModelRead receipts</t>
+        </is>
+      </c>
+      <c r="G894" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Recibos de leitura</t>
+        </is>
+      </c>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Alertar para notificações</t>
+          <t>Eventos ocultados</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
-[...2 lines deleted...]
-      <c r="G895" t="inlineStr"/>
+          <t>UserSettingsModelHidden events</t>
+        </is>
+      </c>
+      <c r="G895" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Eventos ocultados</t>
+        </is>
+      </c>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>Avatares circulares</t>
+          <t>Utilizadores ignorados</t>
         </is>
       </c>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
-[...2 lines deleted...]
-      <c r="G896" t="inlineStr"/>
+          <t>UserSettingsModelIgnored users</t>
+        </is>
+      </c>
+      <c r="G896" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Utilizadores ignorados</t>
+        </is>
+      </c>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
-[...2 lines deleted...]
-      <c r="C897" t="inlineStr"/>
+          <t>Desktop notifications</t>
+        </is>
+      </c>
+      <c r="C897" t="inlineStr">
+        <is>
+          <t>Notificações de ambiente de trabalho</t>
+        </is>
+      </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
-[...2 lines deleted...]
-      <c r="C898" t="inlineStr"/>
+          <t>Alert on notification</t>
+        </is>
+      </c>
+      <c r="C898" t="inlineStr">
+        <is>
+          <t>Alertar para notificações</t>
+        </is>
+      </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
-[...2 lines deleted...]
-      <c r="C899" t="inlineStr"/>
+          <t>Circular Avatars</t>
+        </is>
+      </c>
+      <c r="C899" t="inlineStr">
+        <is>
+          <t>Avatares circulares</t>
+        </is>
+      </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
-[...6 lines deleted...]
-      </c>
+          <t>Use identicons</t>
+        </is>
+      </c>
+      <c r="C900" t="inlineStr"/>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr"/>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr"/>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
-[...2 lines deleted...]
-      <c r="C903" t="inlineStr"/>
+          <t>Decrypt messages in sidebar</t>
+        </is>
+      </c>
+      <c r="C903" t="inlineStr">
+        <is>
+          <t>Desencriptar mensagens na barra lateral</t>
+        </is>
+      </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Decrypt notifications</t>
+        </is>
+      </c>
+      <c r="C904" t="inlineStr"/>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelDecrypt notifications</t>
+        </is>
+      </c>
+      <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
-[...6 lines deleted...]
-      </c>
+          <t>Display fancy effects such as confetti</t>
+        </is>
+      </c>
+      <c r="C905" t="inlineStr"/>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reduce or disable animations</t>
+        </is>
+      </c>
+      <c r="C906" t="inlineStr"/>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
-[...2 lines deleted...]
-      <c r="C907" t="inlineStr"/>
+          <t>Privacy Screen</t>
+        </is>
+      </c>
+      <c r="C907" t="inlineStr">
+        <is>
+          <t>Ecrã de privacidade</t>
+        </is>
+      </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
-[...2 lines deleted...]
-      <c r="G907" t="inlineStr"/>
+          <t>UserSettingsModelPrivacy Screen</t>
+        </is>
+      </c>
+      <c r="G907" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: película de privacidade</t>
+        </is>
+      </c>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Tamanho da letra</t>
+          <t>Tempo de inatividade para ecrã de privacidade (em segundos [0 - 3600])</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Tipo de letra</t>
+          <t>Modo de toque</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
-[...6 lines deleted...]
-      </c>
+          <t>Disable swipe motions</t>
+        </is>
+      </c>
+      <c r="C910" t="inlineStr"/>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Toque</t>
+          <t>Tamanho da letra</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Microfone</t>
+          <t>Tipo de letra</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Câmara</t>
+          <t>Tipo de letra para emoji</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Resolução de câmara</t>
+          <t>Toque</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
-[...2 lines deleted...]
-      <c r="C915" t="inlineStr"/>
+          <t>Microphone</t>
+        </is>
+      </c>
+      <c r="C915" t="inlineStr">
+        <is>
+          <t>Microfone</t>
+        </is>
+      </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Permitir servidor assistente de chamada</t>
+          <t>Câmara</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Enviar mensagens encriptadas apenas a utilizadores verificados</t>
+          <t>Resolução de câmara</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>Camera frame rate</t>
+        </is>
+      </c>
+      <c r="C918" t="inlineStr"/>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Cópia de segurança de chave online</t>
+          <t>Permitir servidor assistente de chamada</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
-[...2 lines deleted...]
-      <c r="C920" t="inlineStr"/>
+          <t>Send encrypted messages to verified users only</t>
+        </is>
+      </c>
+      <c r="C920" t="inlineStr">
+        <is>
+          <t>Enviar mensagens encriptadas apenas a utilizadores verificados</t>
+        </is>
+      </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+        </is>
+      </c>
+      <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
-[...2 lines deleted...]
-      <c r="C921" t="inlineStr"/>
+          <t>Share keys with verified users and devices</t>
+        </is>
+      </c>
+      <c r="C921" t="inlineStr">
+        <is>
+          <t>Partilhar chaves com utilizadores e dispositivos verificados</t>
+        </is>
+      </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
-[...2 lines deleted...]
-      <c r="C922" t="inlineStr"/>
+          <t>Online Key Backup</t>
+        </is>
+      </c>
+      <c r="C922" t="inlineStr">
+        <is>
+          <t>Cópia de segurança de chave online</t>
+        </is>
+      </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
-[...6 lines deleted...]
-      </c>
+          <t>Profile</t>
+        </is>
+      </c>
+      <c r="C923" t="inlineStr"/>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
-[...2 lines deleted...]
-      <c r="G923" t="inlineStr"/>
+          <t>UserSettingsModelProfile</t>
+        </is>
+      </c>
+      <c r="G923" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: perfil</t>
+        </is>
+      </c>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
-[...6 lines deleted...]
-      </c>
+          <t>User ID</t>
+        </is>
+      </c>
+      <c r="C924" t="inlineStr"/>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
-[...6 lines deleted...]
-      </c>
+          <t>Accesstoken</t>
+        </is>
+      </c>
+      <c r="C925" t="inlineStr"/>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelAccesstoken</t>
+        </is>
+      </c>
+      <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
-[...2 lines deleted...]
-      <c r="C926" t="inlineStr"/>
+          <t>Device ID</t>
+        </is>
+      </c>
+      <c r="C926" t="inlineStr">
+        <is>
+          <t>ID do dispositivo</t>
+        </is>
+      </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
-[...2 lines deleted...]
-      <c r="C927" t="inlineStr"/>
+          <t>Device Fingerprint</t>
+        </is>
+      </c>
+      <c r="C927" t="inlineStr">
+        <is>
+          <t>Impressão digital do dispositivo</t>
+        </is>
+      </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>GERAL</t>
+          <t>Servidor</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
-[...2 lines deleted...]
-      <c r="G928" t="inlineStr"/>
+          <t>UserSettingsModelHomeserver</t>
+        </is>
+      </c>
+      <c r="G928" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Servidor</t>
+        </is>
+      </c>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr"/>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr"/>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
-[...2 lines deleted...]
-      <c r="C931" t="inlineStr"/>
+          <t>GENERAL</t>
+        </is>
+      </c>
+      <c r="C931" t="inlineStr">
+        <is>
+          <t>GERAL</t>
+        </is>
+      </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr"/>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr"/>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr"/>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
-[...6 lines deleted...]
-      </c>
+          <t>TRAY</t>
+        </is>
+      </c>
+      <c r="C935" t="inlineStr"/>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
-[...6 lines deleted...]
-      </c>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
+        </is>
+      </c>
+      <c r="C936" t="inlineStr"/>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>NOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="C937" t="inlineStr"/>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelNOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Chave de sessão</t>
+          <t>CHAMADAS</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
-[...2 lines deleted...]
-      <c r="C939" t="inlineStr"/>
+          <t>ENCRYPTION</t>
+        </is>
+      </c>
+      <c r="C939" t="inlineStr">
+        <is>
+          <t>ENCRIPTAÇÃO</t>
+        </is>
+      </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
-[...2 lines deleted...]
-      <c r="C940" t="inlineStr"/>
+          <t>INFO</t>
+        </is>
+      </c>
+      <c r="C940" t="inlineStr">
+        <is>
+          <t>INFO</t>
+        </is>
+      </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
-[...2 lines deleted...]
-      <c r="G940" t="inlineStr"/>
+          <t>UserSettingsModelINFO</t>
+        </is>
+      </c>
+      <c r="G940" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: INFO</t>
+        </is>
+      </c>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Chave de auto-assinatura.</t>
+          <t>Chave de sessão</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
-[...6 lines deleted...]
-      </c>
+          <t>Cross Signing Secrets</t>
+        </is>
+      </c>
+      <c r="C942" t="inlineStr"/>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
-[...6 lines deleted...]
-      </c>
+          <t>Online backup key</t>
+        </is>
+      </c>
+      <c r="C943" t="inlineStr"/>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
-[...2 lines deleted...]
-      <c r="C944" t="inlineStr"/>
+          <t>Self signing key</t>
+        </is>
+      </c>
+      <c r="C944" t="inlineStr">
+        <is>
+          <t>Chave de auto-assinatura.</t>
+        </is>
+      </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
-[...2 lines deleted...]
-      <c r="C945" t="inlineStr"/>
+          <t>User signing key</t>
+        </is>
+      </c>
+      <c r="C945" t="inlineStr">
+        <is>
+          <t>Chave de assinatura de utilizador</t>
+        </is>
+      </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
-[...2 lines deleted...]
-      <c r="C946" t="inlineStr"/>
+          <t>Master signing key</t>
+        </is>
+      </c>
+      <c r="C946" t="inlineStr">
+        <is>
+          <t>Chave de assinatura mestra</t>
+        </is>
+      </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
-[...6 lines deleted...]
-      </c>
+          <t>Expose room information via D-Bus</t>
+        </is>
+      </c>
+      <c r="C947" t="inlineStr"/>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
+        </is>
+      </c>
+      <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
-[...6 lines deleted...]
-      </c>
+          <t>Periodically update community routing information</t>
+        </is>
+      </c>
+      <c r="C948" t="inlineStr"/>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr"/>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>Predefinido</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Predefinido</t>
+        </is>
+      </c>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Tocar o som de notificação quando chegar um convite de chamada</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Definir tempo (em segundos) depois da janela perder a 
 atenção até que o ecrã seja desfocado.
 Defina como 0 para desfocar imediatamente após perder a atenção. Valor máximo de 1 hora (3600 segundos)</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-      <c r="E949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
-      <c r="F949" t="inlineStr">
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Iniciar a aplicação em segundo plano sem mostrar a janela do cliente.</t>
+          <t>Alterar a cor de fundo das mensagens quando passar o rato por cima.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
-[...2 lines deleted...]
-      <c r="C954" t="inlineStr"/>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
+        </is>
+      </c>
+      <c r="C954" t="inlineStr">
+        <is>
+          <t>Aumentar tamanho do tipo de letra quando apenas alguns emojis são exibidos.</t>
+        </is>
+      </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
         <is>
-          <t>Allow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>Keep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="C955" t="inlineStr">
         <is>
-          <t>Permitir Markdown em mensagens.
-Quando desativada, todas as mensagens serão enviadas em texto simples.</t>
+          <t>Manter a aplicação a correr em segundo plano depois de fechar a janela.</t>
         </is>
       </c>
       <c r="D955" t="inlineStr"/>
       <c r="E955" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F955" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="G955" t="inlineStr"/>
       <c r="H955" t="inlineStr"/>
     </row>
     <row r="956">
       <c r="A956" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26255</t>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
         </is>
       </c>
       <c r="B956" t="inlineStr">
         <is>
-          <t>Invert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
-[...2 lines deleted...]
-      <c r="C956" t="inlineStr"/>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Iniciar a aplicação em segundo plano sem mostrar a janela do cliente.</t>
+        </is>
+      </c>
       <c r="D956" t="inlineStr"/>
       <c r="E956" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F956" t="inlineStr">
         <is>
-          <t>UserSettingsModelInvert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="G956" t="inlineStr"/>
       <c r="H956" t="inlineStr"/>
     </row>
     <row r="957">
       <c r="A957" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26259</t>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
         </is>
       </c>
       <c r="B957" t="inlineStr">
         <is>
-          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>Shows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="C957" t="inlineStr"/>
       <c r="D957" t="inlineStr"/>
       <c r="E957" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F957" t="inlineStr">
         <is>
-          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="G957" t="inlineStr"/>
       <c r="H957" t="inlineStr"/>
     </row>
     <row r="958">
       <c r="A958" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26262</t>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
         </is>
       </c>
       <c r="B958" t="inlineStr">
         <is>
-          <t>Avatars are resized to fit above the message.</t>
-[...2 lines deleted...]
-      <c r="C958" t="inlineStr"/>
+          <t>Allow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
+        </is>
+      </c>
+      <c r="C958" t="inlineStr">
+        <is>
+          <t>Permitir Markdown em mensagens.
+Quando desativada, todas as mensagens serão enviadas em texto simples.</t>
+        </is>
+      </c>
       <c r="D958" t="inlineStr"/>
       <c r="E958" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F958" t="inlineStr">
         <is>
-          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
+          <t>UserSettingsModelAllow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
+        </is>
+      </c>
+      <c r="C959" t="inlineStr"/>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C960" t="inlineStr"/>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Reproduzir média como GIFs e WEBPs apenas quando passar o cursor explicitamente por cima.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr"/>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Mostrar quem está a escrever numa sala.
 Irá também ativar ou desativar o envio de notificações de escrita para outros.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-      <c r="E961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
-      <c r="F961" t="inlineStr">
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="C964" t="inlineStr"/>
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="C965" t="inlineStr"/>
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...54 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
-[...2 lines deleted...]
-      <c r="C966" t="inlineStr"/>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
+        </is>
+      </c>
+      <c r="C966" t="inlineStr">
+        <is>
+          <t>Mostrar botões para resposta rápida, reações ou acesso a opções adicionais junto de cada mensagem.</t>
+        </is>
+      </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
         <is>
-          <t>Change the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>Configure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="C967" t="inlineStr"/>
       <c r="D967" t="inlineStr"/>
       <c r="E967" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F967" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="G967" t="inlineStr"/>
       <c r="H967" t="inlineStr"/>
     </row>
     <row r="968">
       <c r="A968" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26321</t>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
         </is>
       </c>
       <c r="B968" t="inlineStr">
         <is>
-          <t>Decrypt messages shown in notifications for encrypted chats.</t>
+          <t>Notify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="C968" t="inlineStr"/>
       <c r="D968" t="inlineStr"/>
       <c r="E968" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F968" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="G968" t="inlineStr"/>
       <c r="H968" t="inlineStr"/>
     </row>
     <row r="969">
       <c r="A969" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26323</t>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
         </is>
       </c>
       <c r="B969" t="inlineStr">
         <is>
-          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
+          <t>Change the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="C969" t="inlineStr"/>
       <c r="D969" t="inlineStr"/>
       <c r="E969" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F969" t="inlineStr">
         <is>
-          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
+          <t>UserSettingsModelChange the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr"/>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr"/>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr"/>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C973" t="inlineStr"/>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr"/>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C975" t="inlineStr"/>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
         <is>
-          <t>Show an alert when a message is received.
-[...7 lines deleted...]
-      </c>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr"/>
       <c r="D976" t="inlineStr"/>
       <c r="E976" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F976" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="G976" t="inlineStr"/>
       <c r="H976" t="inlineStr"/>
     </row>
     <row r="977">
       <c r="A977" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25923</t>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
         </is>
       </c>
       <c r="B977" t="inlineStr">
         <is>
-          <t>Communities sidebar</t>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="C977" t="inlineStr"/>
       <c r="D977" t="inlineStr"/>
       <c r="E977" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F977" t="inlineStr">
         <is>
-          <t>UserSettingsModelCommunities sidebar</t>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="G977" t="inlineStr"/>
       <c r="H977" t="inlineStr"/>
     </row>
     <row r="978">
       <c r="A978" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25971</t>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
         </is>
       </c>
       <c r="B978" t="inlineStr">
         <is>
-          <t>Show message counts for communities and tags</t>
-[...2 lines deleted...]
-      <c r="C978" t="inlineStr"/>
+          <t>Show an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
+        </is>
+      </c>
+      <c r="C978" t="inlineStr">
+        <is>
+          <t>Mostrar alerta quando é recebida uma mensagem.</t>
+        </is>
+      </c>
       <c r="D978" t="inlineStr"/>
       <c r="E978" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F978" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow message counts for communities and tags</t>
+          <t>UserSettingsModelShow an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr"/>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
       <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr"/>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr"/>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr"/>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="C985" t="inlineStr"/>
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="G985" t="inlineStr"/>
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="C986" t="inlineStr"/>
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
-        </is>
-[...119 lines deleted...]
-          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C987" t="inlineStr"/>
       <c r="D987" t="inlineStr"/>
       <c r="E987" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F987" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>UserSettingsModelOpens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G987" t="inlineStr"/>
       <c r="H987" t="inlineStr"/>
     </row>
     <row r="988">
       <c r="A988" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26343</t>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
         </is>
       </c>
       <c r="B988" t="inlineStr">
         <is>
-          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>Opens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C988" t="inlineStr"/>
       <c r="D988" t="inlineStr"/>
       <c r="E988" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F988" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>UserSettingsModelOpens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G988" t="inlineStr"/>
       <c r="H988" t="inlineStr"/>
     </row>
     <row r="989">
       <c r="A989" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26346</t>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
         </is>
       </c>
       <c r="B989" t="inlineStr">
         <is>
-          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>Decrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="C989" t="inlineStr">
         <is>
-          <t>Exigir que um utilizador esteja verificado para lhe enviar mensagens encriptadas. Isto melhora a segurança mas torna a encriptação mais entediante.</t>
+          <t>Desencriptar mensagens exibidas na barra lateral.
+Apenas afeta mensagens em conversas encriptadas.</t>
         </is>
       </c>
       <c r="D989" t="inlineStr"/>
       <c r="E989" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F989" t="inlineStr">
         <is>
-          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>UserSettingsModelDecrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="G989" t="inlineStr"/>
       <c r="H989" t="inlineStr"/>
     </row>
     <row r="990">
       <c r="A990" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26353</t>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
         </is>
       </c>
       <c r="B990" t="inlineStr">
         <is>
-          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
-[...2 lines deleted...]
-      <c r="C990" t="inlineStr"/>
+          <t>When the window loses focus, the timeline will
+be blurred.</t>
+        </is>
+      </c>
+      <c r="C990" t="inlineStr">
+        <is>
+          <t>Quando a janela perde a atenção, a cronologia 
+será desfocada.</t>
+        </is>
+      </c>
       <c r="D990" t="inlineStr"/>
       <c r="E990" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F990" t="inlineStr">
         <is>
-          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>UserSettingsModelWhen the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr"/>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
+        </is>
+      </c>
+      <c r="C992" t="inlineStr"/>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>A sua chave mais importante. Não necessita de a armazenar na cache, visto que será menos provável que seja roubada e só é necessária para rodar as outras chaves de assinatura.</t>
+          <t>Exigir que um utilizador esteja verificado para lhe enviar mensagens encriptadas. Isto melhora a segurança mas torna a encriptação mais entediante.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
         <is>
-          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="C994" t="inlineStr"/>
       <c r="D994" t="inlineStr"/>
       <c r="E994" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F994" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="G994" t="inlineStr"/>
       <c r="H994" t="inlineStr"/>
     </row>
     <row r="995">
       <c r="A995" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26402</t>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
         </is>
       </c>
       <c r="B995" t="inlineStr">
         <is>
-          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="C995" t="inlineStr"/>
       <c r="D995" t="inlineStr"/>
       <c r="E995" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F995" t="inlineStr">
         <is>
-          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="G995" t="inlineStr"/>
       <c r="H995" t="inlineStr"/>
     </row>
     <row r="996">
       <c r="A996" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26408</t>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
         </is>
       </c>
       <c r="B996" t="inlineStr">
         <is>
-          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
-[...2 lines deleted...]
-      <c r="C996" t="inlineStr"/>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>A chave para verificar outros utilizadores. Se armazenada em cache, verificar um utilizador irá verificar todos os seus dispositivos.</t>
+        </is>
+      </c>
       <c r="D996" t="inlineStr"/>
       <c r="E996" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F996" t="inlineStr">
         <is>
-          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="G996" t="inlineStr"/>
       <c r="H996" t="inlineStr"/>
     </row>
     <row r="997">
       <c r="A997" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26412</t>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
         </is>
       </c>
       <c r="B997" t="inlineStr">
         <is>
-          <t>Manage your ignored users.</t>
-[...2 lines deleted...]
-      <c r="C997" t="inlineStr"/>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>A sua chave mais importante. Não necessita de a armazenar na cache, visto que será menos provável que seja roubada e só é necessária para rodar as outras chaves de assinatura.</t>
+        </is>
+      </c>
       <c r="D997" t="inlineStr"/>
       <c r="E997" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F997" t="inlineStr">
         <is>
-          <t>UserSettingsModelManage your ignored users.</t>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="G997" t="inlineStr"/>
       <c r="H997" t="inlineStr"/>
     </row>
     <row r="998">
       <c r="A998" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
         </is>
       </c>
       <c r="B998" t="inlineStr">
         <is>
-          <t>Always</t>
+          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="C998" t="inlineStr"/>
       <c r="D998" t="inlineStr"/>
       <c r="E998" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F998" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlways</t>
+          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr"/>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr"/>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr"/>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr"/>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
-[...6 lines deleted...]
-      </c>
+          <t>Only in private rooms</t>
+        </is>
+      </c>
+      <c r="C1003" t="inlineStr"/>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelOnly in private rooms</t>
+        </is>
+      </c>
+      <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Never</t>
+        </is>
+      </c>
+      <c r="C1004" t="inlineStr"/>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelNever</t>
+        </is>
+      </c>
+      <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
-[...6 lines deleted...]
-      </c>
+          <t>System font</t>
+        </is>
+      </c>
+      <c r="C1008" t="inlineStr"/>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>System emoji font</t>
+        </is>
+      </c>
+      <c r="C1009" t="inlineStr"/>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Insira a palavra-passe para encriptar as suas chaves de sessão:</t>
+          <t>Selecionar um ficheiro</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
-[...2 lines deleted...]
-      <c r="G1010" t="inlineStr"/>
+          <t>UserSettingsModelSelect a file</t>
+        </is>
+      </c>
+      <c r="G1010" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Selecionar um ficheiro</t>
+        </is>
+      </c>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
-[...2 lines deleted...]
-      <c r="C1011" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C1011" t="inlineStr">
+        <is>
+          <t>Todos os ficheiros (*)</t>
+        </is>
+      </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
-[...2 lines deleted...]
-      <c r="G1011" t="inlineStr"/>
+          <t>UserSettingsModelAll Files (*)</t>
+        </is>
+      </c>
+      <c r="G1011" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Todos os ficheiros (*)</t>
+        </is>
+      </c>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
-[...2 lines deleted...]
-      <c r="C1012" t="inlineStr"/>
+          <t>Open Sessions File</t>
+        </is>
+      </c>
+      <c r="C1012" t="inlineStr">
+        <is>
+          <t>Abrir ficheiro de sessões</t>
+        </is>
+      </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
-[...2 lines deleted...]
-      <c r="C1013" t="inlineStr"/>
+          <t>Error</t>
+        </is>
+      </c>
+      <c r="C1013" t="inlineStr">
+        <is>
+          <t>Erro</t>
+        </is>
+      </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Ficheiro onde guardar as chaves de sessão exportadas</t>
+          <t>Palavra-passe do ficheiro</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>ARMAZENADO EM CACHE</t>
+          <t>Insira a palavra-passe para desencriptar o ficheiro:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>NÃO ARMAZENADO EM CACHE</t>
+          <t>A palavra-passe não pode estar vazia</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>IMPORTAR</t>
+          <t>Insira a palavra-passe para encriptar as suas chaves de sessão:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C1018" t="inlineStr"/>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="C1019" t="inlineStr"/>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passwords don't match</t>
+        </is>
+      </c>
+      <c r="C1020" t="inlineStr"/>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
-[...2 lines deleted...]
-      <c r="C1021" t="inlineStr"/>
+          <t>File to save the exported session keys</t>
+        </is>
+      </c>
+      <c r="C1021" t="inlineStr">
+        <is>
+          <t>Ficheiro onde guardar as chaves de sessão exportadas</t>
+        </is>
+      </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
-[...2 lines deleted...]
-      <c r="C1022" t="inlineStr"/>
+          <t>CACHED</t>
+        </is>
+      </c>
+      <c r="C1022" t="inlineStr">
+        <is>
+          <t>ARMAZENADO EM CACHE</t>
+        </is>
+      </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Voltar</t>
+          <t>NÃO ARMAZENADO EM CACHE</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsPageNOT CACHED</t>
+        </is>
+      </c>
+      <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Não foi encontrada nenhuma conversa privada e encriptada com este utilizador. Crie uma e tente novamente.</t>
+          <t>IMPORTAR</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
-[...2 lines deleted...]
-      <c r="C1025" t="inlineStr"/>
+          <t>EXPORT</t>
+        </is>
+      </c>
+      <c r="C1025" t="inlineStr">
+        <is>
+          <t>EXPORTAR</t>
+        </is>
+      </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
-[...2 lines deleted...]
-      <c r="C1026" t="inlineStr"/>
+          <t>DOWNLOAD</t>
+        </is>
+      </c>
+      <c r="C1026" t="inlineStr">
+        <is>
+          <t>DESCARREGAR</t>
+        </is>
+      </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
-[...2 lines deleted...]
-      <c r="C1027" t="inlineStr"/>
+          <t>REQUEST</t>
+        </is>
+      </c>
+      <c r="C1027" t="inlineStr">
+        <is>
+          <t>PEDIR</t>
+        </is>
+      </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr"/>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>MANAGE</t>
+        </is>
+      </c>
+      <c r="C1029" t="inlineStr"/>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Bem-vindo(a) ao Nheko! Um cliente de computador para o protocolo Matrix.</t>
+          <t>Voltar</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
-[...2 lines deleted...]
-      <c r="G1030" t="inlineStr"/>
+          <t>UserSettingsPageBack</t>
+        </is>
+      </c>
+      <c r="G1030" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Voltar</t>
+        </is>
+      </c>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
-[...2 lines deleted...]
-      <c r="C1031" t="inlineStr"/>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+        </is>
+      </c>
+      <c r="C1031" t="inlineStr">
+        <is>
+          <t>Não foi encontrada nenhuma conversa privada e encriptada com este utilizador. Crie uma e tente novamente.</t>
+        </is>
+      </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
-[...6 lines deleted...]
-      </c>
+          <t>Waiting for other party…</t>
+        </is>
+      </c>
+      <c r="C1032" t="inlineStr"/>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
-[...6 lines deleted...]
-      </c>
+          <t>WaitingWaiting for other party…</t>
+        </is>
+      </c>
+      <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
-[...6 lines deleted...]
-      </c>
+          <t>Waiting for other side to accept the verification request.</t>
+        </is>
+      </c>
+      <c r="C1033" t="inlineStr"/>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
-[...6 lines deleted...]
-      </c>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
+        </is>
+      </c>
+      <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr"/>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr"/>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Ontem</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Pessoas</t>
+          <t>Bem-vindo(a) ao Nheko! Um cliente de computador para o protocolo Matrix.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enjoy your stay!</t>
+        </is>
+      </c>
+      <c r="C1038" t="inlineStr"/>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Comida</t>
+          <t>REGISTAR</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
-[...2 lines deleted...]
-      <c r="G1039" t="inlineStr"/>
+          <t>WelcomePageREGISTER</t>
+        </is>
+      </c>
+      <c r="G1039" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: REGISTAR</t>
+        </is>
+      </c>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Actividades</t>
+          <t>INCIAR SESSÃO</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
-[...2 lines deleted...]
-      <c r="G1040" t="inlineStr"/>
+          <t>WelcomePageLOGIN</t>
+        </is>
+      </c>
+      <c r="G1040" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: INCIAR SESSÃO</t>
+        </is>
+      </c>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reduce animations</t>
+        </is>
+      </c>
+      <c r="C1041" t="inlineStr"/>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C1042" t="inlineStr"/>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Símbolos</t>
+          <t>Ontem</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Bandeiras</t>
+          <t>Pessoas</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1045" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C1045" t="inlineStr">
+        <is>
+          <t>Natureza</t>
+        </is>
+      </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Enviou uma mensagem áudio</t>
+          <t>Comida</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 enviou uma mensagem áudio</t>
+          <t>Actividades</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Enviou uma imagem</t>
+          <t>Viagem</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 enviou uma mensagem</t>
+          <t>Objetos</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Enviou um ficheiro</t>
+          <t>Símbolos</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 enviou um ficheiro</t>
+          <t>Bandeiras</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
-[...6 lines deleted...]
-      </c>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C1052" t="inlineStr"/>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 enviou um vídeo</t>
+          <t>Enviou uma mensagem áudio</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Enviou um autocolante</t>
+          <t>%1 enviou uma mensagem áudio</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 enviou um autocolante</t>
+          <t>Enviou uma imagem</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Enviou uma notificação</t>
+          <t>%1 enviou uma mensagem</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 enviou uma notificação</t>
+          <t>Enviou um ficheiro</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1058" t="inlineStr"/>
+          <t>%1 sent a file</t>
+        </is>
+      </c>
+      <c r="C1058" t="inlineStr">
+        <is>
+          <t>%1 enviou um ficheiro</t>
+        </is>
+      </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1059" t="inlineStr"/>
+          <t>You sent a video</t>
+        </is>
+      </c>
+      <c r="C1059" t="inlineStr">
+        <is>
+          <t>Enviou um vídeo</t>
+        </is>
+      </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Você: %1</t>
+          <t>%1 enviou um vídeo</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Enviou um autocolante</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
-[...2 lines deleted...]
-      <c r="C1062" t="inlineStr"/>
+          <t>%1 sent a sticker</t>
+        </is>
+      </c>
+      <c r="C1062" t="inlineStr">
+        <is>
+          <t>%1 enviou um autocolante</t>
+        </is>
+      </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
-[...2 lines deleted...]
-      <c r="C1063" t="inlineStr"/>
+          <t>You sent a notification</t>
+        </is>
+      </c>
+      <c r="C1063" t="inlineStr">
+        <is>
+          <t>Enviou uma notificação</t>
+        </is>
+      </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
-[...2 lines deleted...]
-      <c r="C1064" t="inlineStr"/>
+          <t>%1 sent a notification</t>
+        </is>
+      </c>
+      <c r="C1064" t="inlineStr">
+        <is>
+          <t>%1 enviou uma notificação</t>
+        </is>
+      </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1065" t="inlineStr"/>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1066" t="inlineStr"/>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Iniciou uma chamada</t>
+          <t>Você: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 iniciou uma chamada</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1: %2</t>
+        </is>
+      </c>
+      <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1069" t="inlineStr"/>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1070" t="inlineStr"/>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1 sent a chat effect</t>
+        </is>
+      </c>
+      <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>* %1 spoils something.</t>
+        </is>
+      </c>
+      <c r="C1071" t="inlineStr"/>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 terminou uma chamada</t>
+          <t>Enviou uma mensagem encriptada</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
-[...2 lines deleted...]
-      <c r="G1072" t="inlineStr"/>
+          <t>message-description sent:You sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G1072" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 enviou uma mensagem encriptada</t>
+        </is>
+      </c>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
-[...2 lines deleted...]
-      <c r="C1073" t="inlineStr"/>
+          <t>%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="C1073" t="inlineStr">
+        <is>
+          <t>%1 enviou uma mensagem encriptada</t>
+        </is>
+      </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
-[...2 lines deleted...]
-      <c r="C1074" t="inlineStr"/>
+          <t>You placed a call</t>
+        </is>
+      </c>
+      <c r="C1074" t="inlineStr">
+        <is>
+          <t>Iniciou uma chamada</t>
+        </is>
+      </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Tipo de mensagem desconhecido</t>
+          <t>%1 iniciou uma chamada</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
+          <t>message-description sent:%1 placed a call</t>
+        </is>
+      </c>
+      <c r="G1075" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 iniciou uma chamada.</t>
+        </is>
+      </c>
+      <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Atendeu uma chamada</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 atendeu uma chamada</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 atendeu a chamada.</t>
+        </is>
+      </c>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Terminou uma chamada</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 terminou uma chamada</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr"/>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr"/>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Tipo de mensagem desconhecido</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
           <t>utilsUnknown Message Type</t>
         </is>
       </c>
-      <c r="G1075" t="inlineStr"/>
-      <c r="H1075" t="inlineStr"/>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>