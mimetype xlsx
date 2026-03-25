--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H546"/>
+  <dimension ref="A1:H542"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,14963 +493,14863 @@
           <t>Parent community</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Comunidade mãe</t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogParent community</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nheko vai voltar ao menu de iniciar sessão devido ao seguinte:
 %1
 Se acha que há um engano, tente fechar o programa para recuperar as suas chaves de encriptação. Quando voltar ao menu de iniciar sessão, pode voltar a tentar entrar na sua conta normalmente.</t>
         </is>
       </c>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr"/>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Não foi possível entrar na sala %1. Pode tentar bater à porta
 para alguém o deixar entrar.   
 Também pode dar a razão pela qual quer entrar:</t>
         </is>
       </c>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Insira uma razão para a expulsão de %1 (%2) ou carregue no Enter para saltar:</t>
         </is>
       </c>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
-      <c r="G7" t="inlineStr"/>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: /me &lt;mensagem&gt;</t>
+        </is>
+      </c>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>/react &lt;text&gt;</t>
+          <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>CommandCompleter/react &lt;text&gt;</t>
-[...6 lines deleted...]
-      </c>
+          <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>/join &lt;!roomid|#alias&gt; [reason]</t>
+          <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
+          <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
+          <t>/part [reason]</t>
         </is>
       </c>
       <c r="C10" t="inlineStr"/>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
-[...2 lines deleted...]
-      <c r="G10" t="inlineStr"/>
+          <t>CommandCompleter/part [reason]</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: /part [razão]</t>
+        </is>
+      </c>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>/part [reason]</t>
+          <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C11" t="inlineStr"/>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>CommandCompleter/part [reason]</t>
-[...6 lines deleted...]
-      </c>
+          <t>CommandCompleter/leave [reason]</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>/leave [reason]</t>
+          <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C12" t="inlineStr"/>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>CommandCompleter/leave [reason]</t>
+          <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>/redact &lt;$eventid|@userid&gt;</t>
+          <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C13" t="inlineStr"/>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
+          <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>/roomnick &lt;displayname&gt;</t>
+          <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
+          <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>/shrug [message]</t>
+          <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>CommandCompleter/shrug [message]</t>
+          <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>/md &lt;message&gt;</t>
+          <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>CommandCompleter/md &lt;message&gt;</t>
+          <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>/cmark &lt;message&gt;</t>
+          <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>CommandCompleter/cmark &lt;message&gt;</t>
+          <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>/plain &lt;message&gt;</t>
+          <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>CommandCompleter/plain &lt;message&gt;</t>
+          <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>/rainbow &lt;message&gt;</t>
+          <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>CommandCompleter/rainbow &lt;message&gt;</t>
+          <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>/rainbowme &lt;message&gt;</t>
+          <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>CommandCompleter/rainbowme &lt;message&gt;</t>
+          <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>/notice &lt;message&gt;</t>
+          <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>CommandCompleter/notice &lt;message&gt;</t>
+          <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>/rainbownotice &lt;message&gt;</t>
+          <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
+          <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>/confetti [message]</t>
+          <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>CommandCompleter/confetti [message]</t>
+          <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>/rainbowconfetti [message]</t>
+          <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>CommandCompleter/rainbowconfetti [message]</t>
+          <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>/invite &lt;@userid&gt; [reason]</t>
+          <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
+          <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>/kick &lt;@userid&gt; [reason]</t>
+          <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C26" t="inlineStr"/>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
+          <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>/ban &lt;@userid&gt; [reason]</t>
+          <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C27" t="inlineStr"/>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
+          <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>/unban &lt;@userid&gt; [reason]</t>
+          <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
+          <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>/rainfall [message]</t>
+          <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C29" t="inlineStr"/>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>CommandCompleter/rainfall [message]</t>
+          <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>/msgtype &lt;msgtype&gt; [message]</t>
+          <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C30" t="inlineStr"/>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
+          <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>/glitch &lt;message&gt;</t>
+          <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>CommandCompleter/glitch &lt;message&gt;</t>
+          <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>/gradualglitch &lt;message&gt;</t>
+          <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
+          <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>/goto &lt;message reference&gt;</t>
+          <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C33" t="inlineStr"/>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>CommandCompleter/goto &lt;message reference&gt;</t>
+          <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
+          <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
+          <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
+          <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C35" t="inlineStr"/>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
+          <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
+          <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C36" t="inlineStr"/>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
+          <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
+          <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C37" t="inlineStr"/>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
+          <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Send a message with a glitch effect.</t>
+          <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a message with a glitch effect.</t>
+          <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Send a message that gradually glitches.</t>
+          <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a message that gradually glitches.</t>
+          <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Block all invites from a user, a server, to a specific room or set the default.</t>
+          <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
+          <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
-[...2 lines deleted...]
-      <c r="C41" t="inlineStr"/>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>Encriptação</t>
+        </is>
+      </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
-[...2 lines deleted...]
-      <c r="G41" t="inlineStr"/>
+          <t>CreateDirectEncryption</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Encriptação</t>
+        </is>
+      </c>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Topic</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>Encriptação</t>
+          <t>Assunto</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>CreateDirectEncryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>CreateRoomTopic</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Topic</t>
+          <t>No topic</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>Assunto</t>
+          <t>Sem assunto</t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>CreateRoomTopic</t>
+          <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>No topic</t>
+          <t>Alias</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>Sem assunto</t>
+          <t>Alcunha</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>CreateRoomNo topic</t>
+          <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Alias</t>
+          <t>Encryption</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>Alcunha</t>
+          <t>Encriptação</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>CreateRoomAlias</t>
-[...2 lines deleted...]
-      <c r="G45" t="inlineStr"/>
+          <t>CreateRoomEncryption</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Encriptação</t>
+        </is>
+      </c>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>Encriptação</t>
+          <t>Atenção: Não é possível desativar a encriptação</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>CreateRoomEncryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>CreateRoomCaution: Encryption cannot be disabled</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Caution: Encryption cannot be disabled</t>
+          <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>Atenção: Não é possível desativar a encriptação</t>
+          <t>%1 ativou a encriptação ponta-a-ponta</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>CreateRoomCaution: Encryption cannot be disabled</t>
+          <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>%1 enabled end-to-end encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
+          <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
+          <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
+          <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
+          <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C50" t="inlineStr"/>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
-[...2 lines deleted...]
-      <c r="G50" t="inlineStr"/>
+          <t>EncryptionIndicatorEncrypted by an unverified device.</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Encriptado por um dispositivo verificado.</t>
+        </is>
+      </c>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Encrypted by an unverified device.</t>
+          <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>EncryptionIndicatorEncrypted by an unverified device.</t>
-[...6 lines deleted...]
-      </c>
+          <t>EventExpirationDialogEvent expiration for %1</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Event expiration for %1</t>
+          <t>Event expiration</t>
         </is>
       </c>
       <c r="C52" t="inlineStr"/>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>EventExpirationDialogEvent expiration for %1</t>
+          <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Event expiration</t>
+          <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C53" t="inlineStr"/>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>EventExpirationDialogEvent expiration</t>
-[...2 lines deleted...]
-      <c r="G53" t="inlineStr"/>
+          <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Em %1, podes configurar quando é que as tuas mensagens são eliminadas. Isto só acontece quando o Nheko está aberto e tem permissões para eliminar as tuas mensagens, até que os servidores Matrix suportem esta funcionalidade nativamente. De uma maneira geral, 0 é o mesmo que desativar.</t>
+        </is>
+      </c>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
+          <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
-[...6 lines deleted...]
-      </c>
+          <t>EventExpirationDialogExpire events after X days</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Expire events after X days</t>
+          <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>EventExpirationDialogExpire events after X days</t>
+          <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
+          <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
+          <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Only keep latest X events</t>
+          <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C57" t="inlineStr"/>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>EventExpirationDialogOnly keep latest X events</t>
+          <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
+          <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C58" t="inlineStr"/>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
+          <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Always keep latest X events</t>
+          <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C59" t="inlineStr"/>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>EventExpirationDialogAlways keep latest X events</t>
+          <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
+          <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C60" t="inlineStr"/>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
+          <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
+          <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
+          <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>The verification was accepted by a different device.</t>
+          <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C62" t="inlineStr"/>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>FailedThe verification was accepted by a different device.</t>
+          <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Fallback authentication</t>
+          <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C63" t="inlineStr"/>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>FallbackAuthDialogFallback authentication</t>
+          <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Open the fallback, follow the steps, and confirm after completing them.</t>
+          <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C64" t="inlineStr"/>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
+          <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Open Fallback in Browser</t>
-[...2 lines deleted...]
-      <c r="C65" t="inlineStr"/>
+          <t>Account Pack</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>Pacote de conta</t>
+        </is>
+      </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>FallbackAuthDialogOpen Fallback in Browser</t>
+          <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Account Pack</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr"/>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>GridImagePackModelAccount Pack</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
-[...2 lines deleted...]
-      <c r="C67" t="inlineStr"/>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>Mostrar</t>
+        </is>
+      </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
-[...2 lines deleted...]
-      <c r="G67" t="inlineStr"/>
+          <t>ImageMessageShow</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mostrar</t>
+        </is>
+      </c>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Show</t>
-[...6 lines deleted...]
-      </c>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr"/>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+        </is>
+      </c>
+      <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C69" t="inlineStr"/>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C70" t="inlineStr"/>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
-[...2 lines deleted...]
-      <c r="C71" t="inlineStr"/>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>@utilizador:oteuservidor.exemplo.com</t>
+        </is>
+      </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InviteDialog
+Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr"/>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>InviteDialog
-Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C73" t="inlineStr"/>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
-[...2 lines deleted...]
-      <c r="C74" t="inlineStr"/>
+          <t>SSO LOGIN</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>ENTRAR COM ISU (SSO)</t>
+        </is>
+      </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>e.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>ENTRAR COM ISU (SSO)</t>
+          <t>p.ex. @utilizador:oteuservidor.exemplo.com</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13579</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
-        <is>
-[...28 lines deleted...]
-      <c r="B77" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C77" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F77" t="inlineStr">
+      <c r="C76" t="inlineStr"/>
+      <c r="D76" t="inlineStr"/>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
+      <c r="G76" t="inlineStr"/>
+      <c r="H76" t="inlineStr"/>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13639</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr"/>
+      <c r="D77" t="inlineStr"/>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+        </is>
+      </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C78" t="inlineStr"/>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageyourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13653</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>The address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C79" t="inlineStr"/>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageThe address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>The address that can be used to contact your homeserver's client API.
-[...3 lines deleted...]
-      <c r="C80" t="inlineStr"/>
+          <t>Failed to upload media. Please try again.</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>Falha ao carregar mídia. Por favor, tente novamente.</t>
+        </is>
+      </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>LoginPageThe address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Don't mention them in this message</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr"/>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C82" t="inlineStr"/>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C83" t="inlineStr"/>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="C84" t="inlineStr"/>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NotificationsManager
+Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C85" t="inlineStr"/>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>NotificationsManager
-Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C86" t="inlineStr"/>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C87" t="inlineStr"/>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C88" t="inlineStr"/>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C89" t="inlineStr"/>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C90" t="inlineStr"/>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
-[...2 lines deleted...]
-      <c r="G90" t="inlineStr"/>
+          <t>PowerLevelEditorAdministrator (%1)</t>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: </t>
+        </is>
+      </c>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C91" t="inlineStr"/>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Moderator (%1)</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C93" t="inlineStr"/>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C94" t="inlineStr"/>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C95" t="inlineStr"/>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C96" t="inlineStr"/>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Add new role</t>
-[...2 lines deleted...]
-      <c r="C97" t="inlineStr"/>
+          <t>Add</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>Adicionar</t>
+        </is>
+      </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
-[...2 lines deleted...]
-      <c r="G97" t="inlineStr"/>
+          <t>PowerLevelEditorAdd</t>
+        </is>
+      </c>
+      <c r="G97" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Adicionar</t>
+        </is>
+      </c>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Add</t>
-[...6 lines deleted...]
-      </c>
+          <t>Move users up or down to change their permissions</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+        </is>
+      </c>
+      <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C99" t="inlineStr"/>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C101" t="inlineStr"/>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C102" t="inlineStr"/>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C103" t="inlineStr"/>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C110" t="inlineStr"/>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C111" t="inlineStr"/>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>User: %1</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C114" t="inlineStr"/>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
-[...2 lines deleted...]
-      <c r="G116" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelBan other users</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Banir o utilizador.</t>
+        </is>
+      </c>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C119" t="inlineStr"/>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C120" t="inlineStr"/>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C121" t="inlineStr"/>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
-[...2 lines deleted...]
-      <c r="G121" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
+        </is>
+      </c>
+      <c r="G121" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 alterou o ícone da sala</t>
+        </is>
+      </c>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C123" t="inlineStr"/>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C124" t="inlineStr"/>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C128" t="inlineStr"/>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
-      <c r="H136" t="inlineStr"/>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
-      <c r="H138" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C151" t="inlineStr"/>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
-[...2 lines deleted...]
-      <c r="C158" t="inlineStr"/>
+          <t>Send</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>Enviar</t>
+        </is>
+      </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
-[...2 lines deleted...]
-      <c r="G158" t="inlineStr"/>
+          <t>QObjectSend</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Enviar</t>
+        </is>
+      </c>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Respond</t>
-[...2 lines deleted...]
-      <c r="C159" t="inlineStr"/>
+          <t>Write a message…</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>Escreva uma mensagem…</t>
+        </is>
+      </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
-[...2 lines deleted...]
-      <c r="G159" t="inlineStr"/>
+          <t>QObjectWrite a message...</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Escreva uma mensagem…</t>
+        </is>
+      </c>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Enviar</t>
+          <t>Solucione o reCAPTCHA e clique no botão de confirmação</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Write a message…</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open reCAPTCHA</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Solucione o reCAPTCHA e clique no botão de confirmação</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
-[...2 lines deleted...]
-      <c r="G162" t="inlineStr"/>
+          <t>ReCaptchaDialogCancel</t>
+        </is>
+      </c>
+      <c r="G162" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cancelar</t>
+        </is>
+      </c>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="C163" t="inlineStr"/>
+          <t>Confirm</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>Confirmar</t>
+        </is>
+      </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="G163" t="inlineStr"/>
+          <t>ReCaptchaDialogConfirm</t>
+        </is>
+      </c>
+      <c r="G163" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Confirmar</t>
+        </is>
+      </c>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Confirm</t>
-[...6 lines deleted...]
-      </c>
+          <t>Server does not support querying registration flows!</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageServer does not support querying registration flows!</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
-[...2 lines deleted...]
-      <c r="C171" t="inlineStr"/>
+          <t>Back</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>Voltar</t>
+        </is>
+      </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
-[...2 lines deleted...]
-      <c r="G171" t="inlineStr"/>
+          <t>RegisterPageBack</t>
+        </is>
+      </c>
+      <c r="G171" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Voltar</t>
+        </is>
+      </c>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Voltar</t>
+          <t>Nome do dispositivo</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Voltar</t>
+          <t>Suggested in Weblate: Nome do dispositivo</t>
         </is>
       </c>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Device name</t>
-[...6 lines deleted...]
-      </c>
+          <t>Cancel Edit</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReplyPopupCancel Edit</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
-[...2 lines deleted...]
-      <c r="C177" t="inlineStr"/>
+          <t>Report message</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>Denunciar mensagem</t>
+        </is>
+      </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
-[...2 lines deleted...]
-      <c r="G177" t="inlineStr"/>
+          <t>ReportMessageReport message</t>
+        </is>
+      </c>
+      <c r="G177" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Denunciar mensagem</t>
+        </is>
+      </c>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Report message</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enter your reason for reporting:</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReportMessageEnter your reason for reporting:</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Serious</t>
-[...2 lines deleted...]
-      <c r="C186" t="inlineStr"/>
+          <t>Join</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>Entrar</t>
+        </is>
+      </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
-[...2 lines deleted...]
-      <c r="G186" t="inlineStr"/>
+          <t>RoomDirectoryJoin</t>
+        </is>
+      </c>
+      <c r="G186" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Entrar</t>
+        </is>
+      </c>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Entrar</t>
+          <t>Fechar</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Entrar</t>
+          <t>Suggested in Weblate: Fechar</t>
         </is>
       </c>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Create a new community</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr"/>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListCreate a new community</t>
+        </is>
+      </c>
+      <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
-[...2 lines deleted...]
-      <c r="G197" t="inlineStr"/>
+          <t>RoomListMark as read</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: &amp;Marcar como lida</t>
+        </is>
+      </c>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
-[...2 lines deleted...]
-      <c r="G198" t="inlineStr"/>
+          <t>RoomListRoom settings</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Definições de sala</t>
+        </is>
+      </c>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListCopy room link</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomMembersSearch...</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20195</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Search...</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>RoomMembersSearch...</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20205</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t xml:space="preserve">Sort by: </t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t xml:space="preserve">RoomMembersSort by: </t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
-[...2 lines deleted...]
-      <c r="G204" t="inlineStr"/>
+          <t>RoomMembersPower level</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: nível de poder</t>
+        </is>
+      </c>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Display name</t>
-[...2 lines deleted...]
-      <c r="C205" t="inlineStr"/>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>Definições de sala</t>
+        </is>
+      </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Room Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change name of this room</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C208" t="inlineStr"/>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
-[...2 lines deleted...]
-      <c r="C209" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>%n membro</t>
+        </is>
+      </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
-[...2 lines deleted...]
-      <c r="G209" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n membro, , %n membro</t>
+        </is>
+      </c>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...6 lines deleted...]
-      </c>
+          <t>No topic set</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogNo topic set</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C214" t="inlineStr"/>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="C215" t="inlineStr"/>
+          <t>Notifications</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Notificações</t>
+        </is>
+      </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
-[...2 lines deleted...]
-      <c r="C216" t="inlineStr"/>
+          <t>Muted</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>Silenciada</t>
+        </is>
+      </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Notificações</t>
+          <t>Apenas menções</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Silenciada</t>
+          <t>Todas as mensagens</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>Mentions only</t>
-[...6 lines deleted...]
-      </c>
+          <t>ENTRY PERMISSIONS</t>
+        </is>
+      </c>
+      <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>All messages</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anyone can join</t>
+        </is>
+      </c>
+      <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
-[...2 lines deleted...]
-      <c r="C224" t="inlineStr"/>
+          <t>Change</t>
+        </is>
+      </c>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>Alterar</t>
+        </is>
+      </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Change</t>
-[...6 lines deleted...]
-      </c>
+          <t>Allow guests to join</t>
+        </is>
+      </c>
+      <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C232" t="inlineStr"/>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C233" t="inlineStr"/>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C234" t="inlineStr"/>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C235" t="inlineStr"/>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr"/>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C244" t="inlineStr"/>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
-[...2 lines deleted...]
-      <c r="C246" t="inlineStr"/>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C246" t="inlineStr">
+        <is>
+          <t>Encriptação</t>
+        </is>
+      </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogEncryption</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
-[...2 lines deleted...]
-      <c r="C247" t="inlineStr"/>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <t>Encriptação ponta-a-ponta</t>
+        </is>
+      </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
-[...2 lines deleted...]
-      <c r="G247" t="inlineStr"/>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G247" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Encriptação Ponta-a-Ponta</t>
+        </is>
+      </c>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
+        </is>
+      </c>
+      <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Permissions</t>
+        </is>
+      </c>
+      <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogPermission</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Aliases</t>
-[...2 lines deleted...]
-      <c r="C253" t="inlineStr"/>
+          <t>Sticker &amp; Emote Settings</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>Definições de autocolantes e emojis</t>
+        </is>
+      </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Definições de autocolantes e emojis</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
-[...2 lines deleted...]
-      <c r="C256" t="inlineStr"/>
+          <t>Internal ID</t>
+        </is>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>ID interno</t>
+        </is>
+      </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>INFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>Copied to clipboard</t>
+        </is>
+      </c>
+      <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>ID interno</t>
+          <t>Versão da sala</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Room Version</t>
-[...6 lines deleted...]
-      </c>
+          <t>show more</t>
+        </is>
+      </c>
+      <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Request screencast</t>
-[...2 lines deleted...]
-      <c r="C266" t="inlineStr"/>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>Esta é a sua chave de recuperação. Irá necessitar dela para restabelecer o acesso às suas mensagens encriptadas e chaves de verificação. Mantenha-a segura. Não a partilhe com ninguém e não a perca! Não aceite dinheiro em troca da chave!</t>
+        </is>
+      </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
-[...6 lines deleted...]
-      </c>
+          <t>Official community for this room</t>
+        </is>
+      </c>
+      <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
-[...2 lines deleted...]
-      <c r="C275" t="inlineStr"/>
+          <t>%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>%1 iniciou uma chamada de voz.</t>
+        </is>
+      </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
-[...2 lines deleted...]
-      <c r="C276" t="inlineStr"/>
+          <t>%1 placed a video call.</t>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <t>%1 iniciou uma chamada de vídeo.</t>
+        </is>
+      </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>%1 iniciou uma chamada de voz.</t>
+          <t>%1 iniciou uma chamada.</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
-[...2 lines deleted...]
-      <c r="G277" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 iniciou uma chamada</t>
+        </is>
+      </c>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>%1 iniciou uma chamada de vídeo.</t>
+          <t>%1 atendeu a chamada.</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
-[...2 lines deleted...]
-      <c r="G278" t="inlineStr"/>
+          <t>TimelineEvent%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="G278" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 atendeu uma chamada</t>
+        </is>
+      </c>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 rejected the call.</t>
+        </is>
+      </c>
+      <c r="C279" t="inlineStr"/>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 rejected the call.</t>
+        </is>
+      </c>
+      <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="C280" t="inlineStr"/>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
-[...2 lines deleted...]
-      <c r="C281" t="inlineStr"/>
+          <t>%1 ended the call.</t>
+        </is>
+      </c>
+      <c r="C281" t="inlineStr">
+        <is>
+          <t>%1 terminou a chamada.</t>
+        </is>
+      </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>%1 terminou a chamada.</t>
+          <t>Permitir a entrada</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Allow them in</t>
-[...6 lines deleted...]
-      </c>
+          <t>Go to replacement room</t>
+        </is>
+      </c>
+      <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
-[...2 lines deleted...]
-      <c r="C286" t="inlineStr"/>
+          <t>Edited</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr">
+        <is>
+          <t>Editada</t>
+        </is>
+      </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Edited</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C290" t="inlineStr"/>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C294" t="inlineStr"/>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C303" t="inlineStr"/>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C306" t="inlineStr"/>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C307" t="inlineStr"/>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C313" t="inlineStr"/>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C317" t="inlineStr"/>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C319" t="inlineStr"/>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C320" t="inlineStr"/>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C321" t="inlineStr"/>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C322" t="inlineStr"/>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>Removed by %1</t>
         </is>
       </c>
       <c r="C323" t="inlineStr"/>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModelRemoved by %1</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>Removed by %1 because: %2</t>
         </is>
       </c>
       <c r="C325" t="inlineStr"/>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModelRemoved by %1 because: %2</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="C326" t="inlineStr"/>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22212</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>%2 revoked the invite to %1.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>TimelineModel%2 revoked the invite to %1.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22207</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>%2 kicked %1.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>TimelineModel%2 kicked %1.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22214</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>%2 unbanned %1.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>TimelineModel%2 unbanned %1.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C334" t="inlineStr"/>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
-[...2 lines deleted...]
-      <c r="C341" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C341" t="inlineStr">
+        <is>
+          <t>%1 criou e configurou a sala: %2</t>
+        </is>
+      </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>%n hour later</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 invited %2.</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22228</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>%1 banned %2</t>
-[...2 lines deleted...]
-      <c r="C348" t="inlineStr"/>
+          <t>You are about to notify the whole room</t>
+        </is>
+      </c>
+      <c r="C348" t="inlineStr">
+        <is>
+          <t>Está prestes a notificar toda a sala</t>
+        </is>
+      </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>TimelineModel%1 banned %2</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/TimelineSectionHeader.qml:22370</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>%1's status message</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>TimelineSectionHeader%1's status message</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
-[...6 lines deleted...]
-      </c>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
-[...2 lines deleted...]
-      <c r="C352" t="inlineStr"/>
+          <t>Settings</t>
+        </is>
+      </c>
+      <c r="C352" t="inlineStr">
+        <is>
+          <t>Definições</t>
+        </is>
+      </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
-[...2 lines deleted...]
-      <c r="G352" t="inlineStr"/>
+          <t>TimelineViewSettings</t>
+        </is>
+      </c>
+      <c r="G352" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Definições</t>
+        </is>
+      </c>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
-[...2 lines deleted...]
-      <c r="C353" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C353" t="inlineStr">
+        <is>
+          <t>%n membro</t>
+        </is>
+      </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
-[...2 lines deleted...]
-      <c r="G353" t="inlineStr"/>
+          <t>TimelineView%n member(s)</t>
+        </is>
+      </c>
+      <c r="G353" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n membro, , %n membro</t>
+        </is>
+      </c>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>View members of %1</t>
+        </is>
+      </c>
+      <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineViewView members of %1</t>
+        </is>
+      </c>
+      <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+        </is>
+      </c>
+      <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+        </is>
+      </c>
+      <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>Unpin</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarUnpin</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:23185</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Enter search query</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarEnter search query</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t xml:space="preserve">
+%n unread message</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TrayIcon
+%n unread message(s)</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t xml:space="preserve">
-%n unread message</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>TrayIcon
-%n unread message(s)</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
-[...2 lines deleted...]
-      <c r="G372" t="inlineStr"/>
+          <t>UserProfileIgnore the user.</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ignorar um utilizador.</t>
+        </is>
+      </c>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
-[...2 lines deleted...]
-      <c r="C373" t="inlineStr"/>
+          <t>Devices</t>
+        </is>
+      </c>
+      <c r="C373" t="inlineStr">
+        <is>
+          <t>Dispositivos</t>
+        </is>
+      </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
-[...2 lines deleted...]
-      <c r="G373" t="inlineStr"/>
+          <t>UserProfileDevices</t>
+        </is>
+      </c>
+      <c r="G373" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Dispositivos</t>
+        </is>
+      </c>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileShared Rooms</t>
+        </is>
+      </c>
+      <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Dispositivos</t>
+          <t>Tema</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelTheme</t>
+        </is>
+      </c>
+      <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
-[...2 lines deleted...]
-      <c r="C376" t="inlineStr"/>
+          <t>Scale factor</t>
+        </is>
+      </c>
+      <c r="C376" t="inlineStr">
+        <is>
+          <t>Fator de escala</t>
+        </is>
+      </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Tema</t>
+          <t>Destacar mensagem quando passar o rato por cima.</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>Fator de escala</t>
+          <t>Emojis grandes na cronologia</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Destacar mensagem quando passar o rato por cima.</t>
+          <t>Minimizar para a bandeja</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Emojis grandes na cronologia</t>
+          <t>Iniciar na bandeja</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
-[...6 lines deleted...]
-      </c>
+          <t>Scrollbars in room list</t>
+        </is>
+      </c>
+      <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Iniciar na bandeja</t>
+          <t>Enviar mensagens como Markdown</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enable small Avatars</t>
+        </is>
+      </c>
+      <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
-[...2 lines deleted...]
-      <c r="C385" t="inlineStr"/>
+          <t>Play animated images only on hover</t>
+        </is>
+      </c>
+      <c r="C385" t="inlineStr">
+        <is>
+          <t>Reproduzir imagens animadas apenas quando lhes passar o rato por cima.</t>
+        </is>
+      </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
-[...2 lines deleted...]
-      <c r="C387" t="inlineStr"/>
+          <t>Typing notifications</t>
+        </is>
+      </c>
+      <c r="C387" t="inlineStr">
+        <is>
+          <t>Notificações de escrita</t>
+        </is>
+      </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Reproduzir imagens animadas apenas quando lhes passar o rato por cima.</t>
+          <t>Ordenar salas por não lidas</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Notificações de escrita</t>
+          <t>Mostrar botões na cronologia</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>Ordenar salas por não lidas</t>
+          <t>Limitar largura da cronologia</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
-[...2 lines deleted...]
-      <c r="C392" t="inlineStr"/>
+          <t>Read receipts</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>Recibos de leitura</t>
+        </is>
+      </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
-[...2 lines deleted...]
-      <c r="G392" t="inlineStr"/>
+          <t>UserSettingsModelRead receipts</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Recibos de leitura</t>
+        </is>
+      </c>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Mostrar botões na cronologia</t>
+          <t>Eventos ocultados</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
-[...2 lines deleted...]
-      <c r="G393" t="inlineStr"/>
+          <t>UserSettingsModelHidden events</t>
+        </is>
+      </c>
+      <c r="G393" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Eventos ocultados</t>
+        </is>
+      </c>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>Limitar largura da cronologia</t>
+          <t>Utilizadores ignorados</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
-[...2 lines deleted...]
-      <c r="G394" t="inlineStr"/>
+          <t>UserSettingsModelIgnored users</t>
+        </is>
+      </c>
+      <c r="G394" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Utilizadores ignorados</t>
+        </is>
+      </c>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>Recibos de leitura</t>
+          <t>Notificações de ambiente de trabalho</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelDesktop notifications</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Eventos ocultados</t>
+          <t>Alertar para notificações</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelAlert on notification</t>
+        </is>
+      </c>
+      <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Utilizadores ignorados</t>
+          <t>Avatares circulares</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelCircular Avatars</t>
+        </is>
+      </c>
+      <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
-[...6 lines deleted...]
-      </c>
+          <t>Use identicons</t>
+        </is>
+      </c>
+      <c r="C398" t="inlineStr"/>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open images with external program</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr"/>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open videos with external program</t>
+        </is>
+      </c>
+      <c r="C400" t="inlineStr"/>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Use identicons</t>
-[...2 lines deleted...]
-      <c r="C401" t="inlineStr"/>
+          <t>Decrypt messages in sidebar</t>
+        </is>
+      </c>
+      <c r="C401" t="inlineStr">
+        <is>
+          <t>Desencriptar mensagens na barra lateral</t>
+        </is>
+      </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C402" t="inlineStr"/>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C403" t="inlineStr"/>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reduce or disable animations</t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr"/>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
-[...2 lines deleted...]
-      <c r="C405" t="inlineStr"/>
+          <t>Privacy Screen</t>
+        </is>
+      </c>
+      <c r="C405" t="inlineStr">
+        <is>
+          <t>Ecrã de privacidade</t>
+        </is>
+      </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
-[...2 lines deleted...]
-      <c r="G405" t="inlineStr"/>
+          <t>UserSettingsModelPrivacy Screen</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: película de privacidade</t>
+        </is>
+      </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
-[...2 lines deleted...]
-      <c r="C406" t="inlineStr"/>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+        </is>
+      </c>
+      <c r="C406" t="inlineStr">
+        <is>
+          <t>Tempo de inatividade para ecrã de privacidade (em segundos [0 - 3600])</t>
+        </is>
+      </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
-[...2 lines deleted...]
-      <c r="C407" t="inlineStr"/>
+          <t>Touchscreen mode</t>
+        </is>
+      </c>
+      <c r="C407" t="inlineStr">
+        <is>
+          <t>Modo de toque</t>
+        </is>
+      </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Disable swipe motions</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelDisable swipe motions</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Tempo de inatividade para ecrã de privacidade (em segundos [0 - 3600])</t>
+          <t>Tamanho da letra</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Modo de toque</t>
+          <t>Tipo de letra</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
-[...2 lines deleted...]
-      <c r="C411" t="inlineStr"/>
+          <t>Emoji Font Family</t>
+        </is>
+      </c>
+      <c r="C411" t="inlineStr">
+        <is>
+          <t>Tipo de letra para emoji</t>
+        </is>
+      </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Tamanho da letra</t>
+          <t>Toque</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Tipo de letra</t>
+          <t>Microfone</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Tipo de letra para emoji</t>
+          <t>Câmara</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Toque</t>
+          <t>Resolução de câmara</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Microphone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Camera frame rate</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Câmara</t>
+          <t>Permitir servidor assistente de chamada</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Resolução de câmara</t>
+          <t>Enviar mensagens encriptadas apenas a utilizadores verificados</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
-[...2 lines deleted...]
-      <c r="C419" t="inlineStr"/>
+          <t>Share keys with verified users and devices</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr">
+        <is>
+          <t>Partilhar chaves com utilizadores e dispositivos verificados</t>
+        </is>
+      </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Permitir servidor assistente de chamada</t>
+          <t>Cópia de segurança de chave online</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
-[...6 lines deleted...]
-      </c>
+          <t>Profile</t>
+        </is>
+      </c>
+      <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
-[...2 lines deleted...]
-      <c r="G421" t="inlineStr"/>
+          <t>UserSettingsModelProfile</t>
+        </is>
+      </c>
+      <c r="G421" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: perfil</t>
+        </is>
+      </c>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>User ID</t>
+        </is>
+      </c>
+      <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
-[...6 lines deleted...]
-      </c>
+          <t>Accesstoken</t>
+        </is>
+      </c>
+      <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>Profile</t>
-[...2 lines deleted...]
-      <c r="C424" t="inlineStr"/>
+          <t>Device ID</t>
+        </is>
+      </c>
+      <c r="C424" t="inlineStr">
+        <is>
+          <t>ID do dispositivo</t>
+        </is>
+      </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelDevice ID</t>
+        </is>
+      </c>
+      <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>User ID</t>
-[...2 lines deleted...]
-      <c r="C425" t="inlineStr"/>
+          <t>Device Fingerprint</t>
+        </is>
+      </c>
+      <c r="C425" t="inlineStr">
+        <is>
+          <t>Impressão digital do dispositivo</t>
+        </is>
+      </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
-[...2 lines deleted...]
-      <c r="C426" t="inlineStr"/>
+          <t>Homeserver</t>
+        </is>
+      </c>
+      <c r="C426" t="inlineStr">
+        <is>
+          <t>Servidor</t>
+        </is>
+      </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
-[...2 lines deleted...]
-      <c r="G426" t="inlineStr"/>
+          <t>UserSettingsModelHomeserver</t>
+        </is>
+      </c>
+      <c r="G426" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Servidor</t>
+        </is>
+      </c>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Device ID</t>
-[...6 lines deleted...]
-      </c>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="C427" t="inlineStr"/>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
-[...6 lines deleted...]
-      </c>
+          <t>Platform</t>
+        </is>
+      </c>
+      <c r="C428" t="inlineStr"/>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Servidor</t>
+          <t>GERAL</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelGENERAL</t>
+        </is>
+      </c>
+      <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C430" t="inlineStr"/>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C431" t="inlineStr"/>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B432" t="inlineStr">
         <is>
-          <t>GENERAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SIDEBAR</t>
+        </is>
+      </c>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>TRAY</t>
-[...2 lines deleted...]
-      <c r="C436" t="inlineStr"/>
+          <t>CALLS</t>
+        </is>
+      </c>
+      <c r="C436" t="inlineStr">
+        <is>
+          <t>CHAMADAS</t>
+        </is>
+      </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
-[...2 lines deleted...]
-      <c r="C437" t="inlineStr"/>
+          <t>ENCRYPTION</t>
+        </is>
+      </c>
+      <c r="C437" t="inlineStr">
+        <is>
+          <t>ENCRIPTAÇÃO</t>
+        </is>
+      </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
-[...2 lines deleted...]
-      <c r="C438" t="inlineStr"/>
+          <t>INFO</t>
+        </is>
+      </c>
+      <c r="C438" t="inlineStr">
+        <is>
+          <t>INFO</t>
+        </is>
+      </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
-[...2 lines deleted...]
-      <c r="G438" t="inlineStr"/>
+          <t>UserSettingsModelINFO</t>
+        </is>
+      </c>
+      <c r="G438" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: INFO</t>
+        </is>
+      </c>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>CHAMADAS</t>
+          <t>Chave de sessão</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
-[...6 lines deleted...]
-      </c>
+          <t>Cross Signing Secrets</t>
+        </is>
+      </c>
+      <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>INFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>Online backup key</t>
+        </is>
+      </c>
+      <c r="C441" t="inlineStr"/>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelOnline backup key</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Chave de sessão</t>
+          <t>Chave de auto-assinatura.</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
-[...2 lines deleted...]
-      <c r="C443" t="inlineStr"/>
+          <t>User signing key</t>
+        </is>
+      </c>
+      <c r="C443" t="inlineStr">
+        <is>
+          <t>Chave de assinatura de utilizador</t>
+        </is>
+      </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Online backup key</t>
-[...2 lines deleted...]
-      <c r="C444" t="inlineStr"/>
+          <t>Master signing key</t>
+        </is>
+      </c>
+      <c r="C444" t="inlineStr">
+        <is>
+          <t>Chave de assinatura mestra</t>
+        </is>
+      </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Self signing key</t>
-[...6 lines deleted...]
-      </c>
+          <t>Expose room information via D-Bus</t>
+        </is>
+      </c>
+      <c r="C445" t="inlineStr"/>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>User signing key</t>
-[...6 lines deleted...]
-      </c>
+          <t>Periodically update community routing information</t>
+        </is>
+      </c>
+      <c r="C446" t="inlineStr"/>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Master signing key</t>
-[...6 lines deleted...]
-      </c>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C447" t="inlineStr"/>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelPeriodically delete expired events</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
-[...2 lines deleted...]
-      <c r="C448" t="inlineStr"/>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C448" t="inlineStr">
+        <is>
+          <t>Predefinido</t>
+        </is>
+      </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
-[...2 lines deleted...]
-      <c r="G448" t="inlineStr"/>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G448" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Predefinido</t>
+        </is>
+      </c>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
-[...2 lines deleted...]
-      <c r="C449" t="inlineStr"/>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C449" t="inlineStr">
+        <is>
+          <t>Tocar o som de notificação quando chegar um convite de chamada</t>
+        </is>
+      </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
-        <is>
-[...88 lines deleted...]
-      <c r="B453" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C453" t="inlineStr">
+      <c r="C450" t="inlineStr">
         <is>
           <t>Definir tempo (em segundos) depois da janela perder a 
 atenção até que o ecrã seja desfocado.
 Defina como 0 para desfocar imediatamente após perder a atenção. Valor máximo de 1 hora (3600 segundos)</t>
         </is>
       </c>
-      <c r="D453" t="inlineStr"/>
-      <c r="E453" t="inlineStr">
+      <c r="D450" t="inlineStr"/>
+      <c r="E450" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
-      <c r="F453" t="inlineStr">
+      <c r="F450" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
+      <c r="G450" t="inlineStr"/>
+      <c r="H450" t="inlineStr"/>
+    </row>
+    <row r="451">
+      <c r="A451" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
+        </is>
+      </c>
+      <c r="B451" t="inlineStr">
+        <is>
+          <t>Change the background color of messages when you hover over them.</t>
+        </is>
+      </c>
+      <c r="C451" t="inlineStr">
+        <is>
+          <t>Alterar a cor de fundo das mensagens quando passar o rato por cima.</t>
+        </is>
+      </c>
+      <c r="D451" t="inlineStr"/>
+      <c r="E451" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F451" t="inlineStr">
+        <is>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
+        </is>
+      </c>
+      <c r="G451" t="inlineStr"/>
+      <c r="H451" t="inlineStr"/>
+    </row>
+    <row r="452">
+      <c r="A452" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
+        </is>
+      </c>
+      <c r="B452" t="inlineStr">
+        <is>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
+        </is>
+      </c>
+      <c r="C452" t="inlineStr">
+        <is>
+          <t>Aumentar tamanho do tipo de letra quando apenas alguns emojis são exibidos.</t>
+        </is>
+      </c>
+      <c r="D452" t="inlineStr"/>
+      <c r="E452" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F452" t="inlineStr">
+        <is>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
+        </is>
+      </c>
+      <c r="G452" t="inlineStr"/>
+      <c r="H452" t="inlineStr"/>
+    </row>
+    <row r="453">
+      <c r="A453" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
+        </is>
+      </c>
+      <c r="B453" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C453" t="inlineStr">
+        <is>
+          <t>Manter a aplicação a correr em segundo plano depois de fechar a janela.</t>
+        </is>
+      </c>
+      <c r="D453" t="inlineStr"/>
+      <c r="E453" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F453" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26238</t>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Change the background color of messages when you hover over them.</t>
+          <t>Start the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Alterar a cor de fundo das mensagens quando passar o rato por cima.</t>
+          <t>Iniciar a aplicação em segundo plano sem mostrar a janela do cliente.</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26240</t>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Make font size larger if messages with only a few emojis are displayed.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C455" t="inlineStr"/>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26242</t>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Keep the application running in the background after closing the client window.</t>
+          <t>Allow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Manter a aplicação a correr em segundo plano depois de fechar a janela.</t>
+          <t>Permitir Markdown em mensagens.
+Quando desativada, todas as mensagens serão enviadas em texto simples.</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+          <t>UserSettingsModelAllow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
+        </is>
+      </c>
+      <c r="C457" t="inlineStr"/>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C458" t="inlineStr"/>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Allow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Permitir Markdown em mensagens.
-Quando desativada, todas as mensagens serão enviadas em texto simples.</t>
+          <t>Reproduzir média como GIFs e WEBPs apenas quando passar o cursor explicitamente por cima.</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26255</t>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Invert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="C460" t="inlineStr"/>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>UserSettingsModelInvert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26259</t>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
-[...2 lines deleted...]
-      <c r="C461" t="inlineStr"/>
+          <t>Show who is typing in a room.
+This will also enable or disable sending typing notifications to others.</t>
+        </is>
+      </c>
+      <c r="C461" t="inlineStr">
+        <is>
+          <t>Mostrar quem está a escrever numa sala.
+Irá também ativar ou desativar o envio de notificações de escrita para outros.</t>
+        </is>
+      </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>UserSettingsModelShow who is typing in a room.
+This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26262</t>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Avatars are resized to fit above the message.</t>
+          <t>Display rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="C462" t="inlineStr"/>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
+          <t>UserSettingsModelDisplay rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+        </is>
+      </c>
+      <c r="C463" t="inlineStr"/>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelSort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
-[...2 lines deleted...]
-      <c r="C464" t="inlineStr"/>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
+        </is>
+      </c>
+      <c r="C464" t="inlineStr">
+        <is>
+          <t>Mostrar botões para resposta rápida, reações ou acesso a opções adicionais junto de cada mensagem.</t>
+        </is>
+      </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Show who is typing in a room.
-[...8 lines deleted...]
-      </c>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C465" t="inlineStr"/>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow who is typing in a room.
-This will also enable or disable sending typing notifications to others.</t>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26274</t>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Display rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>Notify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26283</t>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>Change the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="C467" t="inlineStr"/>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>UserSettingsModelChange the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26289</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
+        </is>
+      </c>
+      <c r="C468" t="inlineStr"/>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26297</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Configure whether to show or hide certain events like room joins.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C469" t="inlineStr"/>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C470" t="inlineStr"/>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>Change the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C471" t="inlineStr"/>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26321</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Decrypt messages shown in notifications for encrypted chats.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C472" t="inlineStr"/>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26323</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr"/>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="C474" t="inlineStr"/>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="C475" t="inlineStr"/>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
-[...2 lines deleted...]
-      <c r="C476" t="inlineStr"/>
+          <t>Show an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
+        </is>
+      </c>
+      <c r="C476" t="inlineStr">
+        <is>
+          <t>Mostrar alerta quando é recebida uma mensagem.</t>
+        </is>
+      </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelShow an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Show message counts for communities and tags</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Show an alert when a message is received.
-[...7 lines deleted...]
-      </c>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C480" t="inlineStr"/>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25923</t>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Communities sidebar</t>
+          <t>Show if your message was read.
+Status is displayed next to timestamps.
+Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
       <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>UserSettingsModelCommunities sidebar</t>
+          <t>UserSettingsModelShow if your message was read.
+Status is displayed next to timestamps.
+Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25971</t>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Show message counts for communities and tags</t>
+          <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="C482" t="inlineStr"/>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow message counts for communities and tags</t>
+          <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Opens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C483" t="inlineStr"/>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelOpens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Show a column containing communities and tags next to the room list.</t>
+          <t>Opens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C484" t="inlineStr"/>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelOpens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Show if your message was read.
-[...4 lines deleted...]
-      <c r="C485" t="inlineStr"/>
+          <t>Decrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
+        </is>
+      </c>
+      <c r="C485" t="inlineStr">
+        <is>
+          <t>Desencriptar mensagens exibidas na barra lateral.
+Apenas afeta mensagens em conversas encriptadas.</t>
+        </is>
+      </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow if your message was read.
-[...1 lines deleted...]
-Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
+          <t>UserSettingsModelDecrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26308</t>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Display an identicon instead of a letter when no avatar is set.</t>
-[...2 lines deleted...]
-      <c r="C486" t="inlineStr"/>
+          <t>When the window loses focus, the timeline will
+be blurred.</t>
+        </is>
+      </c>
+      <c r="C486" t="inlineStr">
+        <is>
+          <t>Quando a janela perde a atenção, a cronologia 
+será desfocada.</t>
+        </is>
+      </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
+          <t>UserSettingsModelWhen the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26310</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Opens images with an external program when tapping the image.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C487" t="inlineStr"/>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpens images with an external program when tapping the image.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26314</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Opens videos with an external program when tapping the video.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C488" t="inlineStr"/>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpens videos with an external program when tapping the video.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26318</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Decrypt the messages shown in the sidebar.
-Only affects messages in encrypted chats.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Desencriptar mensagens exibidas na barra lateral.
-Apenas afeta mensagens em conversas encriptadas.</t>
+          <t>Exigir que um utilizador esteja verificado para lhe enviar mensagens encriptadas. Isto melhora a segurança mas torna a encriptação mais entediante.</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt the messages shown in the sidebar.
-Only affects messages in encrypted chats.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26332</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>When the window loses focus, the timeline will
-[...8 lines deleted...]
-      </c>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C490" t="inlineStr"/>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>UserSettingsModelWhen the window loses focus, the timeline will
-be blurred.</t>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26334</t>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr"/>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26343</t>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
-[...2 lines deleted...]
-      <c r="C492" t="inlineStr"/>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C492" t="inlineStr">
+        <is>
+          <t>A chave para verificar outros utilizadores. Se armazenada em cache, verificar um utilizador irá verificar todos os seus dispositivos.</t>
+        </is>
+      </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26346</t>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Exigir que um utilizador esteja verificado para lhe enviar mensagens encriptadas. Isto melhora a segurança mas torna a encriptação mais entediante.</t>
+          <t>A sua chave mais importante. Não necessita de a armazenar na cache, visto que será menos provável que seja roubada e só é necessária para rodar as outras chaves de assinatura.</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26353</t>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr"/>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr"/>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Manage your ignored users.</t>
+        </is>
+      </c>
+      <c r="C497" t="inlineStr"/>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C498" t="inlineStr"/>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26402</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C499" t="inlineStr"/>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26408</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C500" t="inlineStr"/>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26412</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>Manage your ignored users.</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C501" t="inlineStr"/>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>UserSettingsModelManage your ignored users.</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Always</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C502" t="inlineStr"/>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlways</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
-[...2 lines deleted...]
-      <c r="C503" t="inlineStr"/>
+          <t>Select a file</t>
+        </is>
+      </c>
+      <c r="C503" t="inlineStr">
+        <is>
+          <t>Selecionar um ficheiro</t>
+        </is>
+      </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
-[...2 lines deleted...]
-      <c r="G503" t="inlineStr"/>
+          <t>UserSettingsModelSelect a file</t>
+        </is>
+      </c>
+      <c r="G503" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Selecionar um ficheiro</t>
+        </is>
+      </c>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Never</t>
-[...2 lines deleted...]
-      <c r="C504" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C504" t="inlineStr">
+        <is>
+          <t>Todos os ficheiros (*)</t>
+        </is>
+      </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
-[...2 lines deleted...]
-      <c r="G504" t="inlineStr"/>
+          <t>UserSettingsModelAll Files (*)</t>
+        </is>
+      </c>
+      <c r="G504" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Todos os ficheiros (*)</t>
+        </is>
+      </c>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>System font</t>
-[...2 lines deleted...]
-      <c r="C505" t="inlineStr"/>
+          <t>Open Sessions File</t>
+        </is>
+      </c>
+      <c r="C505" t="inlineStr">
+        <is>
+          <t>Abrir ficheiro de sessões</t>
+        </is>
+      </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>System emoji font</t>
-[...2 lines deleted...]
-      <c r="C506" t="inlineStr"/>
+          <t>Error</t>
+        </is>
+      </c>
+      <c r="C506" t="inlineStr">
+        <is>
+          <t>Erro</t>
+        </is>
+      </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Select a file</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Selecionar um ficheiro</t>
+          <t>Palavra-passe do ficheiro</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelFile Password</t>
+        </is>
+      </c>
+      <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Todos os ficheiros (*)</t>
+          <t>Insira a palavra-passe para desencriptar o ficheiro:</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+        </is>
+      </c>
+      <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Open Sessions File</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Abrir ficheiro de sessões</t>
+          <t>A palavra-passe não pode estar vazia</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Erro</t>
+          <t>Insira a palavra-passe para encriptar as suas chaves de sessão:</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>File Password</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C511" t="inlineStr"/>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="C512" t="inlineStr"/>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passwords don't match</t>
+        </is>
+      </c>
+      <c r="C513" t="inlineStr"/>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Insira a palavra-passe para encriptar as suas chaves de sessão:</t>
+          <t>Ficheiro onde guardar as chaves de sessão exportadas</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C515" t="inlineStr"/>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C516" t="inlineStr"/>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
-[...2 lines deleted...]
-      <c r="C517" t="inlineStr"/>
+          <t>Back</t>
+        </is>
+      </c>
+      <c r="C517" t="inlineStr">
+        <is>
+          <t>Voltar</t>
+        </is>
+      </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
-[...2 lines deleted...]
-      <c r="G517" t="inlineStr"/>
+          <t>UserSettingsPageBack</t>
+        </is>
+      </c>
+      <c r="G517" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Voltar</t>
+        </is>
+      </c>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
-[...6 lines deleted...]
-      </c>
+          <t>Waiting for other party…</t>
+        </is>
+      </c>
+      <c r="C518" t="inlineStr"/>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Back</t>
-[...6 lines deleted...]
-      </c>
+          <t>Waiting for other side to complete the verification process.</t>
+        </is>
+      </c>
+      <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
-[...6 lines deleted...]
-      </c>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
+        </is>
+      </c>
+      <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
-[...2 lines deleted...]
-      <c r="C523" t="inlineStr"/>
+          <t>REGISTER</t>
+        </is>
+      </c>
+      <c r="C523" t="inlineStr">
+        <is>
+          <t>REGISTAR</t>
+        </is>
+      </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
-[...2 lines deleted...]
-      <c r="G523" t="inlineStr"/>
+          <t>WelcomePageREGISTER</t>
+        </is>
+      </c>
+      <c r="G523" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: REGISTAR</t>
+        </is>
+      </c>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
-[...2 lines deleted...]
-      <c r="C524" t="inlineStr"/>
+          <t>LOGIN</t>
+        </is>
+      </c>
+      <c r="C524" t="inlineStr">
+        <is>
+          <t>INCIAR SESSÃO</t>
+        </is>
+      </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
-[...2 lines deleted...]
-      <c r="G524" t="inlineStr"/>
+          <t>WelcomePageLOGIN</t>
+        </is>
+      </c>
+      <c r="G524" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: INCIAR SESSÃO</t>
+        </is>
+      </c>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>REGISTAR</t>
+          <t>Pessoas</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
-[...6 lines deleted...]
-      </c>
+          <t>emoji-catagoryPeople</t>
+        </is>
+      </c>
+      <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>INCIAR SESSÃO</t>
+          <t>Natureza</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
-[...6 lines deleted...]
-      </c>
+          <t>emoji-catagoryNature</t>
+        </is>
+      </c>
+      <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
-[...2 lines deleted...]
-      <c r="C529" t="inlineStr"/>
+          <t>Food</t>
+        </is>
+      </c>
+      <c r="C529" t="inlineStr">
+        <is>
+          <t>Comida</t>
+        </is>
+      </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
-[...2 lines deleted...]
-      <c r="C530" t="inlineStr"/>
+          <t>Activity</t>
+        </is>
+      </c>
+      <c r="C530" t="inlineStr">
+        <is>
+          <t>Actividades</t>
+        </is>
+      </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Pessoas</t>
+          <t>Viagem</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Natureza</t>
+          <t>Objetos</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Comida</t>
+          <t>Símbolos</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Actividades</t>
+          <t>Bandeiras</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Travel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C535" t="inlineStr"/>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Objects</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C536" t="inlineStr"/>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Symbols</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C537" t="inlineStr"/>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Flags</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C538" t="inlineStr"/>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C539" t="inlineStr"/>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C540" t="inlineStr"/>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27967</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You rejected a call</t>
         </is>
       </c>
       <c r="C541" t="inlineStr"/>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You rejected a call</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27969</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 rejected a call</t>
         </is>
       </c>
       <c r="C542" t="inlineStr"/>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 rejected a call</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
-    </row>
-[...102 lines deleted...]
-      <c r="H546" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>