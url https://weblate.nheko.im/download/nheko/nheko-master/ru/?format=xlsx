--- v0 (2025-12-05)
+++ v1 (2026-03-22)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -683,69 +683,65 @@
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>AliasEditingModelFailed to unpublish alias %1: %2</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>../../src/AliasEditModel.cpp:555</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Failed to update aliases: %1</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Не удалось обновить псевдонимы: %1</t>
+          <t>Ошибка при обновлении алиасов: %1</t>
         </is>
       </c>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>AliasEditingModelFailed to update aliases: %1</t>
         </is>
       </c>
-      <c r="G9" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>../qml/dialogs/AliasEditor.qml:580</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Aliases to %1</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Псевдонимы для %1</t>
         </is>
       </c>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
@@ -991,69 +987,65 @@
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>AliasEditorAdd</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>../qml/dialogs/AllowedRoomsSettingsDialog.qml:729</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Allowed rooms settings</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Предоставляющие доступ комнаты</t>
+          <t>Настройки для разрешенных комнат</t>
         </is>
       </c>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogAllowed rooms settings</t>
         </is>
       </c>
-      <c r="G19" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>../qml/dialogs/AllowedRoomsSettingsDialog.qml:743</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>List of rooms that allow access to this room. Anyone who is in any of those rooms can join this room.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Список комнат, которые предоставляют доступ к этой комнате. Любой, кто находится в какой-то из этих комнат, может присоединиться к этой комнате.</t>
         </is>
       </c>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
@@ -1138,31043 +1130,32827 @@
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Введите комнаты, которых нет в списке...
 Suggested in Weblate: Введите комнаты, которые ещё не в списке...
 Suggested in Weblate: Введите дополнительные комнаты, которых ещё нет в списке...
 Suggested in Weblate: Добавить комнаты отсутствующие в списке</t>
         </is>
       </c>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 и %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 и ещё %n</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: %1 и несколько процентов остального, %1 и несколько процентов остальных, </t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Пустая комната</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Видеозвонок</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Голосовой звонок</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Микрофон не найден.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Видеозвонок</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Голосовой звонок</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Устройства</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Принять</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Микрофон не найден.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Неопознанный микрофон: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Неопознанная камера: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Отклонить</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Весь экран</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Не удалось пригласить пользователя: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Приглашенный пользователь: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Пользователь "%1" приглашён</t>
         </is>
       </c>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n непрочитанное сообщение в комнате %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
-      <c r="G43" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>Подтвердите выход из аккаунта</t>
+          <t>Подтвердить выход из аккаунта</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Потдвердить выход
-Suggested in Weblate: Подтвердить выход из аккаунта</t>
+          <t>Suggested in Weblate: Потдвердить выход</t>
         </is>
       </c>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>Версия кэша на вашем диске новее той, что поддерживается текущей версией Nheko. Пожалуйста, обновите Nheko или очистите кэш.</t>
+          <t>Кэш на вашем диске новее, чем поддерживает Nheko. Пожалуйста, обновите Nheko или очистите ваш кэш.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Кэш на вашем диске новее, чем поддерживает Nheko. Пожалуйста, обновите Nheko или очистите ваш кэш.
-Suggested in Weblate: Кэш на  диске новее, чем поддерживаемый текущей версией Nheko. Пожалуйста, обновите Nheko или очистите кэш.
+          <t>Suggested in Weblate: Кэш на  диске новее, чем поддерживаемый текущей версией Nheko. Пожалуйста, обновите Nheko или очистите кэш.
 Suggested in Weblate: Кеш на жёстком диске новее той, что поддерживается Nheko. Пожалуйста обновите Nheko или очистите кеш
 Suggested in Weblate: Кэш на вашем диске новее, чем поддерживает данная версия Nheeko. Пожалуйста, обновите Nheeko или очистить свой кеш.</t>
         </is>
       </c>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>Ошибка при попытке открыть базу данных, выходим из аккаунта!</t>
+          <t>Сбой при открытии базы данных, выходим из аккаунта!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сбой при открытии базы данных, выходим из аккаунта!
-Suggested in Weblate: Не удалось открыть базу данных, выходим!
+          <t>Suggested in Weblate: Не удалось открыть базу данных, выходим!
 Suggested in Weblate: Не удалось открыть базу данных, выход из системы!</t>
         </is>
       </c>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>Попросить приглашение</t>
+          <t>Отправить заявку в комнату</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить заявку в комнату
-Suggested in Weblate: Постучать в комнату</t>
+          <t>Suggested in Weblate: Постучать в комнату</t>
         </is>
       </c>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>Вы действительно хотите попросить приглашение войти? Вы можете добавить причину Вашего визита (необязательно):</t>
+          <t>Вы действительно хотите отправить заявку в %1? По желанию, укажите причину по которой другие должны принять вашу заявку:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Вы действительно хотите отправить заявку в %1? По желанию, укажите причину по которой другие должны принять вашу заявку:
-Suggested in Weblate: Вы действительно хотите постучать в %1? При желании вы можете указать причину, по которой другие должны принять вас:</t>
+          <t>Suggested in Weblate: Вы действительно хотите постучать в %1? При желании вы можете указать причину, по которой другие должны принять вас:</t>
         </is>
       </c>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>Не удалось попросить приглашение в комнату: %1</t>
+          <t>Не удалось отправить заявку на вступление в комнату: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось отправить заявку на вступление в комнату: %1
-Suggested in Weblate: Не удалось постучать в комнату: %1</t>
+          <t>Suggested in Weblate: Не удалось постучать в комнату: %1</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Не удалось создать комнату: недопустимый псевдоним</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Комната %1 создана.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Подтвердите приглашение</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Вы точно хотите пригласить %1 (%2)?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Не удалось пригласить %1 в %2: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Выгнанный пользователь: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Пользователь "%1" был исключён
 Suggested in Weblate: Исключенный пользователь: %1</t>
         </is>
       </c>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Не удалось заблокировать %1 в %2: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Не удалось заблокировать  "%1" в комнате "%2". Причина: %3</t>
         </is>
       </c>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Заблокированный пользователь: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Подтвердите разблокировку</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Вы точно хотите разблокировать %1 (%2)?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Не удалось разблокировать %1 в %2: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Не удалось разблокировать "%1" в комнате "%2". Причина: "%3"</t>
         </is>
       </c>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Разблокированный пользователь: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Пользователь "%1" разблокирован</t>
         </is>
       </c>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Вы действительно хотите начать личную переписку с %1?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Миграция кэша не удалась!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>По следующей причине Nheko хочет перенаправить вас на страницу входа:
 %1
 Если вы считаете, что это ошибка, вы можете вместо этого закрыть Nheko, чтобы, возможно, восстановить свои ключи шифрования. После того, как вы попали на страницу входа, вы можете снова войти в систему, используя обычные методы.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Миграция кэша на текущую версию не удалась. На это могут быть разные причины. Пожалуйста, откройте Issue на https://github.com/Nheko-Reborn/nheko и попробуйте пока что использовать чуть более старую версию программы. Вы также можете удалить кэш вручную.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Миграция кэша на текущую версию не удалась. На это могут быть разные причины. Пожалуйста, откройте Issue на https://github.com/Nheko-Reborn/nheko и попробуйте пока что использовать более старую версию. Вы также можете попробовать удалить кэш вручную.</t>
         </is>
       </c>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Несовместимая версия кэша</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Не удалось восстановить учетную запись OLM. Пожалуйста, войдите снова.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Не удалось восстановить сохраненные данные. Пожалуйста, войдите снова.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Не удалось настроить ключи шифрования. Ответ сервера:%1 %2. Пожалуйста, попробуйте позже.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Повторите попытку входа: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Вам не удалось присоединиться к %1. Вы можете попробовать постучать, чтобы другие могли пригласить вас войти. Вы хотите сделать это?
 При желании вы можете указать причину, по которой другие должны принять вас:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Вам не удалось присоединиться к %1. Вы можете попробовать отправить заявку, чтобы другие могли пригласить вас войти. Вы хотите сделать это?
 При желании вы можете указать причину, по которой другие должны принять вас:
 Suggested in Weblate: Не удалось присоединиться к %1. Вы можете постучаться, чтобы другие вас пригласили. Хотите ли вы это сделать?
 Вы также по желанию можете указать причину вашего стука других.</t>
         </is>
       </c>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Не удалось присоединиться к комнате: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Не удалось вступить в комнату: %1</t>
         </is>
       </c>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Не удалось отменить приглашение: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Не удалось удалить приглашение: %1</t>
         </is>
       </c>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Не удалось создать комнату: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Не удалось покинуть комнату: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Причина исключения</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Причина удаления
 Suggested in Weblate: Причина кика</t>
         </is>
       </c>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Укажите причину исключения %1 (%2) или нажмите Enter, чтобы исключить без причины:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Введите причину для исключения %1 (%2) или нажмите enter, для исключения без причины:
 Suggested in Weblate: Введите причину для исключения %1 (%2) или нажмите enter, для исключения без причины
 Suggested in Weblate: Введите причину удаления %1 (%2) или нажмите Enter, чтобы не указывать причину:
 Suggested in Weblate: Укажите причину исключения %1 (%2) или нажмите Enter, чтобы пропустить:
 Suggested in Weblate: Введите причину кика %1 (%2) или нажмите Enter если нет причины: 
 Suggested in Weblate: Введите причину кика %1 (%2) или нажмите Enter, чтобы кикнуть без причины</t>
         </is>
       </c>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Не удалось исключить %1 из %2: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Причина блокировки</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Причина запрета
 Suggested in Weblate: Причина бана</t>
         </is>
       </c>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Укажите причину блокировки %1 (%2) или нажмите Enter, чтобы заблокировать без причины:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Введите причину для блокировки %1 (%2) или нажмите enter, для блокировки без причины
 Suggested in Weblate: Введите причину бана %1 (%2) или нажмите Enter, чтобы не указывать причину:
 Suggested in Weblate: Укажите причину блокировки %1 (%2) или нажмите Enter, чтобы пропустить:
 Suggested in Weblate: Введите причину бана %1 (%2) или нажмите Enter если нет причины: 
 Suggested in Weblate: Введите причину для бана %1 (%2) или нажмите Enter, чтобы забанить без причины</t>
         </is>
       </c>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Отсутствует подключение к сети</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;сообщение&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;текст&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr"/>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /join &lt;!идентификатор-комнаты|#псевдоним&gt; [причина]</t>
+          <t>Suggested in Weblate: /join &lt;!id-комнаты|#псевдоним&gt; [причина]
+Suggested in Weblate: /join &lt;!идентификатор-комнаты|#псевдоним&gt; [причина]</t>
         </is>
       </c>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
-      <c r="C85" t="inlineStr"/>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>/knock &lt;!id-комнаты|#псевдоним&gt; [причина]</t>
+        </is>
+      </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /knock &lt;!id-комнаты|#псевдоним&gt; [причина]
-Suggested in Weblate: /knock &lt;!идентификатор-комнаты|#псевдоним&gt; [причина]</t>
+          <t>Suggested in Weblate: /knock &lt;!идентификатор-комнаты|#псевдоним&gt; [причина]</t>
         </is>
       </c>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [причина]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [причина]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
-      <c r="C88" t="inlineStr"/>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>/redact &lt;$id-события|@id-пользователя&gt;</t>
+        </is>
+      </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /redact &lt;$id-события|@id-пользователя&gt;
-Suggested in Weblate: /redact &lt;$идентификатор-события|@идентификатор-пользователя&gt;</t>
+          <t>Suggested in Weblate: /redact &lt;$идентификатор-события|@идентификатор-пользователя&gt;</t>
         </is>
       </c>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
-      <c r="C89" t="inlineStr"/>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>/roomnick &lt;отображаемое имя&gt;</t>
+        </is>
+      </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
-      <c r="G89" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
-      <c r="C90" t="inlineStr"/>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>/shrug [сообщение]</t>
+        </is>
+      </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
-      <c r="G90" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;сообщение&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;сообщение&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;сообщение&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;сообщение&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;сообщение&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;сообщение&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;сообщение&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
-      <c r="C98" t="inlineStr"/>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>/confetti [сообщение]</t>
+        </is>
+      </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
-      <c r="G98" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
-      <c r="C99" t="inlineStr"/>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>/rainbowconfetti [сообщение]</t>
+        </is>
+      </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
-      <c r="G99" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
-      <c r="C100" t="inlineStr"/>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>/invite &lt;@id-пользователя&gt; [причина]</t>
+        </is>
+      </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /invite &lt;@id-пользователя&gt; [причина]
-Suggested in Weblate: /invite &lt;@идентификатор-пользователя&gt; [причина]</t>
+          <t>Suggested in Weblate: /invite &lt;@идентификатор-пользователя&gt; [причина]</t>
         </is>
       </c>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
-      <c r="C101" t="inlineStr"/>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>/kick &lt;@id-пользователя&gt; [причина]</t>
+        </is>
+      </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /kick &lt;@id-пользователя&gt; [причина]
-Suggested in Weblate: /kick &lt;@идентификатор-пользователя&gt; [причина]</t>
+          <t>Suggested in Weblate: /kick &lt;@идентификатор-пользователя&gt; [причина]</t>
         </is>
       </c>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
-      <c r="C102" t="inlineStr"/>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>/ban &lt;@id-пользователя&gt; [причина]</t>
+        </is>
+      </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /ban &lt;@id-пользователя&gt; [причина]
-Suggested in Weblate: /ban &lt;@идентификатор-пользователя&gt; [причина]</t>
+          <t>Suggested in Weblate: /ban &lt;@идентификатор-пользователя&gt; [причина]</t>
         </is>
       </c>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
-      <c r="C103" t="inlineStr"/>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>/unban &lt;@id-пользователя&gt; [причина]</t>
+        </is>
+      </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /unban &lt;@id-пользователя&gt; [причина]
-Suggested in Weblate: /unban &lt;@идентификатор-пользователя&gt; [причина]</t>
+          <t>Suggested in Weblate: /unban &lt;@идентификатор-пользователя&gt; [причина]</t>
         </is>
       </c>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [сообщение]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
-      <c r="C105" t="inlineStr"/>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>/msgtype &lt;тип-сообщения&gt; [сообщение]</t>
+        </is>
+      </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /msgtype &lt;тип-сообщения&gt; [сообщение]
-Suggested in Weblate: /msgtype &lt;тип.сообщения&gt; [сообщение]</t>
+          <t>Suggested in Weblate: /msgtype &lt;тип.сообщения&gt; [сообщение]</t>
         </is>
       </c>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
-      <c r="C106" t="inlineStr"/>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>/glitch &lt;сообщение&gt;</t>
+        </is>
+      </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
-      <c r="G106" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
-      <c r="C107" t="inlineStr"/>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>/gradualglitch &lt;сообщение&gt;</t>
+        </is>
+      </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
-      <c r="G107" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;ccылка на сообщение&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
-      <c r="C109" t="inlineStr"/>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>Отправить сообщение, выражающее действие.</t>
+        </is>
+      </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
-      <c r="G109" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
-      <c r="C110" t="inlineStr"/>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Отправить &lt;текст&gt; как реакцию, когда вы отвечаете на сообщение.</t>
+        </is>
+      </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
-      <c r="G110" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
-      <c r="C111" t="inlineStr"/>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>Присоединиться к комнате. Причина необязательна.</t>
+        </is>
+      </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
-      <c r="G111" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
-      <c r="C112" t="inlineStr"/>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>Попросить присоединиться к комнате. Причина необязательна.</t>
+        </is>
+      </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
-      <c r="G112" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
-      <c r="C113" t="inlineStr"/>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>Покинуть комнату. Причина необязательна.</t>
+        </is>
+      </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
-      <c r="G113" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
-      <c r="C114" t="inlineStr"/>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>Пригласить пользователя в текущую комнату. Причина необязательна.</t>
+        </is>
+      </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
-      <c r="G114" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
-      <c r="C115" t="inlineStr"/>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>Выгнать пользователя из текущей комнаты. Причина необязательна. Если пользователь не указан, будет произведена попытка выгнать отправителя, которому вы отвечаете.</t>
+        </is>
+      </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
-      <c r="C116" t="inlineStr"/>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Заблокировать пользователя из текущей комнаты. Причина необязательна. Если пользователь не указан, будет произведена попытка заблокировать отправителя, которому вы отвечаете.</t>
+        </is>
+      </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
-      <c r="C117" t="inlineStr"/>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Разблокировать пользователя в текущей комнате. Причина необязательна. Если пользователь не указан, будет произведена попытка разблокировать отправителя, которому вы отвечаете.</t>
+        </is>
+      </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
-      <c r="C118" t="inlineStr"/>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Редактировать событие по идентификатору события или то, на которое вы отвечаете, или все локально закэшированные сообщения пользователя.</t>
+        </is>
+      </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
-      <c r="C119" t="inlineStr"/>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Изменить ваше отображаемое имя в этой комнате.</t>
+        </is>
+      </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Изменить ваше отображаемое имя в этой комнате.
-Suggested in Weblate: Изменить ваше имя в этой комнате.
+          <t>Suggested in Weblate: Изменить ваше имя в этой комнате.
 Suggested in Weblate: Изменить свое отображаемое имя в этой комнате.</t>
         </is>
       </c>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
-      <c r="C120" t="inlineStr"/>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>¯\_(ツ)_/¯ с необязательным сообщением.</t>
+        </is>
+      </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
-      <c r="G120" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
-      <c r="C121" t="inlineStr"/>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>(╯°□°)╯︵ ┻━┻</t>
+        </is>
+      </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
-      <c r="G121" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
-      <c r="C122" t="inlineStr"/>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>┯━┯╭( º _ º╭)</t>
+        </is>
+      </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
-      <c r="G122" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
-      <c r="C123" t="inlineStr"/>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
+        </is>
+      </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
-      <c r="G123" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
-      <c r="C124" t="inlineStr"/>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Очистить закэшированные на данный момент сообщения в этой комнате.</t>
+        </is>
+      </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Очистить кэшированные на данный момент сообщения в этой комнате.
-Suggested in Weblate: Очистить текущие кэшированное сообщение в этой комнате.</t>
+          <t>Suggested in Weblate: Очистить текущие кэшированное сообщение в этой комнате.</t>
         </is>
       </c>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
-      <c r="C125" t="inlineStr"/>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>Перезапросить состояние этой комнаты.</t>
+        </is>
+      </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
-      <c r="G125" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
-      <c r="C126" t="inlineStr"/>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>Ротировать текущий ключ симметричного шифрования.</t>
+        </is>
+      </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
-      <c r="G126" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
-      <c r="C127" t="inlineStr"/>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>Отправить сообщение в формате markdown (игнорируя глобальную настройку).</t>
+        </is>
+      </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
-      <c r="G127" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
-      <c r="C128" t="inlineStr"/>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Отправить сообщение в формате commonmark, отключая большинство расширений в сравнении с /md.</t>
+        </is>
+      </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
-      <c r="G128" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
-      <c r="C129" t="inlineStr"/>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>Отправить неформатированное сообщение (игнорируя глобальную настройку).</t>
+        </is>
+      </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
-      <c r="G129" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
-      <c r="C130" t="inlineStr"/>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>Отправить сообщение в цветах радуги.</t>
+        </is>
+      </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
-      <c r="G130" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
-      <c r="C131" t="inlineStr"/>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Отправить /me в цветах радуги.</t>
+        </is>
+      </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
-      <c r="G131" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
-      <c r="C132" t="inlineStr"/>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>Отправить сообщение бота.</t>
+        </is>
+      </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение боту.
-Suggested in Weblate: Отправьте сообщение боту.</t>
+          <t>Suggested in Weblate: Отправьте сообщение боту.</t>
         </is>
       </c>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
-      <c r="C133" t="inlineStr"/>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>Отправить сообщение бота в цветах радуги.</t>
+        </is>
+      </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
-      <c r="G133" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
-      <c r="C134" t="inlineStr"/>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Отправить сообщение с конфетти.</t>
+        </is>
+      </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение с конфетти.
-Suggested in Weblate: Отправиить сообщение с конфетти.</t>
+          <t>Suggested in Weblate: Отправиить сообщение с конфетти.</t>
         </is>
       </c>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
-      <c r="C135" t="inlineStr"/>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Отправить сообщение в цветах радуги с конфетти.</t>
+        </is>
+      </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
-      <c r="G135" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Отправить сообщение с дождём.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Отправить сообщение с пользовательским типом сообщения.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
-      <c r="C138" t="inlineStr"/>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Отправить сообщение с эффектом искажений.</t>
+        </is>
+      </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
-      <c r="G138" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Отправить сообщение, которое постепенно искажается.</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Перейти к определённому сообщению используя идентификатор события, индекс или matrix: ссылку</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Преобразовать эту комнату в личную переписку.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Преобразовать эту комнату в личные сообщения.
 Suggested in Weblate: Преобразовать эту комнату в личный чат.</t>
         </is>
       </c>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Преобразовать эту личную переписку в комнату.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Преобразовать личные сообщения в комнату.</t>
         </is>
       </c>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Игнорировать пользователя.</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Перестать игнорировать пользователя.</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
-      <c r="C145" t="inlineStr"/>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Блокировать все приглашения от пользователя, сервера, в конкретную комнату или установить опцию по умолчанию.</t>
+        </is>
+      </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
-      <c r="C146" t="inlineStr"/>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Разрешить все приглашения от пользователя, сервера, в конкретную комнату или установить опцию по умолчанию.</t>
+        </is>
+      </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Развернуть</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Свернуть</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Не показывать счётчик уведомлений для этого сообщества или тэга.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
-      <c r="C150" t="inlineStr"/>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>Скрывать комнаты с этим тегом или из этого сообщества по умолчанию.</t>
+        </is>
+      </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Скрывать комнаты с этим тегом или из этого сообщества по умолчанию.
-Suggested in Weblate: Скрывать комнаты с этим тэгом или из этого сообщества по умолчанию.</t>
+          <t>Suggested in Weblate: Скрывать комнаты с этим тэгом или из этого сообщества по умолчанию.</t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Все комнаты</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Показывает все комнаты без фильтрации.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Показать все комнаты без фильтрации.
 Suggested in Weblate: Показать все комнаты</t>
         </is>
       </c>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Личные чаты</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Приватные чаты
 Suggested in Weblate: Прямой чат</t>
         </is>
       </c>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Показать личные чаты.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Показать приватные чаты.
 Suggested in Weblate: Показать прямые чаты.</t>
         </is>
       </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Избранное</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Любимые</t>
         </is>
       </c>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Комнаты, которые Вы отметили как «Избранные».</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Понравившиеся комнаты.
 Suggested in Weblate: Избранные комнаты.
 Suggested in Weblate: Избранные комнаты</t>
         </is>
       </c>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Низкий приоритет</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Низкий Приоритет</t>
         </is>
       </c>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Комнаты с низким приоритетом.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Комнаты с низким приоритетом</t>
         </is>
       </c>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Оповещения сервера</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Оповещения Сервера</t>
         </is>
       </c>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Сообщения от вашего сервера или администратора.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Сообщения от вашего сервера или администратора</t>
         </is>
       </c>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Не удалось обновить сообщество: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Не удалось удалить комнату из сообщества: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Не удалось обновить сообщество для комнаты: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Не удалось удалить сообщество из комнаты: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
-      <c r="C165" t="inlineStr"/>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>Подтвердить вступление в сообщество</t>
+        </is>
+      </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Подтвердить вступление в сообщество
-Suggested in Weblate: Подтвердите присоединение к сообществу</t>
+          <t>Suggested in Weblate: Подтвердить присоединение к сообществу</t>
         </is>
       </c>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
-      <c r="C166" t="inlineStr"/>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Подтвердить вступление в комнату</t>
+        </is>
+      </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Подтвердить вступление в комнату
-Suggested in Weblate: Подтвердите присоединение к комнате</t>
+          <t>Suggested in Weblate: Подтвердить присоединение к комнате</t>
         </is>
       </c>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n участник</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
-      <c r="C168" t="inlineStr"/>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>К этой комнате нельзя присоединиться напрямую. Вы можете, однако, прислать заявку в комнату, и участники комнаты могут принять или отклонить эту заявку. Ниже вы также можете указать причину для того, чтобы они вас впустили:</t>
+        </is>
+      </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: К этой комнате нельзя присоединиться напрямую. Вы можете, однако, прислать заявку в комнату, и участники комнаты могут принять или отклонить эту заявку. Ниже вы также можете указать причину для того, чтобы они вас впустили:
-Suggested in Weblate: К этой комнате нельзя присоединиться напрямую. Вы можете, однако, постучать в комнату, и участники комнаты могут принять или отклонить этот запрос на присоединение. Ниже вы также можете указать причину для того, чтобы они вас впустили:</t>
+          <t>Suggested in Weblate: К этой комнате нельзя присоединиться напрямую. Вы можете, однако, постучать в комнату, и участники комнаты могут принять или отклонить этот запрос на присоединение. Ниже вы также можете указать причину для того, чтобы они вас впустили:</t>
         </is>
       </c>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Вы хотите присоединиться к этой комнате? При желании вы можете указать причину ниже:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
-      <c r="C170" t="inlineStr"/>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>Отправить заявку</t>
+        </is>
+      </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить заявку
-Suggested in Weblate: Постучать</t>
+          <t>Suggested in Weblate: Постучать</t>
         </is>
       </c>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Присоединиться</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Создать личную переписку</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Пользователь для приглашения</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@пользователь:сервер.домен</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Шифрование</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Новое сообщество</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Новая комната</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
-      <c r="G178" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
-      <c r="C179" t="inlineStr"/>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>Без названия</t>
+        </is>
+      </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
-      <c r="G179" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Тема</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
-      <c r="G180" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
-      <c r="C181" t="inlineStr"/>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>Без темы</t>
+        </is>
+      </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
-      <c r="G181" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Псевдоним</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
-      <c r="G182" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
-      <c r="C183" t="inlineStr"/>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>Общедоступная</t>
+        </is>
+      </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
-      <c r="G183" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
-      <c r="C184" t="inlineStr"/>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>К общедоступным комнатам может присоединиться каждый; приватные комнаты требуют явных приглашений.</t>
+        </is>
+      </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
-      <c r="G184" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
-      <c r="C185" t="inlineStr"/>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>Доверенная</t>
+        </is>
+      </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
-      <c r="G185" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
-      <c r="C186" t="inlineStr"/>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>Всем приглашаемым даётся тот же уровень доступа, что и создателю</t>
+        </is>
+      </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
-      <c r="G186" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Шифрование</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Шифрование</t>
+          <t>Suggested in Weblate: Зашифрованная</t>
         </is>
       </c>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Внимание: шифрование нельзя отключить</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Создать комнату</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Расшифровать ключи</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Введите ключ восстановления или пароль, чтобы расшифровать ключи шифрования:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Введите ключ восстановления или пароль, чтобы расшифровать свои ключи шифрования:</t>
         </is>
       </c>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Введите свой ключ восстановления или пароль названный %1 для расшифровки Ваших секретов:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Введите ключ восстановления или пароль %1, чтобы расшифровать ключи шифрования:</t>
         </is>
       </c>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Расшифровка не удалась</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Дешифрование не удалось</t>
         </is>
       </c>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Не удалось расшифровать ключи шифрования с помощью предоставленного ключа восстановления или пароля</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Код для Верификации</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Пожалуйста сверьте следующие цифры. Вы должны увидеть одинаковые числа у себя и у собеседника. Если они разные, пожалуйста нажмите 'Они не совпадают!' для отмены верификации!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Они не совпадают!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Они совпадают!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Код Верификации</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Пожалуйста сверьте данные эмодзи. Вы должны видеть одинаковые эмодзи у себя и у собеседника. Если они разные, пожалуйста нажмите ' Они не совпадают!' для отмены верификации!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
-      <c r="C201" t="inlineStr"/>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>Отображаемые эмодзи могут выглядеть по-разному в разных клиентах, если используются разные шрифты. Аналогично они могут быть переведены на разные языки. Тем не менее, они должны изображать одно из 64 различных объектов или животных. Например, лев и кот разные, но кот всё тот же, даже если один клиент показывает лишь кошачью мордочку, а другой клиент показывает кота во весь рост.</t>
+        </is>
+      </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
-      <c r="G201" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Они не совпадают!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Они совпадают!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Сообщение не было расшифровано из-за отсутствия ключа. Ключ был запрошен автоматически, но Вы можете попробовать запросить его снова вручную.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Сообщение не было расшифровано, так как имеющийся ключ подходит только к более поздним сообщениям. Попробуйте запросить доступ к этому сообщению.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>При чтении ключа расшифровки произошла внутренняя ошибка.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>При расшифровке сообщения произошла ошибка.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Ошибка при анализе сообщения.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Ключом шифрования воспользовались повторно! Возможно, кто-то пытается вставить поддельные сообщения в этот чат!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Неизвестная ошибка расшифровки</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Запросить ключ</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 включил(а) сквозное шифрование</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Шифрование хранит ваши сообщения в безопасности, позволяя читать сообщения лишь тем людям, которым вы их отправили. В качестве дополнительной меры безопасности, если вы хотите убедиться, что говорите именно с теми людьми, вы может проверить их в реальной жизни.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Это сообщение не зашифровано!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Зашифровано верифицированным устройством</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Зашифровано неверифицированным устройством, но Вы все еще доверяете этому пользователю.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
-      <c r="C217" t="inlineStr"/>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>Ключ из ненадёжного источника, возможно, переданный от другого пользователя или из резервного сетевого хранилища ключей. По этой причине мы не можем подтвердить, кто отправил это сообщение.</t>
+        </is>
+      </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
-      <c r="C218" t="inlineStr"/>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>Зашифровано неверифицированным устройством.</t>
+        </is>
+      </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Зашифровано верефицированым устройством</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
-      <c r="C219" t="inlineStr"/>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>Устаревание событий для %1</t>
+        </is>
+      </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
-      <c r="C220" t="inlineStr"/>
+      <c r="C220" t="inlineStr">
+        <is>
+          <t>Устаревание событий</t>
+        </is>
+      </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
-      <c r="C221" t="inlineStr"/>
+      <c r="C221" t="inlineStr">
+        <is>
+          <t>Вы может настроить, когда ваши сообщения будут удалены в %1. Это происходит только когда Nheko открыт и имеет разрешения на удаление сообщений, пока сервера Matrix не начнут поддерживать эту функцию сами. В целом, 0 означает отключить.</t>
+        </is>
+      </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
-      <c r="C222" t="inlineStr"/>
+      <c r="C222" t="inlineStr">
+        <is>
+          <t>Вы может настроить, когда ваши сообщения будут удалены во всех комнатах, если не настроено иначе. Это происходит только когда Nheko открыт и имеет разрешения на удаление сообщений, пока сервера Matrix не начнут поддерживать эту функцию сами. В целом, 0 означает отключить.</t>
+        </is>
+      </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
-      <c r="C223" t="inlineStr"/>
+      <c r="C223" t="inlineStr">
+        <is>
+          <t>События устаревают через X дней</t>
+        </is>
+      </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
-      <c r="C224" t="inlineStr"/>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>Автоматически редактирует сообщения через X дней, если иное не предусмотрено. Установите 0 чтобы отключить.</t>
+        </is>
+      </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
-      <c r="C225" t="inlineStr"/>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>Оставлять только последние X событий</t>
+        </is>
+      </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
-      <c r="C226" t="inlineStr"/>
+      <c r="C226" t="inlineStr">
+        <is>
+          <t>Удаляет ваши события в этой комнате, если количество новых сообщений превышает X, если иное не предусмотрено. Установите 0 чтобы отключить.</t>
+        </is>
+      </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
-      <c r="C227" t="inlineStr"/>
+      <c r="C227" t="inlineStr">
+        <is>
+          <t>Всегда оставлять последние X событий</t>
+        </is>
+      </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
-      <c r="C228" t="inlineStr"/>
+      <c r="C228" t="inlineStr">
+        <is>
+          <t>Это предотвращает удаление событий двумя настройками выше, если они являются последними X сообщениями от вас в этой комнате.</t>
+        </is>
+      </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
-      <c r="C229" t="inlineStr"/>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>Включать события состояния</t>
+        </is>
+      </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
-      <c r="C230" t="inlineStr"/>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>Если это включено, старые события состояния тоже будут отредактированы. Последнее событие состояния любой комбинации тип+ключ исключается из редактирования, чтобы случайно не удалить состояние названия комнаты и подобное.</t>
+        </is>
+      </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
-      <c r="G231" t="inlineStr"/>
+      <c r="G231" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не удалось задать скрытые события: %1</t>
+        </is>
+      </c>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Верификация не удалась</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Другой клиент не поддерживает наш протокол верификации.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Обнаружено несовпадение ключей!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Время для верификации устройста закончилось.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Другая сторона отменила верификацию.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
-      <c r="G237" t="inlineStr"/>
+      <c r="G237" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Проверка была принята другим устройством.</t>
+        </is>
+      </c>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
-      <c r="G238" t="inlineStr"/>
+      <c r="G238" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сообщения подтверждения получены не по порядку!</t>
+        </is>
+      </c>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
-      <c r="G239" t="inlineStr"/>
+      <c r="G239" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Неизвестная ошибка проверки.</t>
+        </is>
+      </c>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Закрыть</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
-      <c r="G241" t="inlineStr"/>
+      <c r="G241" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Резервная аутентификация</t>
+        </is>
+      </c>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
-      <c r="G242" t="inlineStr"/>
+      <c r="G242" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Откройте резервный вариант, выполните необходимые шаги и подтвердите после их завершения.</t>
+        </is>
+      </c>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Открыть ответ в Браузере</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
-      <c r="G243" t="inlineStr"/>
+      <c r="G243" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Открыть в Браузере</t>
+        </is>
+      </c>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Отмена</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Отмена</t>
         </is>
       </c>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Подтвердить</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
-      <c r="G245" t="inlineStr"/>
+      <c r="G245" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Подтвердить</t>
+        </is>
+      </c>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Переслать Сообщение</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
-      <c r="G247" t="inlineStr"/>
+      <c r="G247" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Набор аккаунта</t>
+        </is>
+      </c>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось настроить отображение событий: %1</t>
+          <t>Suggested in Weblate: Не удалось установить скрытые события: %1
+Suggested in Weblate: Не удалось настроить отображение событий: %1</t>
         </is>
       </c>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
-      <c r="G249" t="inlineStr"/>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скрытые события для %1</t>
+        </is>
+      </c>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
-      <c r="G250" t="inlineStr"/>
+      <c r="G250" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скрытые события</t>
+        </is>
+      </c>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
-      <c r="G251" t="inlineStr"/>
+      <c r="G251" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Эти события будут &lt;b&gt;показаны&lt;/b&gt; в %1:</t>
+        </is>
+      </c>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
-      <c r="G252" t="inlineStr"/>
+      <c r="G252" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Эти события будут &lt;b&gt;показаны&lt;/b&gt; во всех комнатах:</t>
+        </is>
+      </c>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr"/>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
-      <c r="G253" t="inlineStr"/>
+      <c r="G253" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пользовательские события</t>
+        </is>
+      </c>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
-      <c r="G254" t="inlineStr"/>
+      <c r="G254" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Присоединяется, покидает, меняет аватар или имя, банит, …</t>
+        </is>
+      </c>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr"/>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
-      <c r="G255" t="inlineStr"/>
+      <c r="G255" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменение прав</t>
+        </is>
+      </c>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
-      <c r="G256" t="inlineStr"/>
+      <c r="G256" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отправляется при добавлении / удалении модератора или изменении прав доступа к комнате.</t>
+        </is>
+      </c>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
-      <c r="G257" t="inlineStr"/>
+      <c r="G257" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Стикеры</t>
+        </is>
+      </c>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
-[...2 lines deleted...]
-      <c r="G259" t="inlineStr"/>
+          <t>IgnoredUsersIgnored users</t>
+        </is>
+      </c>
+      <c r="G259" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Игнорируемые пользователи</t>
+        </is>
+      </c>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
-[...2 lines deleted...]
-      <c r="G260" t="inlineStr"/>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+        </is>
+      </c>
+      <c r="G260" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Игнор пользователя скрывает его сообщения (он всё ещё может видеть ваши!).</t>
+        </is>
+      </c>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
-[...6 lines deleted...]
-      </c>
+          <t>Stop Ignoring.</t>
+        </is>
+      </c>
+      <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
+          <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Показать</t>
+          <t>Suggested in Weblate: Перестань игнорировать.</t>
         </is>
       </c>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="C262" t="inlineStr"/>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Показать</t>
+        </is>
+      </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="G262" t="inlineStr"/>
+          <t>ImageMessageShow</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать</t>
+        </is>
+      </c>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
-[...2 lines deleted...]
-      <c r="G263" t="inlineStr"/>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+        </is>
+      </c>
+      <c r="G263" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы уверены, что хотите удалить набор стикеров «%1»?</t>
+        </is>
+      </c>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
-[...2 lines deleted...]
-      <c r="G264" t="inlineStr"/>
+          <t>ImagePackEditorDialogEditing image pack</t>
+        </is>
+      </c>
+      <c r="G264" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Редактирование пакета изображений</t>
+        </is>
+      </c>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
-[...2 lines deleted...]
-      <c r="G265" t="inlineStr"/>
+          <t>ImagePackEditorDialogAdd images</t>
+        </is>
+      </c>
+      <c r="G265" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить изображения</t>
+        </is>
+      </c>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr"/>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
-[...2 lines deleted...]
-      <c r="G266" t="inlineStr"/>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+        </is>
+      </c>
+      <c r="G266" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изображения (*.png *.webp *.gif *.jpg *.jpeg)</t>
+        </is>
+      </c>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
-[...2 lines deleted...]
-      <c r="G267" t="inlineStr"/>
+          <t>ImagePackEditorDialogSelect images for pack</t>
+        </is>
+      </c>
+      <c r="G267" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выберите изображения для набора</t>
+        </is>
+      </c>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
-[...2 lines deleted...]
-      <c r="G268" t="inlineStr"/>
+          <t>ImagePackEditorDialogAdd to pack</t>
+        </is>
+      </c>
+      <c r="G268" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить в набор</t>
+        </is>
+      </c>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
-[...2 lines deleted...]
-      <c r="G269" t="inlineStr"/>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+        </is>
+      </c>
+      <c r="G269" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменить превью для этого набора</t>
+        </is>
+      </c>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
-[...2 lines deleted...]
-      <c r="G270" t="inlineStr"/>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+        </is>
+      </c>
+      <c r="G270" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Превью (*.png *.webp *.jpg *.jpeg)</t>
+        </is>
+      </c>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
-[...2 lines deleted...]
-      <c r="G271" t="inlineStr"/>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
+        </is>
+      </c>
+      <c r="G271" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выберите превью для набора</t>
+        </is>
+      </c>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
-[...2 lines deleted...]
-      <c r="G273" t="inlineStr"/>
+          <t>ImagePackEditorDialogPackname</t>
+        </is>
+      </c>
+      <c r="G273" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Название</t>
+        </is>
+      </c>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
-[...2 lines deleted...]
-      <c r="G274" t="inlineStr"/>
+          <t>ImagePackEditorDialogAttribution</t>
+        </is>
+      </c>
+      <c r="G274" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Описание</t>
+        </is>
+      </c>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr"/>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
-[...2 lines deleted...]
-      <c r="G275" t="inlineStr"/>
+          <t>ImagePackEditorDialogUse as Emoji</t>
+        </is>
+      </c>
+      <c r="G275" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Использовать как эмодзи</t>
+        </is>
+      </c>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: краткий код</t>
+          <t>Suggested in Weblate: Использовать как стикер</t>
         </is>
       </c>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr"/>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
-[...2 lines deleted...]
-      <c r="G277" t="inlineStr"/>
+          <t>ImagePackEditorDialogShortcode</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: краткий код</t>
+        </is>
+      </c>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr"/>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
-[...2 lines deleted...]
-      <c r="G279" t="inlineStr"/>
+          <t>ImagePackEditorDialogRemove from pack</t>
+        </is>
+      </c>
+      <c r="G279" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Удалить из набора</t>
+        </is>
+      </c>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr"/>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
-[...2 lines deleted...]
-      <c r="G280" t="inlineStr"/>
+          <t>ImagePackEditorDialogRemove</t>
+        </is>
+      </c>
+      <c r="G280" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Удалить</t>
+        </is>
+      </c>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr"/>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
-[...2 lines deleted...]
-      <c r="G281" t="inlineStr"/>
+          <t>ImagePackSettingsDialogImage pack settings</t>
+        </is>
+      </c>
+      <c r="G281" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройки набора</t>
+        </is>
+      </c>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
-[...2 lines deleted...]
-      <c r="G282" t="inlineStr"/>
+          <t>ImagePackSettingsDialogCreate account pack</t>
+        </is>
+      </c>
+      <c r="G282" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Создать набор для аккаунта</t>
+        </is>
+      </c>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
-[...2 lines deleted...]
-      <c r="G283" t="inlineStr"/>
+          <t>ImagePackSettingsDialogNew room pack</t>
+        </is>
+      </c>
+      <c r="G283" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Новый набор для комнаты</t>
+        </is>
+      </c>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
-[...2 lines deleted...]
-      <c r="G284" t="inlineStr"/>
+          <t>ImagePackSettingsDialogPrivate pack</t>
+        </is>
+      </c>
+      <c r="G284" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Приватны набор</t>
+        </is>
+      </c>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
-[...2 lines deleted...]
-      <c r="G285" t="inlineStr"/>
+          <t>ImagePackSettingsDialogPack from this room</t>
+        </is>
+      </c>
+      <c r="G285" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Набор из этой комнаты</t>
+        </is>
+      </c>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
-[...2 lines deleted...]
-      <c r="G286" t="inlineStr"/>
+          <t>ImagePackSettingsDialogPack from parent community</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Набор из родительского сообщества</t>
+        </is>
+      </c>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
-[...2 lines deleted...]
-      <c r="G287" t="inlineStr"/>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Включенный глобально набор</t>
+        </is>
+      </c>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
-[...2 lines deleted...]
-      <c r="G288" t="inlineStr"/>
+          <t>ImagePackSettingsDialogEnable globally</t>
+        </is>
+      </c>
+      <c r="G288" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Включить глобально</t>
+        </is>
+      </c>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enables this pack to be used in all rooms</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Редактировать</t>
+          <t>Suggested in Weblate: Позволяет использовать этот набор во всех комнатах.</t>
         </is>
       </c>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
-[...2 lines deleted...]
-      <c r="C290" t="inlineStr"/>
+          <t>Edit</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>Редактировать</t>
+        </is>
+      </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
-[...2 lines deleted...]
-      <c r="G290" t="inlineStr"/>
+          <t>ImagePackSettingsDialogEdit</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Редактировать</t>
+        </is>
+      </c>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Remove</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Закрыть</t>
+          <t>Suggested in Weblate: Удалить</t>
         </is>
       </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
-[...2 lines deleted...]
-      <c r="C292" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>Закрыть</t>
+        </is>
+      </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Выбрать файл(ы)</t>
+          <t>Suggested in Weblate: Закрыть</t>
         </is>
       </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Все файлы (*)</t>
+          <t>Выбрать файл(ы)</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
-[...2 lines deleted...]
-      <c r="C294" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Все файлы (*)</t>
+        </is>
+      </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
-[...2 lines deleted...]
-      <c r="G295" t="inlineStr"/>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: При игнорировании пользователя нужно передавать действительный mxid. '%1' не является действительным userid.</t>
+        </is>
+      </c>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось загрузить '%1'</t>
+          <t>Suggested in Weblate: Не удалось запросить пользователя %1</t>
         </is>
       </c>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
-[...2 lines deleted...]
-      <c r="C297" t="inlineStr"/>
+          <t>Upload of '%1' failed</t>
+        </is>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>Не удалось загрузить '%1'</t>
+        </is>
+      </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
-[...2 lines deleted...]
-      <c r="G298" t="inlineStr"/>
+          <t>InviteDialogInvite users to %1</t>
+        </is>
+      </c>
+      <c r="G298" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пригласить пользователей в %1</t>
+        </is>
+      </c>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>InviteDialog
-[...3 lines deleted...]
-      <c r="G299" t="inlineStr"/>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск пользователя</t>
+        </is>
+      </c>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12988</t>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Search on Server</t>
+          <t>@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>InviteDialogSearch on Server</t>
-[...2 lines deleted...]
-      <c r="G300" t="inlineStr"/>
+          <t>InviteDialog
+Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G300" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: @user:yourserver.example.com</t>
+        </is>
+      </c>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
-[...2 lines deleted...]
-      <c r="G301" t="inlineStr"/>
+          <t>InviteDialogSearch on Server</t>
+        </is>
+      </c>
+      <c r="G301" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск на сервере</t>
+        </is>
+      </c>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Invite</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отмена</t>
+          <t>Suggested in Weblate: Пригласить</t>
         </is>
       </c>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
-[...2 lines deleted...]
-      <c r="C303" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>Отмена</t>
+        </is>
+      </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
-[...2 lines deleted...]
-      <c r="G303" t="inlineStr"/>
+          <t>InviteDialogCancel</t>
+        </is>
+      </c>
+      <c r="G303" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отмена</t>
+        </is>
+      </c>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
-[...6 lines deleted...]
-      </c>
+          <t>Join room</t>
+        </is>
+      </c>
+      <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
-[...2 lines deleted...]
-      <c r="G304" t="inlineStr"/>
+          <t>JoinRoomDialogJoin room</t>
+        </is>
+      </c>
+      <c r="G304" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Присоединиться к комнате</t>
+        </is>
+      </c>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Присоединиться</t>
+          <t>Идентификатор или псевдоним комнаты</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Присоединиться</t>
+          <t>Suggested in Weblate: ID или псевдоним комнаты</t>
         </is>
       </c>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Покинуть комнату</t>
+          <t>Присоединиться</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Покинуть комнату</t>
+          <t>Suggested in Weblate: Присоединиться</t>
         </is>
       </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Вы действительно желаете выйти?</t>
+          <t>Покинуть комнату</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
-[...2 lines deleted...]
-      <c r="G307" t="inlineStr"/>
+          <t>LeaveRoomDialogLeave room</t>
+        </is>
+      </c>
+      <c r="G307" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Покинуть комнату</t>
+        </is>
+      </c>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="C308" t="inlineStr"/>
+          <t>Are you sure you want to leave?</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>Вы действительно желаете выйти?</t>
+        </is>
+      </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="G308" t="inlineStr"/>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+        </is>
+      </c>
+      <c r="G308" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы действительно желаете выйти?</t>
+        </is>
+      </c>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
-[...6 lines deleted...]
-      </c>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
-[...2 lines deleted...]
-      <c r="G309" t="inlineStr"/>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы ввели недопустимый Matrix ID, формат @user:yourserver.example.com</t>
+        </is>
+      </c>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Автоматическое обнаружение не удалось. Получена неизвестная ошибка во время исполнения запроса к .well-known.</t>
+          <t>Автоматическое обнаружение не удалось. Получен некорректный ответ.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Необходимые конечные точки не найдены. Возможно, это не сервер Matrix.</t>
+          <t>Автоматическое обнаружение не удалось. Получена неизвестная ошибка во время исполнения запроса к .well-known.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Получен неверный ответ. Убедитесь, что домен homeserver действителен.</t>
+          <t>Необходимые конечные точки не найдены. Возможно, это не сервер Matrix.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Произошла неизвестная ошибка. Убедитесь, что домен homeserver действителен.</t>
+          <t>Получен неверный ответ. Убедитесь, что домен homeserver действителен.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
-[...2 lines deleted...]
-      <c r="C314" t="inlineStr"/>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>Произошла неизвестная ошибка. Убедитесь, что домен homeserver действителен.</t>
+        </is>
+      </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
-[...2 lines deleted...]
-      <c r="G315" t="inlineStr"/>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+        </is>
+      </c>
+      <c r="G315" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выбранный сервер не поддерживает версию протокола Matrix, понятную данному клиенту (%1–%2). Вы не можете войти в систему.</t>
+        </is>
+      </c>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Войти при помощи Facebook</t>
+          <t>Войти при помощи Apple</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Войти при помощи Google</t>
+          <t>Войти при помощи Facebook</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Войти при помощи Twitter</t>
+          <t>Войти при помощи Google</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Войти при помощи %1</t>
+          <t>Войти при помощи Twitter</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Войти при помощи SSO</t>
+          <t>Войти при помощи %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Пустой пароль</t>
+          <t>Войти при помощи SSO</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
-[...6 lines deleted...]
-      </c>
+          <t>LoginPageSSO LOGIN</t>
+        </is>
+      </c>
+      <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Не удалось войти при помощи SSO</t>
+          <t>Пустой пароль</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
-[...2 lines deleted...]
-      <c r="G322" t="inlineStr"/>
+          <t>LoginPageEmpty password</t>
+        </is>
+      </c>
+      <c r="G322" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пароль не задан</t>
+        </is>
+      </c>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Идентификатор Matrix</t>
+          <t>Не удалось войти при помощи SSO</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="C324" t="inlineStr"/>
+          <t>Matrix ID</t>
+        </is>
+      </c>
+      <c r="C324" t="inlineStr">
+        <is>
+          <t>Идентификатор Matrix</t>
+        </is>
+      </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr"/>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: в формате @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="C326" t="inlineStr"/>
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...29 lines deleted...]
-      <c r="G326" t="inlineStr"/>
+      <c r="G326" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ваш логин для входа. Идентификатор mxid должен начинаться с символа @, за которым следует имя пользователя. После имени пользователя через двоеточие указывается адрес вашего сервера. 
+Вы также можете указать адрес домашнего сервера, если ваш сервер не поддерживает обнаружение через .well-known.
+Пример: @user:yourserver.example.com
+Если Nheko не удастся автоматически определить ваш домашний сервер, появится поле для ввода адреса сервера вручную</t>
+        </is>
+      </c>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Ваш пароль.</t>
+          <t>Пароль</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
+          <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
-[...2 lines deleted...]
-      <c r="C328" t="inlineStr"/>
+          <t>Your password.</t>
+        </is>
+      </c>
+      <c r="C328" t="inlineStr">
+        <is>
+          <t>Ваш пароль.</t>
+        </is>
+      </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show/Hide Password</t>
+        </is>
+      </c>
+      <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
-[...2 lines deleted...]
-      <c r="G329" t="inlineStr"/>
+          <t>LoginPageShow/Hide Password</t>
+        </is>
+      </c>
+      <c r="G329" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать/скрыть пароль</t>
+        </is>
+      </c>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
-[...2 lines deleted...]
-      <c r="C330" t="inlineStr"/>
+          <t>Device name</t>
+        </is>
+      </c>
+      <c r="C330" t="inlineStr">
+        <is>
+          <t>Имя устройства</t>
+        </is>
+      </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
-[...6 lines deleted...]
-      </c>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+        </is>
+      </c>
+      <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
-[...2 lines deleted...]
-      <c r="G331" t="inlineStr"/>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+        </is>
+      </c>
+      <c r="G331" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Название для этого устройства, которое будет отображаться другим пользователям при проверке ваших устройств. Если название не указано, используется название по умолчанию.</t>
+        </is>
+      </c>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
-[...2 lines deleted...]
-      <c r="C332" t="inlineStr"/>
+          <t>Homeserver address</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr">
+        <is>
+          <t>Адрес домашнего сервера</t>
+        </is>
+      </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>The address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>The address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr"/>
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...29 lines deleted...]
-      <c r="G334" t="inlineStr"/>
+      <c r="G334" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Адрес для связи с клиентским API вашего домашнего сервера.
+Пример: https://yourserver.example.com:8787</t>
+        </is>
+      </c>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
-[...2 lines deleted...]
-      <c r="C335" t="inlineStr"/>
+          <t>LOGIN</t>
+        </is>
+      </c>
+      <c r="C335" t="inlineStr">
+        <is>
+          <t>ВОЙТИ</t>
+        </is>
+      </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
-[...2 lines deleted...]
-      <c r="C336" t="inlineStr"/>
+          <t>Back</t>
+        </is>
+      </c>
+      <c r="C336" t="inlineStr">
+        <is>
+          <t>Вернуться</t>
+        </is>
+      </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
-[...2 lines deleted...]
-      <c r="G336" t="inlineStr"/>
+          <t>LoginPageBack</t>
+        </is>
+      </c>
+      <c r="G336" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Назад</t>
+        </is>
+      </c>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
-[...2 lines deleted...]
-      <c r="G337" t="inlineStr"/>
+          <t>LogoutDialogLog out</t>
+        </is>
+      </c>
+      <c r="G337" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выход</t>
+        </is>
+      </c>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
-[...2 lines deleted...]
-      <c r="G338" t="inlineStr"/>
+          <t>LogoutDialogA call is in progress. Log out?</t>
+        </is>
+      </c>
+      <c r="G338" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выполняется звонок. Выйти из системы?</t>
+        </is>
+      </c>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Are you sure you want to log out?</t>
+        </is>
+      </c>
+      <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
+          <t>LogoutDialogAre you sure you want to log out?</t>
+        </is>
+      </c>
+      <c r="G339" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы уверены, что хотите выйти из системы?</t>
+        </is>
+      </c>
+      <c r="H339" t="inlineStr"/>
+    </row>
+    <row r="340">
+      <c r="A340" t="inlineStr">
+        <is>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
+        </is>
+      </c>
+      <c r="B340" t="inlineStr">
+        <is>
+          <t>Failed to upload media. Please try again.</t>
+        </is>
+      </c>
+      <c r="C340" t="inlineStr">
+        <is>
+          <t>Не удалось загрузить контент. Пожалуйста, повторите попытку.</t>
+        </is>
+      </c>
+      <c r="D340" t="inlineStr"/>
+      <c r="E340" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F340" t="inlineStr">
+        <is>
           <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
-      <c r="G339" t="inlineStr">
+      <c r="G340" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Сбой загрузки контента. Пожалуйста, повторите попытку.
 Suggested in Weblate: Загрузка не удалась. Пожалуйста, повторите попытку.</t>
         </is>
       </c>
-      <c r="H339" t="inlineStr"/>
-[...28 lines deleted...]
-      <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
-[...2 lines deleted...]
-      <c r="C341" t="inlineStr"/>
+          <t>Hang up</t>
+        </is>
+      </c>
+      <c r="C341" t="inlineStr">
+        <is>
+          <t>Завершить звонок</t>
+        </is>
+      </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>Already on a call</t>
+        </is>
+      </c>
+      <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
-[...2 lines deleted...]
-      <c r="G342" t="inlineStr"/>
+          <t>MessageInputAlready on a call</t>
+        </is>
+      </c>
+      <c r="G342" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Уже на звонке</t>
+        </is>
+      </c>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Отправить файл</t>
+          <t>Позвонить</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Написать сообщение…</t>
+          <t>Отправить файл</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
-[...2 lines deleted...]
-      <c r="C345" t="inlineStr"/>
+          <t>Write a message…</t>
+        </is>
+      </c>
+      <c r="C345" t="inlineStr">
+        <is>
+          <t>Написать сообщение…</t>
+        </is>
+      </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
-[...6 lines deleted...]
-      </c>
+          <t>Stickers</t>
+        </is>
+      </c>
+      <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
-[...2 lines deleted...]
-      <c r="G346" t="inlineStr"/>
+          <t>MessageInputStickers</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Стикеры</t>
+        </is>
+      </c>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Отправить</t>
+          <t>Эмодзи</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
+          <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>У вас нет прав для отправления сообщений в этой комнате</t>
+          <t>Отправить</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
-[...2 lines deleted...]
-      <c r="C349" t="inlineStr"/>
+          <t>You don't have permission to send messages in this room</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>У вас нет прав для отправления сообщений в этой комнате</t>
+        </is>
+      </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
-[...6 lines deleted...]
-      </c>
+          <t>Don't mention them in this message</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
-[...2 lines deleted...]
-      <c r="G350" t="inlineStr"/>
+          <t>MessageInputWarningDon't mention them in this message</t>
+        </is>
+      </c>
+      <c r="G350" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не упоминать их в этом сообщении.</t>
+        </is>
+      </c>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Реакция</t>
+          <t>Редактировать</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
-[...2 lines deleted...]
-      <c r="C352" t="inlineStr"/>
+          <t>React</t>
+        </is>
+      </c>
+      <c r="C352" t="inlineStr">
+        <is>
+          <t>Реакция</t>
+        </is>
+      </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewReact</t>
+        </is>
+      </c>
+      <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
-[...2 lines deleted...]
-      <c r="C353" t="inlineStr"/>
+          <t>Reply in thread</t>
+        </is>
+      </c>
+      <c r="C353" t="inlineStr">
+        <is>
+          <t>Ответить в обсуждении</t>
+        </is>
+      </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewReply in thread</t>
+        </is>
+      </c>
+      <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Ответить</t>
+          <t>Новое обсуждение</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
-[...2 lines deleted...]
-      <c r="C355" t="inlineStr"/>
+          <t>Reply</t>
+        </is>
+      </c>
+      <c r="C355" t="inlineStr">
+        <is>
+          <t>Ответить</t>
+        </is>
+      </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewReply</t>
+        </is>
+      </c>
+      <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Опции</t>
+          <t>К сообщению</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
-[...2 lines deleted...]
-      <c r="C357" t="inlineStr"/>
+          <t>Options</t>
+        </is>
+      </c>
+      <c r="C357" t="inlineStr">
+        <is>
+          <t>Опции</t>
+        </is>
+      </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
-[...2 lines deleted...]
-      <c r="G358" t="inlineStr"/>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+        </is>
+      </c>
+      <c r="G358" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Введите причину удаления или нажмите enter без причины:</t>
+        </is>
+      </c>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Перейти к сооб&amp;щению</t>
+          <t>Suggested in Weblate: Причина удаления</t>
         </is>
       </c>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
-[...2 lines deleted...]
-      <c r="C360" t="inlineStr"/>
+          <t>Go to &amp;message</t>
+        </is>
+      </c>
+      <c r="C360" t="inlineStr">
+        <is>
+          <t>Перейти к сооб&amp;щению</t>
+        </is>
+      </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
-[...7 lines deleted...]
-      </c>
+          <t>MessageViewGo to &amp;message</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
-[...2 lines deleted...]
-      <c r="C361" t="inlineStr"/>
+          <t>&amp;Copy</t>
+        </is>
+      </c>
+      <c r="C361" t="inlineStr">
+        <is>
+          <t>&amp;Копировать</t>
+        </is>
+      </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Копировать ссылку &amp;места</t>
+          <t>Что означают символы &amp; в этой и соседних строках?</t>
         </is>
       </c>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
-[...2 lines deleted...]
-      <c r="C362" t="inlineStr"/>
+          <t>Copy &amp;link location</t>
+        </is>
+      </c>
+      <c r="C362" t="inlineStr">
+        <is>
+          <t>Копировать ссылку &amp;места</t>
+        </is>
+      </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewCopy &amp;link location</t>
+        </is>
+      </c>
+      <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
-[...2 lines deleted...]
-      <c r="C363" t="inlineStr"/>
+          <t>Re&amp;act</t>
+        </is>
+      </c>
+      <c r="C363" t="inlineStr">
+        <is>
+          <t>Поставить &amp;реакцию</t>
+        </is>
+      </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewRe&amp;act</t>
+        </is>
+      </c>
+      <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
-[...2 lines deleted...]
-      <c r="C364" t="inlineStr"/>
+          <t>Repl&amp;y</t>
+        </is>
+      </c>
+      <c r="C364" t="inlineStr">
+        <is>
+          <t>&amp;Ответить</t>
+        </is>
+      </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
-[...7 lines deleted...]
-      </c>
+          <t>MessageViewRepl&amp;y</t>
+        </is>
+      </c>
+      <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
-[...2 lines deleted...]
-      <c r="C365" t="inlineStr"/>
+          <t>&amp;Edit</t>
+        </is>
+      </c>
+      <c r="C365" t="inlineStr">
+        <is>
+          <t>&amp;Изменить</t>
+        </is>
+      </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Обсу&amp;ждение</t>
+          <t>Suggested in Weblate: Редактировать</t>
         </is>
       </c>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
-[...2 lines deleted...]
-      <c r="C366" t="inlineStr"/>
+          <t>&amp;Thread</t>
+        </is>
+      </c>
+      <c r="C366" t="inlineStr">
+        <is>
+          <t>Обсу&amp;ждение</t>
+        </is>
+      </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Thread</t>
+        </is>
+      </c>
+      <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
-[...2 lines deleted...]
-      <c r="C367" t="inlineStr"/>
+          <t>Un&amp;pin</t>
+        </is>
+      </c>
+      <c r="C367" t="inlineStr">
+        <is>
+          <t>Откр&amp;епить</t>
+        </is>
+      </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewUn&amp;pin</t>
+        </is>
+      </c>
+      <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
-[...2 lines deleted...]
-      <c r="C368" t="inlineStr"/>
+          <t>&amp;Pin</t>
+        </is>
+      </c>
+      <c r="C368" t="inlineStr">
+        <is>
+          <t>Закр&amp;епить</t>
+        </is>
+      </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Pin</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
-[...2 lines deleted...]
-      <c r="C369" t="inlineStr"/>
+          <t>&amp;Read receipts</t>
+        </is>
+      </c>
+      <c r="C369" t="inlineStr">
+        <is>
+          <t>&amp;Узнать получателей</t>
+        </is>
+      </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Read receipts</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
-[...2 lines deleted...]
-      <c r="C370" t="inlineStr"/>
+          <t>&amp;Forward</t>
+        </is>
+      </c>
+      <c r="C370" t="inlineStr">
+        <is>
+          <t>&amp;Переслать</t>
+        </is>
+      </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Forward</t>
+        </is>
+      </c>
+      <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Просмотреть сырое сообщение</t>
+          <t>Пометить про&amp;читанным</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Mark as read</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Просмотреть дешифрованое сырое сообщение</t>
+          <t>Посмотреть код сообщения</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewView raw message</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
-[...2 lines deleted...]
-      <c r="C373" t="inlineStr"/>
+          <t>View decrypted raw message</t>
+        </is>
+      </c>
+      <c r="C373" t="inlineStr">
+        <is>
+          <t>Посмотреть код дешифрованного сообщения</t>
+        </is>
+      </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewView decrypted raw message</t>
+        </is>
+      </c>
+      <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
-[...2 lines deleted...]
-      <c r="C374" t="inlineStr"/>
+          <t>Remo&amp;ve message</t>
+        </is>
+      </c>
+      <c r="C374" t="inlineStr">
+        <is>
+          <t>У&amp;далить сообщение</t>
+        </is>
+      </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewRemo&amp;ve message</t>
+        </is>
+      </c>
+      <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
-[...2 lines deleted...]
-      <c r="C375" t="inlineStr"/>
+          <t>Report message</t>
+        </is>
+      </c>
+      <c r="C375" t="inlineStr">
+        <is>
+          <t>Пожаловаться на сообщение</t>
+        </is>
+      </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewReport message</t>
+        </is>
+      </c>
+      <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
-[...2 lines deleted...]
-      <c r="C376" t="inlineStr"/>
+          <t>&amp;Save as</t>
+        </is>
+      </c>
+      <c r="C376" t="inlineStr">
+        <is>
+          <t>&amp;Сохранить как</t>
+        </is>
+      </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Save as</t>
+        </is>
+      </c>
+      <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
-[...2 lines deleted...]
-      <c r="C377" t="inlineStr"/>
+          <t>&amp;Open in external program</t>
+        </is>
+      </c>
+      <c r="C377" t="inlineStr">
+        <is>
+          <t>Открыть во &amp;внешней программе</t>
+        </is>
+      </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Open in external program</t>
+        </is>
+      </c>
+      <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
-[...2 lines deleted...]
-      <c r="C378" t="inlineStr"/>
+          <t>Copy link to eve&amp;nt</t>
+        </is>
+      </c>
+      <c r="C378" t="inlineStr">
+        <is>
+          <t>Копировать ссылку на со&amp;бытие</t>
+        </is>
+      </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewCopy link to eve&amp;nt</t>
+        </is>
+      </c>
+      <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Отправить запрос на проверку</t>
+          <t>К &amp;цитированному сообщению</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Получен Запрос Верификации</t>
+          <t>Отправить запрос на проверку</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
-[...2 lines deleted...]
-      <c r="C381" t="inlineStr"/>
+          <t>Received Verification Request</t>
+        </is>
+      </c>
+      <c r="C381" t="inlineStr">
+        <is>
+          <t>Получен Запрос Верификации</t>
+        </is>
+      </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
-[...2 lines deleted...]
-      <c r="G382" t="inlineStr"/>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+        </is>
+      </c>
+      <c r="G382" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Чтобы другие пользователи могли видеть, какие из ваших устройств на самом деле принадлежат вам, вы можете их подтвердить. Это также позволяет автоматически выполнять резервное копирование ключей. Подтвердить неподтвержденное устройство сейчас? (Пожалуйста, убедитесь, что у вас есть одно из этих устройств в наличии.)</t>
+        </is>
+      </c>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
-[...2 lines deleted...]
-      <c r="G383" t="inlineStr"/>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+        </is>
+      </c>
+      <c r="G383" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Чтобы другие пользователи могли видеть, какие из ваших устройств на самом деле принадлежат вам, вы можете их подтвердить. Это также позволяет автоматически выполнять резервное копирование ключей. Подтвердите %1 сейчас?</t>
+        </is>
+      </c>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
-[...2 lines deleted...]
-      <c r="G384" t="inlineStr"/>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+        </is>
+      </c>
+      <c r="G384" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Чтобы убедиться, что ни один злоумышленник не сможет подслушать ваши зашифрованные сообщения, вы можете проверить подтверждение другой стороны.</t>
+        </is>
+      </c>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr"/>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
-[...2 lines deleted...]
-      <c r="G385" t="inlineStr"/>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+        </is>
+      </c>
+      <c r="G385" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 запросил подтвердить устройство %2.</t>
+        </is>
+      </c>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
-[...2 lines deleted...]
-      <c r="G386" t="inlineStr"/>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+        </is>
+      </c>
+      <c r="G386" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 использующий устройство %2, запросил проверку.</t>
+        </is>
+      </c>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Your device (%1) has requested to be verified.</t>
+        </is>
+      </c>
+      <c r="C387" t="inlineStr"/>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
-[...2 lines deleted...]
-      <c r="G387" t="inlineStr"/>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+        </is>
+      </c>
+      <c r="G387" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ваше устройство (%1) запросило проверку.</t>
+        </is>
+      </c>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Отклонить</t>
+          <t>Отмена</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Начать верификацию</t>
+          <t>Отклонить</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Принять</t>
+          <t>Начать верификацию</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 отправил зашифрованное сообщение</t>
+          <t>Принять</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>NewVerificationRequestAccept</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C392" t="inlineStr"/>
+          <t>%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>%1 отправил зашифрованное сообщение</t>
+        </is>
+      </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отправил(а) зашифрованное сообщение</t>
+        </is>
+      </c>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr"/>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 ответил спойлером.</t>
+        </is>
+      </c>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 ответил(а) на сообщение: %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...33 lines deleted...]
-      </c>
+      <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 ответил на сообщение</t>
+          <t>%1 ответил зашифрованным сообщением</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ответил(а) на сообщение</t>
+          <t>Suggested in Weblate: %1 ответил(а) зашифрованным сообщением</t>
         </is>
       </c>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 отправил сообщение</t>
+          <t>%1 ответил на сообщение</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 отправил(а) сообщение</t>
+          <t>Suggested in Weblate: %1 ответил(а) на сообщение</t>
         </is>
       </c>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Позвонить %1?</t>
+          <t>%1 отправил сообщение</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
-[...2 lines deleted...]
-      <c r="G397" t="inlineStr"/>
+          <t>NotificationsManager%1 sent a message</t>
+        </is>
+      </c>
+      <c r="G397" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отправил(а) сообщение</t>
+        </is>
+      </c>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Микрофон не найден.</t>
+          <t>Позвонить %1?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Голос</t>
+          <t>Микрофон не найден.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Видео</t>
+          <t>Голос</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Экран</t>
+          <t>Видео</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Отмена</t>
+          <t>Экран</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">нереализованное событие: </t>
+          <t>Отмена</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
-[...2 lines deleted...]
-      <c r="C404" t="inlineStr"/>
+          <t xml:space="preserve">unimplemented event: </t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr">
+        <is>
+          <t xml:space="preserve">нереализованное событие: </t>
+        </is>
+      </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
-[...2 lines deleted...]
-      <c r="G405" t="inlineStr"/>
+          <t>PowerLevelEditorPermissions in %1</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Права доступа в %1</t>
+        </is>
+      </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr"/>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
-[...2 lines deleted...]
-      <c r="G406" t="inlineStr"/>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+        </is>
+      </c>
+      <c r="G406" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Будьте осторожны при редактировании прав доступа. Вы не можете понизить права доступа пользователей с тем же или более высоким уровнем, что и у вас. Будьте осторожны при повышении прав доступа других пользователей.</t>
+        </is>
+      </c>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
-[...2 lines deleted...]
-      <c r="G407" t="inlineStr"/>
+          <t>PowerLevelEditorRoles</t>
+        </is>
+      </c>
+      <c r="G407" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Роли</t>
+        </is>
+      </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
-[...2 lines deleted...]
-      <c r="G408" t="inlineStr"/>
+          <t>PowerLevelEditorUsers</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пользователи</t>
+        </is>
+      </c>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr"/>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
-[...2 lines deleted...]
-      <c r="G409" t="inlineStr"/>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
+        </is>
+      </c>
+      <c r="G409" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перемещайте права доступа между ролями, чтобы изменять их.</t>
+        </is>
+      </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
       <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr"/>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
-[...2 lines deleted...]
-      <c r="G411" t="inlineStr"/>
+          <t>PowerLevelEditorAdministrator (%1)</t>
+        </is>
+      </c>
+      <c r="G411" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Администратор (%1)</t>
+        </is>
+      </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr"/>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
-[...2 lines deleted...]
-      <c r="G412" t="inlineStr"/>
+          <t>PowerLevelEditorModerator (%1)</t>
+        </is>
+      </c>
+      <c r="G412" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Модератор (%1)</t>
+        </is>
+      </c>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr"/>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
-[...2 lines deleted...]
-      <c r="G413" t="inlineStr"/>
+          <t>PowerLevelEditorUser (%1)</t>
+        </is>
+      </c>
+      <c r="G413" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пользователь (%1)</t>
+        </is>
+      </c>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr"/>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
-[...2 lines deleted...]
-      <c r="G414" t="inlineStr"/>
+          <t>PowerLevelEditorCustom (%1)</t>
+        </is>
+      </c>
+      <c r="G414" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Другой (%1)</t>
+        </is>
+      </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr"/>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
-[...2 lines deleted...]
-      <c r="G415" t="inlineStr"/>
+          <t>PowerLevelEditorRemove event type</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Удалить тип события</t>
+        </is>
+      </c>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
-[...6 lines deleted...]
-      </c>
+          <t>Add event type</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Добавить</t>
+          <t>Suggested in Weblate: Добавить тип события</t>
         </is>
       </c>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr"/>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
-[...2 lines deleted...]
-      <c r="G417" t="inlineStr"/>
+          <t>PowerLevelEditorAdd new role</t>
+        </is>
+      </c>
+      <c r="G417" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить новую роль</t>
+        </is>
+      </c>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
-[...2 lines deleted...]
-      <c r="C418" t="inlineStr"/>
+          <t>Add</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr">
+        <is>
+          <t>Добавить</t>
+        </is>
+      </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
-[...2 lines deleted...]
-      <c r="G418" t="inlineStr"/>
+          <t>PowerLevelEditorAdd</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить</t>
+        </is>
+      </c>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
-[...2 lines deleted...]
-      <c r="G419" t="inlineStr"/>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+        </is>
+      </c>
+      <c r="G419" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перемещайте пользователей вверх или вниз, чтобы изменить их права доступа.</t>
+        </is>
+      </c>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr"/>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
-[...2 lines deleted...]
-      <c r="G420" t="inlineStr"/>
+          <t>PowerLevelEditorRemove user</t>
+        </is>
+      </c>
+      <c r="G420" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Удалить пользователя</t>
+        </is>
+      </c>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
-[...2 lines deleted...]
-      <c r="G421" t="inlineStr"/>
+          <t>PowerLevelEditorAdd user</t>
+        </is>
+      </c>
+      <c r="G421" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить пользователя</t>
+        </is>
+      </c>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
-[...2 lines deleted...]
-      <c r="G422" t="inlineStr"/>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+        </is>
+      </c>
+      <c r="G422" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Применить изменения прав</t>
+        </is>
+      </c>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
-[...2 lines deleted...]
-      <c r="G423" t="inlineStr"/>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+        </is>
+      </c>
+      <c r="G423" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: К каким из подсообществ и комнат применять эти разрешения?</t>
+        </is>
+      </c>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
-[...2 lines deleted...]
-      <c r="G424" t="inlineStr"/>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+        </is>
+      </c>
+      <c r="G424" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Применять разрешения рекурсивно.</t>
+        </is>
+      </c>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr"/>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
-[...2 lines deleted...]
-      <c r="G425" t="inlineStr"/>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+        </is>
+      </c>
+      <c r="G425" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перезаписать существующие изменения в комнатах</t>
+        </is>
+      </c>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr"/>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
-[...2 lines deleted...]
-      <c r="G426" t="inlineStr"/>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+        </is>
+      </c>
+      <c r="G426" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Здесь нет разрешения на применение новых разрешений.</t>
+        </is>
+      </c>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr"/>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
-[...2 lines deleted...]
-      <c r="G427" t="inlineStr"/>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+        </is>
+      </c>
+      <c r="G427" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменения не требуются</t>
+        </is>
+      </c>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
+        </is>
+      </c>
+      <c r="C428" t="inlineStr"/>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось обновить уровень доступа: %1</t>
+          <t>Suggested in Weblate: Существующие настройки прав доступа в этой комнате будут перезаписаны.</t>
         </is>
       </c>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Permissions synchronized with community</t>
+        </is>
+      </c>
+      <c r="C429" t="inlineStr"/>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
-[...2 lines deleted...]
-      <c r="G429" t="inlineStr"/>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+        </is>
+      </c>
+      <c r="G429" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Права доступа синхронизированы с сообществом.</t>
+        </is>
+      </c>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
-[...2 lines deleted...]
-      <c r="C430" t="inlineStr"/>
+          <t>Failed to update powerlevel: %1</t>
+        </is>
+      </c>
+      <c r="C430" t="inlineStr">
+        <is>
+          <t>Не удалось обновить уровень доступа: %1</t>
+        </is>
+      </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
-[...2 lines deleted...]
-      <c r="G430" t="inlineStr"/>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не удалось обновить уровень доступа: %1</t>
+        </is>
+      </c>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
-[...2 lines deleted...]
-      <c r="C431" t="inlineStr"/>
+          <t>Failed to update powerlevel: %1</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr">
+        <is>
+          <t>Не удалось обновить уровень доступа: %1</t>
+        </is>
+      </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
       <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
-[...6 lines deleted...]
-      </c>
+          <t>Administrator (%1)</t>
+        </is>
+      </c>
+      <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Прочие административные события</t>
+          <t>Suggested in Weblate: Модератор: %1</t>
         </is>
       </c>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Удалять пользователей</t>
+          <t>Suggested in Weblate: Пользователь: %1</t>
         </is>
       </c>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
-[...2 lines deleted...]
-      <c r="C436" t="inlineStr"/>
+          <t>Other events</t>
+        </is>
+      </c>
+      <c r="C436" t="inlineStr">
+        <is>
+          <t>Прочие события</t>
+        </is>
+      </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelOther events</t>
+        </is>
+      </c>
+      <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
-[...2 lines deleted...]
-      <c r="C437" t="inlineStr"/>
+          <t>Other state events</t>
+        </is>
+      </c>
+      <c r="C437" t="inlineStr">
+        <is>
+          <t>Прочие административные события</t>
+        </is>
+      </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelOther state events</t>
+        </is>
+      </c>
+      <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
-[...2 lines deleted...]
-      <c r="C438" t="inlineStr"/>
+          <t>Remove other users</t>
+        </is>
+      </c>
+      <c r="C438" t="inlineStr">
+        <is>
+          <t>Удалять пользователей</t>
+        </is>
+      </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelRemove other users</t>
+        </is>
+      </c>
+      <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
-[...2 lines deleted...]
-      <c r="C439" t="inlineStr"/>
+          <t>Ban other users</t>
+        </is>
+      </c>
+      <c r="C439" t="inlineStr">
+        <is>
+          <t>Блокировать пользователей</t>
+        </is>
+      </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelBan other users</t>
+        </is>
+      </c>
+      <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
-[...2 lines deleted...]
-      <c r="C440" t="inlineStr"/>
+          <t>Invite other users</t>
+        </is>
+      </c>
+      <c r="C440" t="inlineStr">
+        <is>
+          <t>Приглашать пользователей</t>
+        </is>
+      </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
-[...2 lines deleted...]
-      <c r="C441" t="inlineStr"/>
+          <t>Redact events sent by others</t>
+        </is>
+      </c>
+      <c r="C441" t="inlineStr">
+        <is>
+          <t>Редактировать чужие события</t>
+        </is>
+      </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
-[...2 lines deleted...]
-      <c r="C442" t="inlineStr"/>
+          <t>Reactions</t>
+        </is>
+      </c>
+      <c r="C442" t="inlineStr">
+        <is>
+          <t>Отправлять реакции</t>
+        </is>
+      </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelReactions</t>
+        </is>
+      </c>
+      <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr"/>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправлять шифрованные сообщения</t>
+          <t>Suggested in Weblate: События устаревших псевдонимов</t>
         </is>
       </c>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
-[...2 lines deleted...]
-      <c r="C444" t="inlineStr"/>
+          <t>Change the room avatar</t>
+        </is>
+      </c>
+      <c r="C444" t="inlineStr">
+        <is>
+          <t>Менять аватар комнаты</t>
+        </is>
+      </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
+        </is>
+      </c>
+      <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
-[...2 lines deleted...]
-      <c r="C445" t="inlineStr"/>
+          <t>Change the room addresses</t>
+        </is>
+      </c>
+      <c r="C445" t="inlineStr">
+        <is>
+          <t>Менять адреса комнаты</t>
+        </is>
+      </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
+        </is>
+      </c>
+      <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
-[...2 lines deleted...]
-      <c r="C446" t="inlineStr"/>
+          <t>Send encrypted messages</t>
+        </is>
+      </c>
+      <c r="C446" t="inlineStr">
+        <is>
+          <t>Отправлять шифрованные сообщения</t>
+        </is>
+      </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+        </is>
+      </c>
+      <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
-[...2 lines deleted...]
-      <c r="C447" t="inlineStr"/>
+          <t>Enable encryption</t>
+        </is>
+      </c>
+      <c r="C447" t="inlineStr">
+        <is>
+          <t>Включать шифрование</t>
+        </is>
+      </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
+        </is>
+      </c>
+      <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
-[...2 lines deleted...]
-      <c r="C448" t="inlineStr"/>
+          <t>Change guest access</t>
+        </is>
+      </c>
+      <c r="C448" t="inlineStr">
+        <is>
+          <t>Менять гостевой доступ</t>
+        </is>
+      </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange guest access</t>
+        </is>
+      </c>
+      <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
-[...2 lines deleted...]
-      <c r="C449" t="inlineStr"/>
+          <t>Change history visibility</t>
+        </is>
+      </c>
+      <c r="C449" t="inlineStr">
+        <is>
+          <t>Менять видимость истории</t>
+        </is>
+      </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
+        </is>
+      </c>
+      <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
-[...2 lines deleted...]
-      <c r="C450" t="inlineStr"/>
+          <t>Change who can join</t>
+        </is>
+      </c>
+      <c r="C450" t="inlineStr">
+        <is>
+          <t>Определять, кто может присоединиться</t>
+        </is>
+      </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange who can join</t>
+        </is>
+      </c>
+      <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
-[...2 lines deleted...]
-      <c r="C451" t="inlineStr"/>
+          <t>Send messages</t>
+        </is>
+      </c>
+      <c r="C451" t="inlineStr">
+        <is>
+          <t>Отправлять сообщения</t>
+        </is>
+      </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelSend messages</t>
+        </is>
+      </c>
+      <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
-[...2 lines deleted...]
-      <c r="C452" t="inlineStr"/>
+          <t>Change the room name</t>
+        </is>
+      </c>
+      <c r="C452" t="inlineStr">
+        <is>
+          <t>Менять имя комнаты</t>
+        </is>
+      </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange the room name</t>
+        </is>
+      </c>
+      <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
-[...2 lines deleted...]
-      <c r="C453" t="inlineStr"/>
+          <t>Change the room permissions</t>
+        </is>
+      </c>
+      <c r="C453" t="inlineStr">
+        <is>
+          <t>Менять права доступа комнаты</t>
+        </is>
+      </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
+        </is>
+      </c>
+      <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
-[...2 lines deleted...]
-      <c r="C454" t="inlineStr"/>
+          <t>Change the rooms topic</t>
+        </is>
+      </c>
+      <c r="C454" t="inlineStr">
+        <is>
+          <t>Менять тему комнаты</t>
+        </is>
+      </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+        </is>
+      </c>
+      <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
-[...2 lines deleted...]
-      <c r="C455" t="inlineStr"/>
+          <t>Change the widgets</t>
+        </is>
+      </c>
+      <c r="C455" t="inlineStr">
+        <is>
+          <t>Менять виджеты комнаты</t>
+        </is>
+      </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
+        </is>
+      </c>
+      <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
-[...2 lines deleted...]
-      <c r="C456" t="inlineStr"/>
+          <t>Change the widgets (experimental)</t>
+        </is>
+      </c>
+      <c r="C456" t="inlineStr">
+        <is>
+          <t>Менять виджеты комнаты (не проверено)</t>
+        </is>
+      </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
-[...11 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+        </is>
+      </c>
+      <c r="G456" t="inlineStr"/>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
-[...2 lines deleted...]
-      <c r="C457" t="inlineStr"/>
+          <t>Redact own events</t>
+        </is>
+      </c>
+      <c r="C457" t="inlineStr">
+        <is>
+          <t>Редактировать собственные события</t>
+        </is>
+      </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelRedact own events</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
-[...2 lines deleted...]
-      <c r="C458" t="inlineStr"/>
+          <t>Change the pinned events</t>
+        </is>
+      </c>
+      <c r="C458" t="inlineStr">
+        <is>
+          <t>Менять закреплённые события</t>
+        </is>
+      </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
+        </is>
+      </c>
+      <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
-[...2 lines deleted...]
-      <c r="C459" t="inlineStr"/>
+          <t>Upgrade the room</t>
+        </is>
+      </c>
+      <c r="C459" t="inlineStr">
+        <is>
+          <t>Обновлять версию комнаты</t>
+        </is>
+      </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
-[...7 lines deleted...]
-      <c r="H459" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
+        </is>
+      </c>
+      <c r="G459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
-[...2 lines deleted...]
-      <c r="C460" t="inlineStr"/>
+          <t>Send stickers</t>
+        </is>
+      </c>
+      <c r="C460" t="inlineStr">
+        <is>
+          <t>Отправлять стикеры</t>
+        </is>
+      </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelSend stickers</t>
+        </is>
+      </c>
+      <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
-[...2 lines deleted...]
-      <c r="C461" t="inlineStr"/>
+          <t>Ban users using policy rules</t>
+        </is>
+      </c>
+      <c r="C461" t="inlineStr">
+        <is>
+          <t>Блокировать пользователей используя правила политик</t>
+        </is>
+      </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
-[...2 lines deleted...]
-      <c r="C462" t="inlineStr"/>
+          <t>Ban rooms using policy rules</t>
+        </is>
+      </c>
+      <c r="C462" t="inlineStr">
+        <is>
+          <t>Блокировать комнаты используя правила политик</t>
+        </is>
+      </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
-[...2 lines deleted...]
-      <c r="C463" t="inlineStr"/>
+          <t>Ban servers using policy rules</t>
+        </is>
+      </c>
+      <c r="C463" t="inlineStr">
+        <is>
+          <t>Блокировать серверы используя правила политик</t>
+        </is>
+      </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+        </is>
+      </c>
+      <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr"/>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Присоединяться к вызовам</t>
+          <t>Suggested in Weblate: Редактировать дочерние сообщества и комнаты</t>
         </is>
       </c>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr"/>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отвечать на вызовы</t>
+          <t>Suggested in Weblate: Сменить вышестоящие сообщества</t>
         </is>
       </c>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
-[...2 lines deleted...]
-      <c r="C466" t="inlineStr"/>
+          <t>Start a call</t>
+        </is>
+      </c>
+      <c r="C466" t="inlineStr">
+        <is>
+          <t>Начинать аудио/видео вызовы</t>
+        </is>
+      </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelStart a call</t>
+        </is>
+      </c>
+      <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
-[...2 lines deleted...]
-      <c r="C467" t="inlineStr"/>
+          <t>Negotiate a call</t>
+        </is>
+      </c>
+      <c r="C467" t="inlineStr">
+        <is>
+          <t>Присоединяться к вызовам</t>
+        </is>
+      </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
-[...2 lines deleted...]
-      <c r="C468" t="inlineStr"/>
+          <t>Answer a call</t>
+        </is>
+      </c>
+      <c r="C468" t="inlineStr">
+        <is>
+          <t>Отвечать на вызовы</t>
+        </is>
+      </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
-[...2 lines deleted...]
-      <c r="C469" t="inlineStr"/>
+          <t>Hang up a call</t>
+        </is>
+      </c>
+      <c r="C469" t="inlineStr">
+        <is>
+          <t>Завершать вызовы</t>
+        </is>
+      </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelHang up a call</t>
+        </is>
+      </c>
+      <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr"/>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Создайте уникальный профиль, который позволит вам заходить в разные аккаунты одновременно и запускать несколько экземпляров nheko.</t>
+          <t>Suggested in Weblate: Отклонить звонок</t>
         </is>
       </c>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>профиль</t>
+          <t>Менять эмоции в комнате</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>имя профиля</t>
+          <t>Прочие</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
-[...2 lines deleted...]
-      <c r="C473" t="inlineStr"/>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+        </is>
+      </c>
+      <c r="C473" t="inlineStr">
+        <is>
+          <t>Создайте уникальный профиль, который позволит вам заходить в разные аккаунты одновременно и запускать несколько экземпляров nheko.</t>
+        </is>
+      </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
-[...6 lines deleted...]
-      </c>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+        </is>
+      </c>
+      <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
-[...2 lines deleted...]
-      <c r="C474" t="inlineStr"/>
+          <t>profile</t>
+        </is>
+      </c>
+      <c r="C474" t="inlineStr">
+        <is>
+          <t>профиль</t>
+        </is>
+      </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
-[...2 lines deleted...]
-      <c r="C475" t="inlineStr"/>
+          <t>profile name</t>
+        </is>
+      </c>
+      <c r="C475" t="inlineStr">
+        <is>
+          <t>имя профиля</t>
+        </is>
+      </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
-[...2 lines deleted...]
-      <c r="C476" t="inlineStr"/>
+          <t>Alias for '--log-level trace'.</t>
+        </is>
+      </c>
+      <c r="C476" t="inlineStr">
+        <is>
+          <t>Псевдоним для '--log-level trace'.</t>
+        </is>
+      </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
-[...2 lines deleted...]
-      <c r="G477" t="inlineStr"/>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+        </is>
+      </c>
+      <c r="G477" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Задайте глобальный уровень логов, или список пар &lt;component&gt;=&lt;уровень&gt; через запятую, или и то и другое. Например, чтобы установить уровень логирования по умолчанию на 'warn', но отключить логирование для компонента 'ui', передайте 'warn,ui=off'. Уровни: {trace, debug, info, warning, error, critical, off}. Компоненты: {crypto, db, mtx, net, qml, ui}</t>
+        </is>
+      </c>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
-[...2 lines deleted...]
-      <c r="G478" t="inlineStr"/>
+          <t>QObjectlevel</t>
+        </is>
+      </c>
+      <c r="G478" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: уровень</t>
+        </is>
+      </c>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
-[...2 lines deleted...]
-      <c r="G479" t="inlineStr"/>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+        </is>
+      </c>
+      <c r="G479" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Укажите типы вывода логов. Допускается список, разделенный запятыми. По умолчанию используется 'file,stderr'. Типы:{file,stderr,none}</t>
+        </is>
+      </c>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
-[...6 lines deleted...]
-      </c>
+          <t>type</t>
+        </is>
+      </c>
+      <c r="C480" t="inlineStr"/>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить</t>
+          <t>Suggested in Weblate: тип</t>
         </is>
       </c>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
-[...6 lines deleted...]
-      </c>
+          <t>Recompacts the database which might improve performance.</t>
+        </is>
+      </c>
+      <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Написать сообщение…</t>
+          <t>Suggested in Weblate: Выполняет оптимизацию базы данных - может повысить производительность.</t>
         </is>
       </c>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
-[...6 lines deleted...]
-      </c>
+          <t>Respond</t>
+        </is>
+      </c>
+      <c r="C482" t="inlineStr"/>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
-[...2 lines deleted...]
-      <c r="G482" t="inlineStr"/>
+          <t>QObjectRespond</t>
+        </is>
+      </c>
+      <c r="G482" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ответить</t>
+        </is>
+      </c>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="C483" t="inlineStr"/>
+          <t>Send</t>
+        </is>
+      </c>
+      <c r="C483" t="inlineStr">
+        <is>
+          <t>Отправить</t>
+        </is>
+      </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="G483" t="inlineStr"/>
+          <t>QObjectSend</t>
+        </is>
+      </c>
+      <c r="G483" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отправить</t>
+        </is>
+      </c>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Отмена</t>
+          <t>Написать сообщение…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отмена</t>
+          <t>Suggested in Weblate: Написать сообщение…</t>
         </is>
       </c>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Подтвердить</t>
+          <t>Решите reCAPTCHA и нажмите кнопку подтверждения</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Подтвердить</t>
+          <t>Suggested in Weblate: Решите reCAPTCHA и нажмите кнопку подтверждения</t>
         </is>
       </c>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open reCAPTCHA</t>
+        </is>
+      </c>
+      <c r="C486" t="inlineStr"/>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Показывать подтверждение о прочтении</t>
+          <t>Suggested in Weblate: Открыть reCAPTCHA</t>
         </is>
       </c>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Вчера, %1</t>
+          <t>Отмена</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
-[...2 lines deleted...]
-      <c r="G487" t="inlineStr"/>
+          <t>ReCaptchaDialogCancel</t>
+        </is>
+      </c>
+      <c r="G487" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отмена</t>
+        </is>
+      </c>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Автообнaружение не удалось. Получен повреждённый ответ.</t>
+          <t>Подтвердить</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Автоматические обнаружение не удалось. Получен поврежденный ответ.
-Suggested in Weblate: Автообноружение не удалось. Получен поврежденный ответ.</t>
+          <t>Suggested in Weblate: Подтвердить</t>
         </is>
       </c>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Автообнaружение не удалось. Неизвестнaя ошибка во время запроса .well-known.</t>
+          <t>Просмотр получателей</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Автоматическое обнаружение не удалось. Неизвестная ошибка во время запроса .well-known.
-Suggested in Weblate: Автообноружение не удалось. Не известаня ошибка во время запроса .well-known.</t>
+          <t>Suggested in Weblate: Показывать подтверждение о прочтении</t>
         </is>
       </c>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Необходимые конечные точки не найдены. Возможно, это не сервер Matrix.</t>
+          <t>Вчера, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReadReceiptsModelYesterday, %1</t>
+        </is>
+      </c>
+      <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Получен неверный ответ. Убедитесь, что домен homeserver действителен.</t>
+          <t>Автообнaружение не удалось. Получен повреждённый ответ.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Получен неверный ответ. Убедитесь, что домен homeserver-а корректен.
-Suggested in Weblate: Получен неверный ответ. Убедитесь, что домен homeserver действителен.</t>
+          <t>Suggested in Weblate: Автообнaружение не удалось. Получен повреждённый ответ.
+Suggested in Weblate: Автоматические обнаружение не удалось. Получен поврежденный ответ.
+Suggested in Weblate: Автообноружение не удалось. Получен поврежденный ответ.</t>
         </is>
       </c>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Произошла неизвестная ошибка. Убедитесь, что домен homeserver действителен.</t>
+          <t>Автоматическое обнаружение не удалось. Неизвестная ошибка во время запроса .well-known.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Произошла неизвестная ошибка. Убедитесь, что домен homeserver-a корректен.
-Suggested in Weblate: Произошла неизвестная ошибка. Убедитесь, что домен homeserver действителен.</t>
+          <t>Suggested in Weblate: Автообноружение не удалось. Не известаня ошибка во время запроса .well-known.</t>
         </is>
       </c>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
-[...2 lines deleted...]
-      <c r="C493" t="inlineStr"/>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr">
+        <is>
+          <t>Необходимые конечные точки не найдены. Возможно, это не сервер Matrix.</t>
+        </is>
+      </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
-[...2 lines deleted...]
-      <c r="C494" t="inlineStr"/>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="C494" t="inlineStr">
+        <is>
+          <t>Получен неверный ответ. Убедитесь, что домен homeserver-а корректен.</t>
+        </is>
+      </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Указанный сервер не поддерживает запросы потоков регистрации!</t>
+          <t>Suggested in Weblate: Получен неверный ответ. Убедитесь, что домен homeserver действителен.</t>
         </is>
       </c>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
-[...2 lines deleted...]
-      <c r="C495" t="inlineStr"/>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="C495" t="inlineStr">
+        <is>
+          <t>Произошла неизвестная ошибка. Убедитесь, что домен homeserver-a корректен.</t>
+        </is>
+      </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Указанный сервер не поддерживает регистрацию.</t>
+          <t>Suggested in Weblate: Произошла неизвестная ошибка. Убедитесь, что домен homeserver действителен.</t>
         </is>
       </c>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Недопустимое имя пользователя.
-Suggested in Weblate: Неверное имя пользователя.</t>
+          <t>Suggested in Weblate: Выбранный сервер не поддерживает версию протокола Matrix, понятную данному клиенту (%1–%2). Регистрация невозможна.</t>
         </is>
       </c>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
-[...2 lines deleted...]
-      <c r="C497" t="inlineStr"/>
+          <t>Server does not support querying registration flows!</t>
+        </is>
+      </c>
+      <c r="C497" t="inlineStr">
+        <is>
+          <t>Указанный сервер не поддерживает запросы потоков регистрации!</t>
+        </is>
+      </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
-[...7 lines deleted...]
-      </c>
+          <t>RegisterPageServer does not support querying registration flows!</t>
+        </is>
+      </c>
+      <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Зарезервировано под служебные нужды.</t>
+          <t>Указанный сервер не поддерживает регистрацию.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Домашний сервер</t>
+          <t>Недопустимое имя пользователя.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
-[...2 lines deleted...]
-      <c r="G499" t="inlineStr"/>
+          <t>RegisterPageInvalid username.</t>
+        </is>
+      </c>
+      <c r="G499" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Неверное имя пользователя.</t>
+        </is>
+      </c>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
-[...2 lines deleted...]
-      <c r="C500" t="inlineStr"/>
+          <t>Name already in use.</t>
+        </is>
+      </c>
+      <c r="C500" t="inlineStr">
+        <is>
+          <t>Это имя уже используется.</t>
+        </is>
+      </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
-[...2 lines deleted...]
-      <c r="G500" t="inlineStr"/>
+          <t>RegisterPageName already in use.</t>
+        </is>
+      </c>
+      <c r="G500" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Указанное имя пользователя уже используется.</t>
+        </is>
+      </c>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Сервер разрешающий регистрацию. Поскольку matrix децентрализованный, нужно выбрать сервер где вы можете зарегистрироваться или настроить свой сервер.</t>
+          <t>Зарезервировано под служебные нужды.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Имя пользователя</t>
+          <t>Домашний сервер</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
-[...6 lines deleted...]
-      </c>
+          <t>your.server</t>
+        </is>
+      </c>
+      <c r="C503" t="inlineStr"/>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
-[...2 lines deleted...]
-      <c r="G503" t="inlineStr"/>
+          <t>RegisterPageyour.server</t>
+        </is>
+      </c>
+      <c r="G503" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: your.server</t>
+        </is>
+      </c>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
-[...2 lines deleted...]
-      <c r="C504" t="inlineStr"/>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+        </is>
+      </c>
+      <c r="C504" t="inlineStr">
+        <is>
+          <t>Сервер разрешающий регистрацию. Поскольку matrix децентрализованный, нужно выбрать сервер где вы можете зарегистрироваться или настроить свой сервер.</t>
+        </is>
+      </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Пароль</t>
+          <t>Имя пользователя</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Пожалуйста выберите надежный пароль. Надёжность пароля, влияет на безопасность сервера.</t>
+          <t>Имя пользователя не должно быть пустым и должно содержать только символы a-z, 0-9, ., _, =, -, и /.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Подтверждение пароля</t>
+          <t>Вернуться</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
-[...2 lines deleted...]
-      <c r="G507" t="inlineStr"/>
+          <t>RegisterPageBack</t>
+        </is>
+      </c>
+      <c r="G507" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Назад</t>
+        </is>
+      </c>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="C508" t="inlineStr"/>
+          <t>Password</t>
+        </is>
+      </c>
+      <c r="C508" t="inlineStr">
+        <is>
+          <t>Пароль</t>
+        </is>
+      </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Имя устройства</t>
+          <t>Пожалуйста выберите надежный пароль. Надёжность пароля, влияет на безопасность сервера.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+        </is>
+      </c>
+      <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
-[...2 lines deleted...]
-      <c r="C510" t="inlineStr"/>
+          <t>Password confirmation</t>
+        </is>
+      </c>
+      <c r="C510" t="inlineStr">
+        <is>
+          <t>Подтверждение пароля</t>
+        </is>
+      </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
-[...6 lines deleted...]
-      </c>
+          <t>Your passwords do not match!</t>
+        </is>
+      </c>
+      <c r="C511" t="inlineStr"/>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
-[...2 lines deleted...]
-      <c r="G511" t="inlineStr"/>
+          <t>RegisterPageYour passwords do not match!</t>
+        </is>
+      </c>
+      <c r="G511" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ваши пароли не совпадают!</t>
+        </is>
+      </c>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Закрыть</t>
+          <t>Имя устройства</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
-[...2 lines deleted...]
-      <c r="G512" t="inlineStr"/>
+          <t>RegisterPageDevice name</t>
+        </is>
+      </c>
+      <c r="G512" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Имя устройства</t>
+        </is>
+      </c>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr"/>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отменить изменения</t>
+          <t>Suggested in Weblate: Имя для этого устройства, которое будет показано другим пользователям при проверке. Если ничего не указано, используется значение по умолчанию.</t>
         </is>
       </c>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
-[...2 lines deleted...]
-      <c r="C514" t="inlineStr"/>
+          <t>REGISTER</t>
+        </is>
+      </c>
+      <c r="C514" t="inlineStr">
+        <is>
+          <t>РЕГИСТРАЦИЯ</t>
+        </is>
+      </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageREGISTER</t>
+        </is>
+      </c>
+      <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
-[...2 lines deleted...]
-      <c r="C515" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C515" t="inlineStr">
+        <is>
+          <t>Закрыть</t>
+        </is>
+      </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
-[...2 lines deleted...]
-      <c r="C516" t="inlineStr"/>
+          <t>Cancel Edit</t>
+        </is>
+      </c>
+      <c r="C516" t="inlineStr">
+        <is>
+          <t>Отменить изменения</t>
+        </is>
+      </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
-[...2 lines deleted...]
-      <c r="C517" t="inlineStr"/>
+          <t>Cancel Thread</t>
+        </is>
+      </c>
+      <c r="C517" t="inlineStr">
+        <is>
+          <t>Отменить обсуждение</t>
+        </is>
+      </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
-[...2 lines deleted...]
-      <c r="C518" t="inlineStr"/>
+          <t>Report message</t>
+        </is>
+      </c>
+      <c r="C518" t="inlineStr">
+        <is>
+          <t>Пожаловаться на сообщение</t>
+        </is>
+      </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
-[...2 lines deleted...]
-      <c r="G518" t="inlineStr"/>
+          <t>ReportMessageReport message</t>
+        </is>
+      </c>
+      <c r="G518" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пожаловаться</t>
+        </is>
+      </c>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
-[...2 lines deleted...]
-      <c r="G519" t="inlineStr"/>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+        </is>
+      </c>
+      <c r="G519" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сообщение, на которое вы жалуетесь, будет отправлено администратору вашего сервера для рассмотрения. Обратите внимание, что не все администраторы серверов проверяют такие жалобы. При необходимости вы также можете напрямую обратиться к модератору комнаты с просьбой удалить данный контент.</t>
+        </is>
+      </c>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
-[...2 lines deleted...]
-      <c r="G520" t="inlineStr"/>
+          <t>ReportMessageEnter your reason for reporting:</t>
+        </is>
+      </c>
+      <c r="G520" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Укажите причину жалобы:</t>
+        </is>
+      </c>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
-[...2 lines deleted...]
-      <c r="G521" t="inlineStr"/>
+          <t>ReportMessageHow bad is the message?</t>
+        </is>
+      </c>
+      <c r="G521" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Насколько плохое это сообщение?</t>
+        </is>
+      </c>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
-[...2 lines deleted...]
-      <c r="G522" t="inlineStr"/>
+          <t>ReportMessageNot bad</t>
+        </is>
+      </c>
+      <c r="G522" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не сильно плохое</t>
+        </is>
+      </c>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
-[...2 lines deleted...]
-      <c r="G523" t="inlineStr"/>
+          <t>ReportMessageMild</t>
+        </is>
+      </c>
+      <c r="G523" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Средне</t>
+        </is>
+      </c>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
-[...2 lines deleted...]
-      <c r="G524" t="inlineStr"/>
+          <t>ReportMessageBad</t>
+        </is>
+      </c>
+      <c r="G524" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Плохое</t>
+        </is>
+      </c>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
-[...6 lines deleted...]
-      </c>
+          <t>Serious</t>
+        </is>
+      </c>
+      <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Присоединиться</t>
+          <t>Suggested in Weblate: Очень плохое</t>
         </is>
       </c>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
-[...2 lines deleted...]
-      <c r="G526" t="inlineStr"/>
+          <t>ReportMessageExtremely serious</t>
+        </is>
+      </c>
+      <c r="G526" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Невероятно плохое</t>
+        </is>
+      </c>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr"/>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
-[...2 lines deleted...]
-      <c r="G527" t="inlineStr"/>
+          <t>RoomDirectoryExplore Public Rooms</t>
+        </is>
+      </c>
+      <c r="G527" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Обзор публичных комнат</t>
+        </is>
+      </c>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
-[...2 lines deleted...]
-      <c r="C528" t="inlineStr"/>
+          <t>Join</t>
+        </is>
+      </c>
+      <c r="C528" t="inlineStr">
+        <is>
+          <t>Присоединиться</t>
+        </is>
+      </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
-[...2 lines deleted...]
-      <c r="G528" t="inlineStr"/>
+          <t>RoomDirectoryJoin</t>
+        </is>
+      </c>
+      <c r="G528" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Присоединиться</t>
+        </is>
+      </c>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open</t>
+        </is>
+      </c>
+      <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Закрыть</t>
+          <t>Suggested in Weblate: Открыть</t>
         </is>
       </c>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
-[...6 lines deleted...]
-      </c>
+          <t>Search for public rooms</t>
+        </is>
+      </c>
+      <c r="C530" t="inlineStr"/>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: нет сохранённой версии</t>
+          <t>Suggested in Weblate: Поиск публичных комнат</t>
         </is>
       </c>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
-[...6 lines deleted...]
-      </c>
+          <t>Choose custom homeserver</t>
+        </is>
+      </c>
+      <c r="C531" t="inlineStr"/>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
-[...2 lines deleted...]
-      <c r="G531" t="inlineStr"/>
+          <t>RoomDirectoryChoose custom homeserver</t>
+        </is>
+      </c>
+      <c r="G531" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выбрать домашний сервер</t>
+        </is>
+      </c>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Присоединиться к комнате</t>
+          <t>Закрыть</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
-[...2 lines deleted...]
-      <c r="G532" t="inlineStr"/>
+          <t>RoomDirectoryClose</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Закрыть</t>
+        </is>
+      </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
-[...2 lines deleted...]
-      <c r="C533" t="inlineStr"/>
+          <t>no version stored</t>
+        </is>
+      </c>
+      <c r="C533" t="inlineStr">
+        <is>
+          <t>нет сохраненной версии</t>
+        </is>
+      </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
-[...2 lines deleted...]
-      <c r="G533" t="inlineStr"/>
+          <t>RoomInfono version stored</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: нет сохранённой версии</t>
+        </is>
+      </c>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
-[...2 lines deleted...]
-      <c r="C534" t="inlineStr"/>
+          <t>Start a new chat</t>
+        </is>
+      </c>
+      <c r="C534" t="inlineStr">
+        <is>
+          <t>Начать новый чат</t>
+        </is>
+      </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
-[...2 lines deleted...]
-      <c r="G534" t="inlineStr"/>
+          <t>RoomListStart a new chat</t>
+        </is>
+      </c>
+      <c r="G534" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Начать новый чат</t>
+        </is>
+      </c>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
-[...2 lines deleted...]
-      <c r="C535" t="inlineStr"/>
+          <t>Join a room</t>
+        </is>
+      </c>
+      <c r="C535" t="inlineStr">
+        <is>
+          <t>Присоединиться к комнате</t>
+        </is>
+      </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
-[...2 lines deleted...]
-      <c r="G535" t="inlineStr"/>
+          <t>RoomListJoin a room</t>
+        </is>
+      </c>
+      <c r="G535" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Присоединиться к комнате</t>
+        </is>
+      </c>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
-[...6 lines deleted...]
-      </c>
+          <t>Create a new room</t>
+        </is>
+      </c>
+      <c r="C536" t="inlineStr"/>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
-[...2 lines deleted...]
-      <c r="G536" t="inlineStr"/>
+          <t>RoomListCreate a new room</t>
+        </is>
+      </c>
+      <c r="G536" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Создать комнату</t>
+        </is>
+      </c>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr"/>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
-[...2 lines deleted...]
-      <c r="G537" t="inlineStr"/>
+          <t>RoomListStart a direct chat</t>
+        </is>
+      </c>
+      <c r="G537" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Начать чат</t>
+        </is>
+      </c>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Create a new community</t>
+        </is>
+      </c>
+      <c r="C538" t="inlineStr"/>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
-[...2 lines deleted...]
-      <c r="G538" t="inlineStr"/>
+          <t>RoomListCreate a new community</t>
+        </is>
+      </c>
+      <c r="G538" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Создать новое сообщество</t>
+        </is>
+      </c>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Выйти</t>
+          <t>Каталог комнат</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
-[...2 lines deleted...]
-      <c r="G539" t="inlineStr"/>
+          <t>RoomListRoom directory</t>
+        </is>
+      </c>
+      <c r="G539" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Каталог комнат</t>
+        </is>
+      </c>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr"/>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
-[...2 lines deleted...]
-      <c r="G540" t="inlineStr"/>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
+        </is>
+      </c>
+      <c r="G540" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск комнат (Ctrl+K)</t>
+        </is>
+      </c>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
-[...2 lines deleted...]
-      <c r="C541" t="inlineStr"/>
+          <t>User settings</t>
+        </is>
+      </c>
+      <c r="C541" t="inlineStr">
+        <is>
+          <t>Пользовательские настройки</t>
+        </is>
+      </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: статус сообщения</t>
+          <t>Suggested in Weblate: Пользовательские настройки</t>
         </is>
       </c>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
-[...2 lines deleted...]
-      <c r="C542" t="inlineStr"/>
+          <t>Logout</t>
+        </is>
+      </c>
+      <c r="C542" t="inlineStr">
+        <is>
+          <t>Выйти</t>
+        </is>
+      </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
-[...2 lines deleted...]
-      <c r="G542" t="inlineStr"/>
+          <t>RoomListLogout</t>
+        </is>
+      </c>
+      <c r="G542" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выйти</t>
+        </is>
+      </c>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr"/>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
-[...2 lines deleted...]
-      <c r="G543" t="inlineStr"/>
+          <t>RoomListEnter your status message:</t>
+        </is>
+      </c>
+      <c r="G543" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Введите ваш статус:</t>
+        </is>
+      </c>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr"/>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
-[...2 lines deleted...]
-      <c r="G544" t="inlineStr"/>
+          <t>RoomListStatus Message</t>
+        </is>
+      </c>
+      <c r="G544" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Статус
+Suggested in Weblate: статус сообщения</t>
+        </is>
+      </c>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr"/>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
-[...2 lines deleted...]
-      <c r="G545" t="inlineStr"/>
+          <t>RoomListProfile settings</t>
+        </is>
+      </c>
+      <c r="G545" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройки профиля</t>
+        </is>
+      </c>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr"/>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
-[...2 lines deleted...]
-      <c r="G546" t="inlineStr"/>
+          <t>RoomListSet status message</t>
+        </is>
+      </c>
+      <c r="G546" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Задать статус</t>
+        </is>
+      </c>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
-[...2 lines deleted...]
-      <c r="G547" t="inlineStr"/>
+          <t>RoomListAutomatic online status</t>
+        </is>
+      </c>
+      <c r="G547" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Автоматический статус онлайна</t>
+        </is>
+      </c>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
-[...7 lines deleted...]
-      </c>
+          <t>RoomListOnline</t>
+        </is>
+      </c>
+      <c r="G548" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В сети</t>
+        </is>
+      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
-[...7 lines deleted...]
-      </c>
+          <t>RoomListUnavailable</t>
+        </is>
+      </c>
+      <c r="G549" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Недоступен</t>
+        </is>
+      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
-[...7 lines deleted...]
-      </c>
+          <t>RoomListOffline</t>
+        </is>
+      </c>
+      <c r="G550" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не в сети</t>
+        </is>
+      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Encryption not set up</t>
+        </is>
+      </c>
+      <c r="C551" t="inlineStr"/>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Закрыть</t>
-[...2 lines deleted...]
-      <c r="H551" t="inlineStr"/>
+          <t>Suggested in Weblate: Шифрование не настроено</t>
+        </is>
+      </c>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr"/>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
-[...3 lines deleted...]
-      <c r="H552" t="inlineStr"/>
+          <t>RoomListUnverified login</t>
+        </is>
+      </c>
+      <c r="G552" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Неподтвержденный вход</t>
+        </is>
+      </c>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr"/>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
-[...3 lines deleted...]
-      <c r="H553" t="inlineStr"/>
+          <t>RoomListPlease verify your other devices</t>
+        </is>
+      </c>
+      <c r="G553" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пожалуйста, подтвердите другие ваши устройства.</t>
+        </is>
+      </c>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
-[...2 lines deleted...]
-      <c r="C554" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C554" t="inlineStr">
+        <is>
+          <t>Закрыть</t>
+        </is>
+      </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
-[...2 lines deleted...]
-      <c r="G554" t="inlineStr"/>
+          <t>RoomListClose</t>
+        </is>
+      </c>
+      <c r="G554" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Закрыть</t>
+        </is>
+      </c>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr"/>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
-[...2 lines deleted...]
-      <c r="G555" t="inlineStr"/>
+          <t>RoomListEnter the tag you want to use:</t>
+        </is>
+      </c>
+      <c r="G555" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Введите тег, который вы хотите использовать:</t>
+        </is>
+      </c>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr"/>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Настройки комнаты</t>
+          <t>Suggested in Weblate: Новый тег</t>
         </is>
       </c>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open separately</t>
+        </is>
+      </c>
+      <c r="C557" t="inlineStr"/>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Покинуть комнату</t>
+          <t>Suggested in Weblate: Открыть отдельно</t>
         </is>
       </c>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr"/>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
-[...2 lines deleted...]
-      <c r="G558" t="inlineStr"/>
+          <t>RoomListMark as read</t>
+        </is>
+      </c>
+      <c r="G558" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пометить как прочитанное</t>
+        </is>
+      </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Room settings</t>
+        </is>
+      </c>
+      <c r="C559" t="inlineStr"/>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
-[...2 lines deleted...]
-      <c r="G559" t="inlineStr"/>
+          <t>RoomListRoom settings</t>
+        </is>
+      </c>
+      <c r="G559" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройки комнаты</t>
+        </is>
+      </c>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Важные</t>
+          <t>Покинуть комнату</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G560" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Избранное</t>
+          <t>Suggested in Weblate: Покинуть комнату</t>
         </is>
       </c>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr"/>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Низкий приоритет</t>
+          <t>Suggested in Weblate: Скопировать ссылку</t>
         </is>
       </c>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
-[...2 lines deleted...]
-      <c r="C562" t="inlineStr"/>
+          <t>Tag room as:</t>
+        </is>
+      </c>
+      <c r="C562" t="inlineStr">
+        <is>
+          <t>Тэгировать комнату как:</t>
+        </is>
+      </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>RoomListTag room as:</t>
         </is>
       </c>
       <c r="G562" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Оповещения сервера</t>
+          <t>Suggested in Weblate: Метки комнаты</t>
         </is>
       </c>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Создать метку…</t>
+          <t>Важные</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
-[...2 lines deleted...]
-      <c r="G563" t="inlineStr"/>
+          <t>RoomListFavourite</t>
+        </is>
+      </c>
+      <c r="G563" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Избранное</t>
+        </is>
+      </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr"/>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
-[...2 lines deleted...]
-      <c r="G564" t="inlineStr"/>
+          <t>RoomListLow priority</t>
+        </is>
+      </c>
+      <c r="G564" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Неважные
+Suggested in Weblate: Низкий приоритет</t>
+        </is>
+      </c>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr"/>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>RoomMembers
-[...3 lines deleted...]
-      <c r="G565" t="inlineStr"/>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Оповещения сервера</t>
+        </is>
+      </c>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20187</t>
+          <t>../qml/RoomList.qml:20179</t>
         </is>
       </c>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Invite more people</t>
-[...2 lines deleted...]
-      <c r="C566" t="inlineStr"/>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Создать метку…</t>
+        </is>
+      </c>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>RoomMembersInvite more people</t>
+          <t>RoomListCreate new tag...</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20195</t>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
         </is>
       </c>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Search...</t>
+          <t>Members of %1</t>
         </is>
       </c>
       <c r="C567" t="inlineStr"/>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>RoomMembersSearch...</t>
-[...2 lines deleted...]
-      <c r="G567" t="inlineStr"/>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Члены %1</t>
+        </is>
+      </c>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20205</t>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
         </is>
       </c>
       <c r="B568" t="inlineStr">
         <is>
-          <t xml:space="preserve">Sort by: </t>
+          <t>%n person in %1</t>
         </is>
       </c>
       <c r="C568" t="inlineStr"/>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t xml:space="preserve">RoomMembersSort by: </t>
-[...2 lines deleted...]
-      <c r="G568" t="inlineStr"/>
+          <t>RoomMembers
+Summary above list of members%n people in %1</t>
+        </is>
+      </c>
+      <c r="G568" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n человек в %1, %n человека в %1, %n человек в %1</t>
+        </is>
+      </c>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr"/>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
-[...2 lines deleted...]
-      <c r="G569" t="inlineStr"/>
+          <t>RoomMembersInvite more people</t>
+        </is>
+      </c>
+      <c r="G569" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пригласить людей</t>
+        </is>
+      </c>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr"/>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
-[...2 lines deleted...]
-      <c r="G570" t="inlineStr"/>
+          <t>RoomMembersSearch...</t>
+        </is>
+      </c>
+      <c r="G570" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск...</t>
+        </is>
+      </c>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr"/>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G571" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Уровень доступа</t>
+          <t xml:space="preserve">Suggested in Weblate: Сортировать по: </t>
         </is>
       </c>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
-[...2 lines deleted...]
-      <c r="C572" t="inlineStr"/>
+          <t>User ID</t>
+        </is>
+      </c>
+      <c r="C572" t="inlineStr">
+        <is>
+          <t>ID пользователя</t>
+        </is>
+      </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
-[...2 lines deleted...]
-      <c r="G572" t="inlineStr"/>
+          <t>RoomMembersUser ID</t>
+        </is>
+      </c>
+      <c r="G572" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ID пользователя</t>
+        </is>
+      </c>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr"/>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
-[...2 lines deleted...]
-      <c r="G573" t="inlineStr"/>
+          <t>RoomMembersDisplay name</t>
+        </is>
+      </c>
+      <c r="G573" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отображаемое имя</t>
+        </is>
+      </c>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr"/>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
-[...2 lines deleted...]
-      <c r="G574" t="inlineStr"/>
+          <t>RoomMembersPower level</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Уровень доступа</t>
+        </is>
+      </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr"/>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
-[...2 lines deleted...]
-      <c r="G575" t="inlineStr"/>
+          <t>RoomMembersThis room is not encrypted!</t>
+        </is>
+      </c>
+      <c r="G575" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Эта комната не зашифрована!</t>
+        </is>
+      </c>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>This user is verified.</t>
+        </is>
+      </c>
+      <c r="C576" t="inlineStr"/>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
-[...2 lines deleted...]
-      <c r="G576" t="inlineStr"/>
+          <t>RoomMembersThis user is verified.</t>
+        </is>
+      </c>
+      <c r="G576" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Этот пользователь подтвержден.</t>
+        </is>
+      </c>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
-[...6 lines deleted...]
-      </c>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+        </is>
+      </c>
+      <c r="C577" t="inlineStr"/>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
-[...2 lines deleted...]
-      <c r="G577" t="inlineStr"/>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+        </is>
+      </c>
+      <c r="G577" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Этот пользователь не подтвержден, но по-прежнему использует тот же мастер-ключ, что и при вашей первой встрече.</t>
+        </is>
+      </c>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>This user has unverified devices!</t>
+        </is>
+      </c>
+      <c r="C578" t="inlineStr"/>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
-[...2 lines deleted...]
-      <c r="G578" t="inlineStr"/>
+          <t>RoomMembersThis user has unverified devices!</t>
+        </is>
+      </c>
+      <c r="G578" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: У этого пользователя непроверенные устройства!</t>
+        </is>
+      </c>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Выбранный файл не является картинкой</t>
+          <t>Не удалось включить шифрование: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Ошибка во время прочтения файла: %1</t>
+          <t>Выберите аватар</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsSelect an avatar</t>
+        </is>
+      </c>
+      <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Не удалось загрузить изображение: %s</t>
+          <t>Все файлы (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Настройки комнаты</t>
+          <t>Выбранный файл не является картинкой</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
-[...2 lines deleted...]
-      <c r="C583" t="inlineStr"/>
+          <t>Error while reading file: %1</t>
+        </is>
+      </c>
+      <c r="C583" t="inlineStr">
+        <is>
+          <t>Ошибка во время прочтения файла: %1</t>
+        </is>
+      </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
-[...2 lines deleted...]
-      <c r="G583" t="inlineStr"/>
+          <t>RoomSettingsError while reading file: %1</t>
+        </is>
+      </c>
+      <c r="G583" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не удалось прочитать файл: %1</t>
+        </is>
+      </c>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
-[...2 lines deleted...]
-      <c r="C584" t="inlineStr"/>
+          <t>Failed to upload image: %s</t>
+        </is>
+      </c>
+      <c r="C584" t="inlineStr">
+        <is>
+          <t>Не удалось загрузить изображение: %s</t>
+        </is>
+      </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="C585" t="inlineStr"/>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Настройки комнаты</t>
+        </is>
+      </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="G585" t="inlineStr"/>
+          <t>RoomSettingsDialogRoom Settings</t>
+        </is>
+      </c>
+      <c r="G585" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройки комнаты</t>
+        </is>
+      </c>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change room avatar.</t>
+        </is>
+      </c>
+      <c r="C586" t="inlineStr"/>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogChange room avatar.</t>
         </is>
       </c>
       <c r="G586" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: , , %n участник</t>
+          <t>Suggested in Weblate: Сменить аватар комнаты.</t>
         </is>
       </c>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr"/>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
-[...2 lines deleted...]
-      <c r="G587" t="inlineStr"/>
+          <t>RoomSettingsDialogChange name of this room</t>
+        </is>
+      </c>
+      <c r="G587" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сменить название этой комнаты</t>
+        </is>
+      </c>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
-[...2 lines deleted...]
-      <c r="G588" t="inlineStr"/>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="G588" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поскольку состояние комнаты нельзя зашифровать, убедитесь, что в названии комнаты нет конфиденциальной информации!</t>
+        </is>
+      </c>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
-[...2 lines deleted...]
-      <c r="C589" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C589" t="inlineStr">
+        <is>
+          <t>%n участник</t>
+        </is>
+      </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
-[...2 lines deleted...]
-      <c r="G589" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n участник, %n участника, %n участников
+Suggested in Weblate: , , %n участник</t>
+        </is>
+      </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C590" t="inlineStr"/>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="G590" t="inlineStr"/>
+          <t>RoomSettingsDialogView members of %1</t>
+        </is>
+      </c>
+      <c r="G590" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Просмотреть участников %1</t>
+        </is>
+      </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
-[...6 lines deleted...]
-      </c>
+          <t>No topic set</t>
+        </is>
+      </c>
+      <c r="C591" t="inlineStr"/>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: УВЕДОМЛЕНИЯ</t>
+          <t>Suggested in Weblate: Тама не задана</t>
         </is>
       </c>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change topic of this room</t>
+        </is>
+      </c>
+      <c r="C592" t="inlineStr"/>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
-[...2 lines deleted...]
-      <c r="G592" t="inlineStr"/>
+          <t>RoomSettingsDialogChange topic of this room</t>
+        </is>
+      </c>
+      <c r="G592" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменить тему комнаты</t>
+        </is>
+      </c>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
-[...2 lines deleted...]
-      <c r="G593" t="inlineStr"/>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="G593" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поскольку состояние комнаты нельзя зашифровать, убедитесь, что в теме комнаты нет конфиденциальной информации!</t>
+        </is>
+      </c>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Только упоминания</t>
+          <t>УВЕДОМЛЕНИЯ</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
-[...2 lines deleted...]
-      <c r="G594" t="inlineStr"/>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: УВЕДОМЛЕНИЯ</t>
+        </is>
+      </c>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Все сообщения</t>
+          <t>Уведомления</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
-[...2 lines deleted...]
-      <c r="G595" t="inlineStr"/>
+          <t>RoomSettingsDialogNotifications</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Уведомления</t>
+        </is>
+      </c>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
-[...2 lines deleted...]
-      <c r="C596" t="inlineStr"/>
+          <t>Muted</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr">
+        <is>
+          <t>Заглушен</t>
+        </is>
+      </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
-[...2 lines deleted...]
-      <c r="G596" t="inlineStr"/>
+          <t>RoomSettingsDialogMuted</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Заглушен</t>
+        </is>
+      </c>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
-[...2 lines deleted...]
-      <c r="C597" t="inlineStr"/>
+          <t>Mentions only</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr">
+        <is>
+          <t>Только упоминания</t>
+        </is>
+      </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
-[...2 lines deleted...]
-      <c r="C598" t="inlineStr"/>
+          <t>All messages</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr">
+        <is>
+          <t>Все сообщения</t>
+        </is>
+      </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Разрешить заявки</t>
+          <t>Suggested in Weblate: Все сообщения</t>
         </is>
       </c>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr"/>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
-[...2 lines deleted...]
-      <c r="G599" t="inlineStr"/>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: РАЗРЕШЕНИЯ НА ВХОД</t>
+        </is>
+      </c>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr"/>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
-[...2 lines deleted...]
-      <c r="G600" t="inlineStr"/>
+          <t>RoomSettingsDialogAnyone can join</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Любой может присоединиться</t>
+        </is>
+      </c>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
-[...2 lines deleted...]
-      <c r="C601" t="inlineStr"/>
+          <t>Allow knocking</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr">
+        <is>
+          <t>Разрешить заявки</t>
+        </is>
+      </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr"/>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
-[...2 lines deleted...]
-      <c r="G602" t="inlineStr"/>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Разрешить присоединение через другие комнаты</t>
+        </is>
+      </c>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr"/>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
-[...2 lines deleted...]
-      <c r="G603" t="inlineStr"/>
+          <t>RoomSettingsDialogRooms to join via</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Комнаты чероез которые можно присоединиться</t>
+        </is>
+      </c>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr"/>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
-[...2 lines deleted...]
-      <c r="G604" t="inlineStr"/>
+          <t>RoomSettingsDialogChange</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменить</t>
+        </is>
+      </c>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr"/>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
-[...2 lines deleted...]
-      <c r="G605" t="inlineStr"/>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Измените список комнат, через которые пользователи могут присоединиться к этой комнате. Обычно это официальное сообщество этой комнаты.</t>
+        </is>
+      </c>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr"/>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
-[...2 lines deleted...]
-      <c r="G606" t="inlineStr"/>
+          <t>RoomSettingsDialogAllow guests to join</t>
+        </is>
+      </c>
+      <c r="G606" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Разрешить гостям присоединиться</t>
+        </is>
+      </c>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr"/>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
-[...2 lines deleted...]
-      <c r="G607" t="inlineStr"/>
+          <t>RoomSettingsDialogApply access rules</t>
+        </is>
+      </c>
+      <c r="G607" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Применять правила доступа</t>
+        </is>
+      </c>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr"/>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
-[...2 lines deleted...]
-      <c r="G608" t="inlineStr"/>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+        </is>
+      </c>
+      <c r="G608" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ВИДИМОСТЬ СООБЩЕНИЯ</t>
+        </is>
+      </c>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr"/>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
-[...2 lines deleted...]
-      <c r="G609" t="inlineStr"/>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
+        </is>
+      </c>
+      <c r="G609" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Разрешить просмотр истории без присоединения</t>
+        </is>
+      </c>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr"/>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
-[...2 lines deleted...]
-      <c r="G610" t="inlineStr"/>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+        </is>
+      </c>
+      <c r="G610" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Это полезно для предпросмотра комнаты или для просмотра ее на сайтах.</t>
+        </is>
+      </c>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr"/>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
-[...2 lines deleted...]
-      <c r="G611" t="inlineStr"/>
+          <t>RoomSettingsDialogMembers can see messages since</t>
+        </is>
+      </c>
+      <c r="G611" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Участники могут видеть сообщения с</t>
+        </is>
+      </c>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr"/>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
-[...2 lines deleted...]
-      <c r="G612" t="inlineStr"/>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+        </is>
+      </c>
+      <c r="G612" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Какая часть истории видна присоединившимся участникам. Изменение этого параметра не повлияет на видимость уже отправленных сообщений. Это относится только к новым сообщениям.</t>
+        </is>
+      </c>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr"/>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
-[...2 lines deleted...]
-      <c r="G613" t="inlineStr"/>
+          <t>RoomSettingsDialogEverything</t>
+        </is>
+      </c>
+      <c r="G613" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Все</t>
+        </is>
+      </c>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr"/>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
-[...2 lines deleted...]
-      <c r="G614" t="inlineStr"/>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+        </is>
+      </c>
+      <c r="G614" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пока пользователь присоединён, он может видеть все предыдущие сообщения.</t>
+        </is>
+      </c>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr"/>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
-[...2 lines deleted...]
-      <c r="G615" t="inlineStr"/>
+          <t>RoomSettingsDialogThey got invited</t>
+        </is>
+      </c>
+      <c r="G615" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Момента приглашения</t>
+        </is>
+      </c>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr"/>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
-[...2 lines deleted...]
-      <c r="G616" t="inlineStr"/>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+        </is>
+      </c>
+      <c r="G616" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Участники могут видеть только сообщения, отправленные после получения приглашения.</t>
+        </is>
+      </c>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr"/>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
-[...2 lines deleted...]
-      <c r="G617" t="inlineStr"/>
+          <t>RoomSettingsDialogThey joined</t>
+        </is>
+      </c>
+      <c r="G617" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Момента присоединения</t>
+        </is>
+      </c>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr"/>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
-[...2 lines deleted...]
-      <c r="G618" t="inlineStr"/>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+        </is>
+      </c>
+      <c r="G618" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Участники могут видеть только сообщения, отправленные после присоединения.</t>
+        </is>
+      </c>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr"/>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
-[...2 lines deleted...]
-      <c r="G619" t="inlineStr"/>
+          <t>RoomSettingsDialogApply visibility changes</t>
+        </is>
+      </c>
+      <c r="G619" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Применить изменения видимости</t>
+        </is>
+      </c>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr"/>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
-[...2 lines deleted...]
-      <c r="G620" t="inlineStr"/>
+          <t>RoomSettingsDialogLocally hidden events</t>
+        </is>
+      </c>
+      <c r="G620" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Локальные скрытые события</t>
+        </is>
+      </c>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr"/>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
-[...2 lines deleted...]
-      <c r="G621" t="inlineStr"/>
+          <t>RoomSettingsDialogConfigure</t>
+        </is>
+      </c>
+      <c r="G621" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройка</t>
+        </is>
+      </c>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr"/>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
-[...2 lines deleted...]
-      <c r="G622" t="inlineStr"/>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
+        </is>
+      </c>
+      <c r="G622" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выберите события, которые нужно скрыть в этой комнате.</t>
+        </is>
+      </c>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automatic event deletion</t>
+        </is>
+      </c>
+      <c r="C623" t="inlineStr"/>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Шифрование</t>
+          <t>Suggested in Weblate: Автоматическое удаление событий</t>
         </is>
       </c>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Select if your events get automatically deleted in this room.</t>
+        </is>
+      </c>
+      <c r="C624" t="inlineStr"/>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G624" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: оконечное шифрование</t>
+          <t>Suggested in Weblate: Выберите этот параметр, чтобы ваши события в этой комнате автоматически удалялись.</t>
         </is>
       </c>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C625" t="inlineStr"/>
       <c r="D625" t="inlineStr"/>
       <c r="E625" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F625" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-[...3 lines deleted...]
-      <c r="G625" t="inlineStr"/>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ОБЩИЕ НАСТРОЙКИ</t>
+        </is>
+      </c>
       <c r="H625" t="inlineStr"/>
     </row>
     <row r="626">
       <c r="A626" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
         </is>
       </c>
       <c r="B626" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>Encryption</t>
         </is>
       </c>
       <c r="C626" t="inlineStr">
         <is>
-          <t>Права доступа</t>
+          <t>Шифрование</t>
         </is>
       </c>
       <c r="D626" t="inlineStr"/>
       <c r="E626" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F626" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
-[...2 lines deleted...]
-      <c r="G626" t="inlineStr"/>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Шифрование</t>
+        </is>
+      </c>
       <c r="H626" t="inlineStr"/>
     </row>
     <row r="627">
       <c r="A627" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B627" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
-[...2 lines deleted...]
-      <c r="C627" t="inlineStr"/>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Оконечное шифрование</t>
+        </is>
+      </c>
       <c r="D627" t="inlineStr"/>
       <c r="E627" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F627" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
-[...2 lines deleted...]
-      <c r="G627" t="inlineStr"/>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сквозное шифрование (E2E)
+Suggested in Weblate: оконечное шифрование</t>
+        </is>
+      </c>
       <c r="H627" t="inlineStr"/>
     </row>
     <row r="628">
       <c r="A628" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B628" t="inlineStr">
         <is>
-          <t>Aliases</t>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="C628" t="inlineStr"/>
       <c r="D628" t="inlineStr"/>
       <c r="E628" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F628" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
-[...2 lines deleted...]
-      <c r="G628" t="inlineStr"/>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
+        </is>
+      </c>
+      <c r="G628" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Шифрование в настоящее время является экспериментальным, и что-то может неожиданно сломаться. &lt;br&gt;
+                                Пожалуйста, обратите внимание, что впоследствии его нельзя будет отключить.</t>
+        </is>
+      </c>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
-[...2 lines deleted...]
-      <c r="C629" t="inlineStr"/>
+          <t>Permissions</t>
+        </is>
+      </c>
+      <c r="C629" t="inlineStr">
+        <is>
+          <t>Права доступа</t>
+        </is>
+      </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
-[...2 lines deleted...]
-      <c r="G629" t="inlineStr"/>
+          <t>RoomSettingsDialogPermission</t>
+        </is>
+      </c>
+      <c r="G629" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Права доступа</t>
+        </is>
+      </c>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr"/>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
-[...2 lines deleted...]
-      <c r="G630" t="inlineStr"/>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
+        </is>
+      </c>
+      <c r="G630" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Просмотр и изменение прав доступа в этой комнате.</t>
+        </is>
+      </c>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr"/>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
-[...2 lines deleted...]
-      <c r="G631" t="inlineStr"/>
+          <t>RoomSettingsDialogAliases</t>
+        </is>
+      </c>
+      <c r="G631" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Псевдонимы</t>
+        </is>
+      </c>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>View and change the addresses/aliases of this room</t>
+        </is>
+      </c>
+      <c r="C632" t="inlineStr"/>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
-[...2 lines deleted...]
-      <c r="G632" t="inlineStr"/>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+        </is>
+      </c>
+      <c r="G632" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Просмотр и изменение адресов и псевдонимов этой комнаты</t>
+        </is>
+      </c>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sticker &amp; Emote Settings</t>
+        </is>
+      </c>
+      <c r="C633" t="inlineStr"/>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Внутренний идентификатор</t>
+          <t>Suggested in Weblate: Настройки стикеров и эмоций</t>
         </is>
       </c>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr"/>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
-[...2 lines deleted...]
-      <c r="G634" t="inlineStr"/>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G634" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменить включенные наборы, удалить или создавайте новые.</t>
+        </is>
+      </c>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Версия Комнаты</t>
+          <t>ИНФОРМАЦИЯ</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
-[...2 lines deleted...]
-      <c r="G635" t="inlineStr"/>
+          <t>RoomSettingsDialogINFO</t>
+        </is>
+      </c>
+      <c r="G635" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ИНФОРМАЦИЯ</t>
+        </is>
+      </c>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
-[...2 lines deleted...]
-      <c r="C636" t="inlineStr"/>
+          <t>Internal ID</t>
+        </is>
+      </c>
+      <c r="C636" t="inlineStr">
+        <is>
+          <t>Внутренний идентификатор</t>
+        </is>
+      </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr"/>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
-[...2 lines deleted...]
-      <c r="G637" t="inlineStr"/>
+          <t>RoomSettingsDialogCopied to clipboard</t>
+        </is>
+      </c>
+      <c r="G637" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скопировано в буфер обмена</t>
+        </is>
+      </c>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
-[...2 lines deleted...]
-      <c r="C638" t="inlineStr"/>
+          <t>Room Version</t>
+        </is>
+      </c>
+      <c r="C638" t="inlineStr">
+        <is>
+          <t>Версия Комнаты</t>
+        </is>
+      </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Приглашение на рассмотрении.
-Suggested in Weblate: Приглашение отправлено.</t>
+          <t>Suggested in Weblate: Версия Комнаты</t>
         </is>
       </c>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>show less</t>
+        </is>
+      </c>
+      <c r="C639" t="inlineStr"/>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
-[...2 lines deleted...]
-      <c r="G639" t="inlineStr"/>
+          <t>RoomSettingsDialogshow less</t>
+        </is>
+      </c>
+      <c r="G639" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: показать меньше</t>
+        </is>
+      </c>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
-[...6 lines deleted...]
-      </c>
+          <t>show more</t>
+        </is>
+      </c>
+      <c r="C640" t="inlineStr"/>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
-[...2 lines deleted...]
-      <c r="G640" t="inlineStr"/>
+          <t>RoomSettingsDialogshow more</t>
+        </is>
+      </c>
+      <c r="G640" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: показать больше</t>
+        </is>
+      </c>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
-[...2 lines deleted...]
-      <c r="C641" t="inlineStr"/>
+          <t>Pending invite.</t>
+        </is>
+      </c>
+      <c r="C641" t="inlineStr">
+        <is>
+          <t>Приглашение на рассмотрении.</t>
+        </is>
+      </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Эта комната, возможно, недоступна</t>
+          <t>Suggested in Weblate: Приглашение отправлено.</t>
         </is>
       </c>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
-[...2 lines deleted...]
-      <c r="C642" t="inlineStr"/>
+          <t>Previewing this room</t>
+        </is>
+      </c>
+      <c r="C642" t="inlineStr">
+        <is>
+          <t>Предварительный просмотр комнаты</t>
+        </is>
+      </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
-[...2 lines deleted...]
-      <c r="C643" t="inlineStr"/>
+          <t>No preview available</t>
+        </is>
+      </c>
+      <c r="C643" t="inlineStr">
+        <is>
+          <t>Предварительный просмотр недоступен</t>
+        </is>
+      </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
-[...2 lines deleted...]
-      <c r="C644" t="inlineStr"/>
+          <t>This room is possibly inaccessible</t>
+        </is>
+      </c>
+      <c r="C644" t="inlineStr">
+        <is>
+          <t>Эта комната, возможно, недоступна</t>
+        </is>
+      </c>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr"/>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
-[...2 lines deleted...]
-      <c r="G645" t="inlineStr"/>
+          <t>RootPlease enter your login password to continue:</t>
+        </is>
+      </c>
+      <c r="G645" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пожалуйста, введите свой логин и пароль для продолжения:</t>
+        </is>
+      </c>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr"/>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
-[...2 lines deleted...]
-      <c r="G646" t="inlineStr"/>
+          <t>RootPlease enter a valid email address to continue:</t>
+        </is>
+      </c>
+      <c r="G646" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Введите действительный адрес электронной почты:</t>
+        </is>
+      </c>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
-[...6 lines deleted...]
-      </c>
+          <t>Please enter a valid phone number to continue:</t>
+        </is>
+      </c>
+      <c r="C647" t="inlineStr"/>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
-[...2 lines deleted...]
-      <c r="G647" t="inlineStr"/>
+          <t>RootPlease enter a valid phone number to continue:</t>
+        </is>
+      </c>
+      <c r="G647" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Для продолжения введите действительный номер телефона:</t>
+        </is>
+      </c>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr"/>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
-[...2 lines deleted...]
-      <c r="G648" t="inlineStr"/>
+          <t>RootPlease enter the token which has been sent to you:</t>
+        </is>
+      </c>
+      <c r="G648" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пожалуйста, введите отправленный вам токен:</t>
+        </is>
+      </c>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
+        </is>
+      </c>
+      <c r="C649" t="inlineStr"/>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
-[...2 lines deleted...]
-      <c r="G649" t="inlineStr"/>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
+        </is>
+      </c>
+      <c r="G649" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Дождитесь получения ссылки для подтверждения, затем продолжите.</t>
+        </is>
+      </c>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
-[...2 lines deleted...]
-      <c r="C650" t="inlineStr"/>
+          <t>Share desktop with %1?</t>
+        </is>
+      </c>
+      <c r="C650" t="inlineStr">
+        <is>
+          <t>Поделиться экраном с %1?</t>
+        </is>
+      </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Method:</t>
+        </is>
+      </c>
+      <c r="C651" t="inlineStr"/>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
-[...2 lines deleted...]
-      <c r="G651" t="inlineStr"/>
+          <t>ScreenShareMethod:</t>
+        </is>
+      </c>
+      <c r="G651" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Метод:</t>
+        </is>
+      </c>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Включить Вашу камеру в режиме картинка-в-картинке</t>
+          <t>Окно:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
-[...6 lines deleted...]
-      </c>
+          <t>Request screencast</t>
+        </is>
+      </c>
+      <c r="C653" t="inlineStr"/>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
-[...2 lines deleted...]
-      <c r="G653" t="inlineStr"/>
+          <t>ScreenShareRequest screencast</t>
+        </is>
+      </c>
+      <c r="G653" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Запросить показ экрана</t>
+        </is>
+      </c>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
-[...2 lines deleted...]
-      <c r="C654" t="inlineStr"/>
+          <t>Frame rate:</t>
+        </is>
+      </c>
+      <c r="C654" t="inlineStr">
+        <is>
+          <t>Частота кадров:</t>
+        </is>
+      </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Спрятать курсор мыши</t>
+          <t>Включить Вашу камеру в режиме картинка-в-картинке</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Поделиться</t>
+          <t>Запросить удалённую камеру</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
-[...6 lines deleted...]
-      </c>
+          <t>View your callee's camera like a regular video call</t>
+        </is>
+      </c>
+      <c r="C657" t="inlineStr"/>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
-[...2 lines deleted...]
-      <c r="G657" t="inlineStr"/>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
+        </is>
+      </c>
+      <c r="G657" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показывать камеру собеседника, как при обычном видеозвонке.</t>
+        </is>
+      </c>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Отмена</t>
+          <t>Спрятать курсор мыши</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
-[...2 lines deleted...]
-      <c r="C659" t="inlineStr"/>
+          <t>Share</t>
+        </is>
+      </c>
+      <c r="C659" t="inlineStr">
+        <is>
+          <t>Поделиться</t>
+        </is>
+      </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
-[...7 lines deleted...]
-      </c>
+          <t>ScreenShareShare</t>
+        </is>
+      </c>
+      <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
-[...2 lines deleted...]
-      <c r="C660" t="inlineStr"/>
+          <t>Preview</t>
+        </is>
+      </c>
+      <c r="C660" t="inlineStr">
+        <is>
+          <t>Предпросмотр</t>
+        </is>
+      </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
-[...7 lines deleted...]
-      </c>
+          <t>ScreenSharePreview</t>
+        </is>
+      </c>
+      <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
-[...2 lines deleted...]
-      <c r="C661" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C661" t="inlineStr">
+        <is>
+          <t>Отмена</t>
+        </is>
+      </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
-[...2 lines deleted...]
-      <c r="C662" t="inlineStr"/>
+          <t>Failed to connect to secret storage</t>
+        </is>
+      </c>
+      <c r="C662" t="inlineStr">
+        <is>
+          <t>Не удалось подключиться к защищённому хранилищу</t>
+        </is>
+      </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
-[...2 lines deleted...]
-      <c r="G662" t="inlineStr"/>
+          <t>SecretStorageFailed to connect to secret storage</t>
+        </is>
+      </c>
+      <c r="G662" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сбой подключения к секретному хранилищу</t>
+        </is>
+      </c>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
-[...2 lines deleted...]
-      <c r="C663" t="inlineStr"/>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+        </is>
+      </c>
+      <c r="C663" t="inlineStr">
+        <is>
+          <t>Nheko не удалось подключиться к защищённому хранилищу, чтобы поместить ключи шифрования. Проверьте, что D-Bus запущен и Вы правильным образом настроили необходимую службу (KWallet, Gnome Keyring, KeePassXC или аналогичную). Если ошибка не исчезла, Вы можете описать проблему по адресу: https://github.com/Nheko-Reborn/nheko/issues</t>
+        </is>
+      </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G663" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось включить шифрование: %1</t>
+          <t>Suggested in Weblate: Nheko не может подключиться к безопасному хранилищу, чтобы сохранить ключи шифрования. Проверьте, что сервис D-Bus работает и Вы настроили сервис KWallet, Gnome Keyring, KeePassXC или любой аналогичный. Если ошибка сохраняется, не стесняйтесь открыть issue здесь: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr"/>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
-[...2 lines deleted...]
-      <c r="G664" t="inlineStr"/>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+        </is>
+      </c>
+      <c r="G664" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Это ваш ключ восстановления. Он понадобится вам для восстановления доступа к зашифрованным сообщениям и ключам верификации. Храните его в надёжном месте. Не передавайте его никому и не теряйте! Это не шутки!</t>
+        </is>
+      </c>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
         <is>
-          <t>Hello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>Encryption setup successfully</t>
         </is>
       </c>
       <c r="C665" t="inlineStr"/>
       <c r="D665" t="inlineStr"/>
       <c r="E665" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F665" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckHello and welcome to Matrix!
-[...3 lines deleted...]
-      <c r="G665" t="inlineStr"/>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Шифрование успешно настроено.</t>
+        </is>
+      </c>
       <c r="H665" t="inlineStr"/>
     </row>
     <row r="666">
       <c r="A666" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17599</t>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
         </is>
       </c>
       <c r="B666" t="inlineStr">
         <is>
-          <t>Activate Encryption</t>
+          <t>Failed to setup encryption: %1</t>
         </is>
       </c>
       <c r="C666" t="inlineStr"/>
       <c r="D666" t="inlineStr"/>
       <c r="E666" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F666" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckActivate Encryption</t>
-[...2 lines deleted...]
-      <c r="G666" t="inlineStr"/>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не удалось включить шифрование: %1</t>
+        </is>
+      </c>
       <c r="H666" t="inlineStr"/>
     </row>
     <row r="667">
       <c r="A667" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17608</t>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
         </is>
       </c>
       <c r="B667" t="inlineStr">
         <is>
-          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>Setup Encryption</t>
         </is>
       </c>
       <c r="C667" t="inlineStr"/>
       <c r="D667" t="inlineStr"/>
       <c r="E667" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F667" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-[...3 lines deleted...]
-      <c r="G667" t="inlineStr"/>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настроить шифрование</t>
+        </is>
+      </c>
       <c r="H667" t="inlineStr"/>
     </row>
     <row r="668">
       <c r="A668" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17613</t>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
         </is>
       </c>
       <c r="B668" t="inlineStr">
         <is>
-          <t>verify</t>
+          <t>Hello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="C668" t="inlineStr"/>
       <c r="D668" t="inlineStr"/>
       <c r="E668" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F668" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckverify</t>
+          <t>SelfVerificationCheckHello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="G668" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Верифицировать</t>
+          <t>Suggested in Weblate: Здравствуйте и добро пожаловать в Matrix!
+Похоже, вы здесь впервые. Прежде чем вы сможете надёжно шифровать свои сообщения, необходимо выполнить несколько простых настроек. Вы можете сразу нажать «Принять» или изменить некоторые базовые параметры. Мы постараемся объяснить основные моменты - вы можете пропустить эти пояснения, но они могут быть полезными!</t>
         </is>
       </c>
       <c r="H668" t="inlineStr"/>
     </row>
     <row r="669">
       <c r="A669" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17622</t>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
         </is>
       </c>
       <c r="B669" t="inlineStr">
         <is>
-          <t>enter passphrase</t>
+          <t>Activate Encryption</t>
         </is>
       </c>
       <c r="C669" t="inlineStr"/>
       <c r="D669" t="inlineStr"/>
       <c r="E669" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F669" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckenter passphrase</t>
-[...2 lines deleted...]
-      <c r="G669" t="inlineStr"/>
+          <t>SelfVerificationCheckActivate Encryption</t>
+        </is>
+      </c>
+      <c r="G669" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Включить шифрование</t>
+        </is>
+      </c>
       <c r="H669" t="inlineStr"/>
     </row>
     <row r="670">
       <c r="A670" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17675</t>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
         </is>
       </c>
       <c r="B670" t="inlineStr">
         <is>
-          <t>Failed to create keys for cross-signing!</t>
+          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="C670" t="inlineStr"/>
       <c r="D670" t="inlineStr"/>
       <c r="E670" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F670" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
+          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="G670" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сбой создания ключей для двусторонней подписи!
-Suggested in Weblate: Не удалось создать ключи для взаимной подписи!</t>
+          <t>Suggested in Weblate: Похоже, что для этой учётной записи уже настроено шифрование. Чтобы получить доступ к зашифрованным сообщениям и сделать это устройство доверенным, вы можете либо пройти подтверждение через существующее устройство, либо (при наличии) ввести парольную фразу восстановления. Пожалуйста, выберите один из вариантов ниже.
+Если вы выберете подтверждение через другое устройство, оно должно быть под рукой. Если вы выберете "Ввести парольную фразу", вам понадобится ключ или парольная фраза восстановления. Если вы нажмёте "Отмена", вы сможете сделать это позже.</t>
         </is>
       </c>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr"/>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сбой создания ключей для онлайн-резервирования!
-Suggested in Weblate: Не удалось создать ключи для онлайн-резервирования!</t>
+          <t>Suggested in Weblate: подтвердить
+Suggested in Weblate: Верифицировать</t>
         </is>
       </c>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr"/>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось создать ключи для защищённого резервирования на сервере!</t>
+          <t>Suggested in Weblate: введите парольную фразу</t>
         </is>
       </c>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
-[...2 lines deleted...]
-      <c r="C673" t="inlineStr"/>
+          <t>Failed to create keys for cross-signing!</t>
+        </is>
+      </c>
+      <c r="C673" t="inlineStr">
+        <is>
+          <t>Не удалось создать ключи для взаимной подписи!</t>
+        </is>
+      </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Настройка шифрования</t>
+          <t>Suggested in Weblate: Сбой создания ключей для двусторонней подписи!</t>
         </is>
       </c>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
-[...2 lines deleted...]
-      <c r="C674" t="inlineStr"/>
+          <t>Failed to create keys for online key backup!</t>
+        </is>
+      </c>
+      <c r="C674" t="inlineStr">
+        <is>
+          <t>Не удалось создать ключи для онлайн-резервирования!</t>
+        </is>
+      </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сбой настройки шифрования: %1
-Suggested in Weblate: Не удалось настроить шифрование: %1</t>
+          <t>Suggested in Weblate: Сбой создания ключей для онлайн-резервирования!</t>
         </is>
       </c>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
-[...2 lines deleted...]
-      <c r="C675" t="inlineStr"/>
+          <t>Failed to create keys for secure server side secret storage!</t>
+        </is>
+      </c>
+      <c r="C675" t="inlineStr">
+        <is>
+          <t>Не удалось создать ключи для защищённого резервирования на сервере!</t>
+        </is>
+      </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
-[...6 lines deleted...]
-      </c>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+        </is>
+      </c>
+      <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
-[...2 lines deleted...]
-      <c r="C676" t="inlineStr"/>
+          <t>Encryption Setup</t>
+        </is>
+      </c>
+      <c r="C676" t="inlineStr">
+        <is>
+          <t>Настройка шифрования</t>
+        </is>
+      </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
-[...7 lines deleted...]
-      </c>
+          <t>SelfVerificationStatusEncryption Setup</t>
+        </is>
+      </c>
+      <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
-[...2 lines deleted...]
-      <c r="C677" t="inlineStr"/>
+          <t>Encryption setup failed: %1</t>
+        </is>
+      </c>
+      <c r="C677" t="inlineStr">
+        <is>
+          <t>Не удалось настроить шифрование: %1</t>
+        </is>
+      </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сбой при удалении набора картинок: %1
-Suggested in Weblate: Не удалось удалить старый набор изображений: %1</t>
+          <t>Suggested in Weblate: Сбой настройки шифрования: %1</t>
         </is>
       </c>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
-[...2 lines deleted...]
-      <c r="C678" t="inlineStr"/>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+        </is>
+      </c>
+      <c r="C678" t="inlineStr">
+        <is>
+          <t>Идентификационный ключ изменён. Возможно нарушение работы сквозного шифрования, будет осуществлён выход из системы.</t>
+        </is>
+      </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
-[...7 lines deleted...]
-      </c>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+        </is>
+      </c>
+      <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
-[...2 lines deleted...]
-      <c r="C679" t="inlineStr"/>
+          <t>Failed to update image pack: %1</t>
+        </is>
+      </c>
+      <c r="C679" t="inlineStr">
+        <is>
+          <t>Не удалось обновить набор изображений: %1</t>
+        </is>
+      </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сбой при загрузке картинки: %1
-Suggested in Weblate: Не удалось загрузить изображение: %1</t>
+          <t>Suggested in Weblate: Не удалось обновить набор картинок: %1</t>
         </is>
       </c>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
-[...2 lines deleted...]
-      <c r="C680" t="inlineStr"/>
+          <t>Failed to delete old image pack: %1</t>
+        </is>
+      </c>
+      <c r="C680" t="inlineStr">
+        <is>
+          <t>Не удалось удалить старый набор изображений: %1</t>
+        </is>
+      </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
-[...2 lines deleted...]
-      <c r="G680" t="inlineStr"/>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+        </is>
+      </c>
+      <c r="G680" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сбой при удалении набора картинок: %1</t>
+        </is>
+      </c>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
-[...2 lines deleted...]
-      <c r="C681" t="inlineStr"/>
+          <t>Failed to open image: %1</t>
+        </is>
+      </c>
+      <c r="C681" t="inlineStr">
+        <is>
+          <t>Не удалось открыть изображение: %1</t>
+        </is>
+      </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
-[...2 lines deleted...]
-      <c r="G681" t="inlineStr"/>
+          <t>SingleImagePackModelFailed to open image: %1</t>
+        </is>
+      </c>
+      <c r="G681" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сбой при открытии картинки: %1</t>
+        </is>
+      </c>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
-[...2 lines deleted...]
-      <c r="C682" t="inlineStr"/>
+          <t>Failed to upload image: %1</t>
+        </is>
+      </c>
+      <c r="C682" t="inlineStr">
+        <is>
+          <t>Не удалось загрузить изображение: %1</t>
+        </is>
+      </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
-[...2 lines deleted...]
-      <c r="G682" t="inlineStr"/>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
+        </is>
+      </c>
+      <c r="G682" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сбой при загрузке картинки: %1</t>
+        </is>
+      </c>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr"/>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
-[...2 lines deleted...]
-      <c r="G683" t="inlineStr"/>
+          <t>SpaceMenuAdd or remove from community...</t>
+        </is>
+      </c>
+      <c r="G683" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить или удалить из сообщества...</t>
+        </is>
+      </c>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr"/>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
-[...2 lines deleted...]
-      <c r="G684" t="inlineStr"/>
+          <t>SpaceMenuLevelOfficial community for this room</t>
+        </is>
+      </c>
+      <c r="G684" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Официальное сообщество этой комнаты</t>
+        </is>
+      </c>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr"/>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
-[...2 lines deleted...]
-      <c r="G685" t="inlineStr"/>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
+        </is>
+      </c>
+      <c r="G685" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Связанное сообщество для этой комнаты</t>
+        </is>
+      </c>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Listed only for community members</t>
+        </is>
+      </c>
+      <c r="C686" t="inlineStr"/>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
-[...2 lines deleted...]
-      <c r="G686" t="inlineStr"/>
+          <t>SpaceMenuLevelListed only for community members</t>
+        </is>
+      </c>
+      <c r="G686" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Доступно только для членов сообщества</t>
+        </is>
+      </c>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
-[...6 lines deleted...]
-      </c>
+          <t>Listed only for room members</t>
+        </is>
+      </c>
+      <c r="C687" t="inlineStr"/>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
-[...2 lines deleted...]
-      <c r="G687" t="inlineStr"/>
+          <t>SpaceMenuLevelListed only for room members</t>
+        </is>
+      </c>
+      <c r="G687" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Доступно только для членов комнаты</t>
+        </is>
+      </c>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
-[...6 lines deleted...]
-      </c>
+          <t>Not related</t>
+        </is>
+      </c>
+      <c r="C688" t="inlineStr"/>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
-[...2 lines deleted...]
-      <c r="G688" t="inlineStr"/>
+          <t>SpaceMenuLevelNot related</t>
+        </is>
+      </c>
+      <c r="G688" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не связано</t>
+        </is>
+      </c>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Прочитано</t>
+          <t>Не удалось</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Поиск</t>
+          <t>Отправлено</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
-[...2 lines deleted...]
-      <c r="C691" t="inlineStr"/>
+          <t>Received</t>
+        </is>
+      </c>
+      <c r="C691" t="inlineStr">
+        <is>
+          <t>Получено</t>
+        </is>
+      </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Верификация прошла успешно</t>
+          <t>Прочитано</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Верификация прошла успешно! Обе стороны верифицировали свои устройства!</t>
+          <t>Поиск</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
-[...2 lines deleted...]
-      <c r="G693" t="inlineStr"/>
+          <t>StickerPickerSearch</t>
+        </is>
+      </c>
+      <c r="G693" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск</t>
+        </is>
+      </c>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="C694" t="inlineStr"/>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
-[...2 lines deleted...]
-      <c r="G694" t="inlineStr"/>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G694" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настроить какие наборы включены, удалить или создать новые</t>
+        </is>
+      </c>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
-[...2 lines deleted...]
-      <c r="C695" t="inlineStr"/>
+          <t>Successful Verification</t>
+        </is>
+      </c>
+      <c r="C695" t="inlineStr">
+        <is>
+          <t>Верификация прошла успешно</t>
+        </is>
+      </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 начал голосовой звонок.</t>
+          <t>Верификация прошла успешно! Обе стороны верифицировали свои устройства!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 начал видео звонок.</t>
+          <t>Закрыть</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Part of a thread</t>
+        </is>
+      </c>
+      <c r="C698" t="inlineStr"/>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G698" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 начал звонок</t>
+          <t>Suggested in Weblate: Часть обсуждений</t>
         </is>
       </c>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 ответил на звонок.</t>
+          <t>%1 начал голосовой звонок.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G699" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ответил на звонок</t>
+          <t>Suggested in Weblate: %1 начал голосовой звонок.</t>
         </is>
       </c>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
-[...2 lines deleted...]
-      <c r="C700" t="inlineStr"/>
+          <t>%1 placed a video call.</t>
+        </is>
+      </c>
+      <c r="C700" t="inlineStr">
+        <is>
+          <t>%1 начал видео звонок.</t>
+        </is>
+      </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 отклонил(а) звонок</t>
+          <t>Suggested in Weblate: %1 начал видео звонок.</t>
         </is>
       </c>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="C701" t="inlineStr"/>
+          <t>%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="C701" t="inlineStr">
+        <is>
+          <t>%1 начал вызов.</t>
+        </is>
+      </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="G701" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G701" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 начал звонок</t>
+        </is>
+      </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 завершил вызов.</t>
+          <t>%1 ответил на звонок.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
-[...2 lines deleted...]
-      <c r="G702" t="inlineStr"/>
+          <t>TimelineEvent%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="G702" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 ответил на звонок</t>
+        </is>
+      </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr"/>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
-[...2 lines deleted...]
-      <c r="G703" t="inlineStr"/>
+          <t>TimelineEvent%1 rejected the call.</t>
+        </is>
+      </c>
+      <c r="G703" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отклонил(а) звонок</t>
+        </is>
+      </c>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr"/>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
-[...2 lines deleted...]
-      <c r="G704" t="inlineStr"/>
+          <t>TimelineEvent%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="G704" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 выбрал ответ.</t>
+        </is>
+      </c>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
-[...2 lines deleted...]
-      <c r="C705" t="inlineStr"/>
+          <t>%1 ended the call.</t>
+        </is>
+      </c>
+      <c r="C705" t="inlineStr">
+        <is>
+          <t>%1 завершил вызов.</t>
+        </is>
+      </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
-[...2 lines deleted...]
-      <c r="G705" t="inlineStr"/>
+          <t>TimelineEvent%1 ended the call.</t>
+        </is>
+      </c>
+      <c r="G705" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 завершил звонок.</t>
+        </is>
+      </c>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr"/>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
-[...2 lines deleted...]
-      <c r="G706" t="inlineStr"/>
+          <t>TimelineEvent%1 is negotiating the call...</t>
+        </is>
+      </c>
+      <c r="G706" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 вызывает...</t>
+        </is>
+      </c>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
-[...6 lines deleted...]
-      </c>
+          <t>Allow them in</t>
+        </is>
+      </c>
+      <c r="C707" t="inlineStr"/>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
-[...2 lines deleted...]
-      <c r="G707" t="inlineStr"/>
+          <t>TimelineEventAllow them in</t>
+        </is>
+      </c>
+      <c r="G707" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Впустить</t>
+        </is>
+      </c>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr"/>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
-[...2 lines deleted...]
-      <c r="G708" t="inlineStr"/>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+        </is>
+      </c>
+      <c r="G708" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Эта комната была заменена по следующей причине: %1</t>
+        </is>
+      </c>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Go to replacement room</t>
+        </is>
+      </c>
+      <c r="C709" t="inlineStr"/>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось отредактировать сообщение: %1</t>
+          <t>Suggested in Weblate: Перейти в замену</t>
         </is>
       </c>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Не удалось зашифровать сообщение, отправка отменена!</t>
+          <t>Изменено</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
-[...2 lines deleted...]
-      <c r="G710" t="inlineStr"/>
+          <t>TimelineMetadataEdited</t>
+        </is>
+      </c>
+      <c r="G710" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменено</t>
+        </is>
+      </c>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
-[...6 lines deleted...]
-      </c>
+          <t>Part of a thread</t>
+        </is>
+      </c>
+      <c r="C711" t="inlineStr"/>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
-[...2 lines deleted...]
-      <c r="G711" t="inlineStr"/>
+          <t>TimelineMetadataPart of a thread</t>
+        </is>
+      </c>
+      <c r="G711" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Часть обсуждения</t>
+        </is>
+      </c>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Сохранить видео</t>
+          <t>Ошибка редактирования сообщения: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
-[...2 lines deleted...]
-      <c r="G712" t="inlineStr"/>
+          <t>TimelineModelMessage redaction failed: %1</t>
+        </is>
+      </c>
+      <c r="G712" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не удалось отредактировать сообщение: %1</t>
+        </is>
+      </c>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Сохранить аудио</t>
+          <t>Не удалось зашифровать сообщение, отправка отменена!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Сохранить файл</t>
+          <t>Сохранить изображение</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1%2 печатает.</t>
+          <t>Сохранить видео</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Сохранить аудио</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Сохранить файл</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1%2 печатает.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B716" t="inlineStr">
+      <c r="G718" t="inlineStr"/>
+      <c r="H718" t="inlineStr"/>
+    </row>
+    <row r="719">
+      <c r="A719" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
+        </is>
+      </c>
+      <c r="B719" t="inlineStr">
         <is>
           <t>%1 opened the room to the public.</t>
         </is>
       </c>
-      <c r="C716" t="inlineStr">
+      <c r="C719" t="inlineStr">
         <is>
           <t>%1 сделал комнату публичной.</t>
         </is>
       </c>
-      <c r="D716" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F716" t="inlineStr">
+      <c r="D719" t="inlineStr"/>
+      <c r="E719" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F719" t="inlineStr">
         <is>
           <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
-      <c r="G716" t="inlineStr">
+      <c r="G719" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 сделал(а) комнату публичной.
 Suggested in Weblate: %1 открыл общий доступ к паблику.</t>
         </is>
       </c>
-      <c r="H716" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B717" t="inlineStr">
+      <c r="H719" t="inlineStr"/>
+    </row>
+    <row r="720">
+      <c r="A720" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
+        </is>
+      </c>
+      <c r="B720" t="inlineStr">
         <is>
           <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
-      <c r="C717" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F717" t="inlineStr">
+      <c r="C720" t="inlineStr">
+        <is>
+          <t>%1 разрешил(а) запрашивать приглашение для доступа к данной комнате.</t>
+        </is>
+      </c>
+      <c r="D720" t="inlineStr"/>
+      <c r="E720" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F720" t="inlineStr">
         <is>
           <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
-      <c r="G717" t="inlineStr">
-[...13 lines deleted...]
-      <c r="B718" t="inlineStr">
+      <c r="G720" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 разрешил(а) присоединяться к этой комнате по заявке.</t>
+        </is>
+      </c>
+      <c r="H720" t="inlineStr"/>
+    </row>
+    <row r="721">
+      <c r="A721" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
+        </is>
+      </c>
+      <c r="B721" t="inlineStr">
         <is>
           <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
-      <c r="C718" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F718" t="inlineStr">
+      <c r="C721" t="inlineStr">
+        <is>
+          <t>%1 разрешил(а) участникам следующих комнат присоединяться к данной комнате: %2</t>
+        </is>
+      </c>
+      <c r="D721" t="inlineStr"/>
+      <c r="E721" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F721" t="inlineStr">
         <is>
           <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
-      <c r="G718" t="inlineStr">
-[...12 lines deleted...]
-      <c r="B719" t="inlineStr">
+      <c r="G721" t="inlineStr"/>
+      <c r="H721" t="inlineStr"/>
+    </row>
+    <row r="722">
+      <c r="A722" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
+        </is>
+      </c>
+      <c r="B722" t="inlineStr">
         <is>
           <t>%1 made the room open to guests.</t>
         </is>
       </c>
-      <c r="C719" t="inlineStr">
+      <c r="C722" t="inlineStr">
         <is>
           <t>%1 сделал комнату открытой для гостей.</t>
         </is>
       </c>
-      <c r="D719" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F719" t="inlineStr">
+      <c r="D722" t="inlineStr"/>
+      <c r="E722" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F722" t="inlineStr">
         <is>
           <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
-      <c r="G719" t="inlineStr">
+      <c r="G722" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 открыл(а) доступ к комнате для гостей.
 Suggested in Weblate: %1 открыл доступ к комнате для гостей.</t>
         </is>
       </c>
-      <c r="H719" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B720" t="inlineStr">
+      <c r="H722" t="inlineStr"/>
+    </row>
+    <row r="723">
+      <c r="A723" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
+        </is>
+      </c>
+      <c r="B723" t="inlineStr">
         <is>
           <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
-      <c r="C720" t="inlineStr">
+      <c r="C723" t="inlineStr">
         <is>
           <t>%1 закрыл доступ к комнате для гостей.</t>
         </is>
       </c>
-      <c r="D720" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F720" t="inlineStr">
+      <c r="D723" t="inlineStr"/>
+      <c r="E723" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F723" t="inlineStr">
         <is>
           <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
-      <c r="G720" t="inlineStr">
+      <c r="G723" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 закрыл(а) доступ к комнате для гостей.</t>
         </is>
       </c>
-      <c r="H720" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B721" t="inlineStr">
+      <c r="H723" t="inlineStr"/>
+    </row>
+    <row r="724">
+      <c r="A724" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
+        </is>
+      </c>
+      <c r="B724" t="inlineStr">
         <is>
           <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
-      <c r="C721" t="inlineStr">
+      <c r="C724" t="inlineStr">
         <is>
           <t>%1 сделал историю сообщений видимой для всех. События могут быть прочитаны неприсоединившимися к комнате.</t>
         </is>
       </c>
-      <c r="D721" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F721" t="inlineStr">
+      <c r="D724" t="inlineStr"/>
+      <c r="E724" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F724" t="inlineStr">
         <is>
           <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
-      <c r="G721" t="inlineStr">
+      <c r="G724" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 открыл(а) доступ к истории комнаты. События теперь доступны для всех пользователей.
 Suggested in Weblate: %1 открыл доступ к истории комнаты. События теперь доступны для всех пользователей.</t>
         </is>
       </c>
-      <c r="H721" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B722" t="inlineStr">
+      <c r="H724" t="inlineStr"/>
+    </row>
+    <row r="725">
+      <c r="A725" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
+        </is>
+      </c>
+      <c r="B725" t="inlineStr">
         <is>
           <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
-      <c r="C722" t="inlineStr">
+      <c r="C725" t="inlineStr">
         <is>
           <t>%1 открыл доступ к истории комнаты для пользователей, присоединившихся к ней начиная с текущего момента.</t>
         </is>
       </c>
-      <c r="D722" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F722" t="inlineStr">
+      <c r="D725" t="inlineStr"/>
+      <c r="E725" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F725" t="inlineStr">
         <is>
           <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
-      <c r="G722" t="inlineStr">
+      <c r="G725" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 открыл(а) доступ к истории комнаты для пользователей, присоединившихся к ней начиная с текущего момента.</t>
         </is>
       </c>
-      <c r="H722" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B723" t="inlineStr">
+      <c r="H725" t="inlineStr"/>
+    </row>
+    <row r="726">
+      <c r="A726" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
+        </is>
+      </c>
+      <c r="B726" t="inlineStr">
         <is>
           <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
-      <c r="C723" t="inlineStr">
+      <c r="C726" t="inlineStr">
         <is>
           <t>%1 сделал историю сообщений видимой для участников, с момента их приглашения.</t>
         </is>
       </c>
-      <c r="D723" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F723" t="inlineStr">
+      <c r="D726" t="inlineStr"/>
+      <c r="E726" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F726" t="inlineStr">
         <is>
           <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
-      <c r="G723" t="inlineStr">
+      <c r="G726" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 открыл(а) доступ к истории комнаты для пользователей, приглашенных начиная момента их приглашения.
 Suggested in Weblate: %1 открыл доступ к истории комнаты для пользователей, приглашенных начиная с момента их приглашения.
 Suggested in Weblate: %1 открыл доступ к истории комнаты для пользователей, приглашенных начиная момента их приглашения.
 Suggested in Weblate: %1 открыл доступ к истории комнаты для пользователей, приглашенных начиная момента их присоединения.</t>
         </is>
       </c>
-      <c r="H723" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B724" t="inlineStr">
+      <c r="H726" t="inlineStr"/>
+    </row>
+    <row r="727">
+      <c r="A727" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
+        </is>
+      </c>
+      <c r="B727" t="inlineStr">
         <is>
           <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
-      <c r="C724" t="inlineStr">
+      <c r="C727" t="inlineStr">
         <is>
           <t>%1 сделал историю сообщений видимой для участников, с момента того, как они присоединились к комнате.</t>
         </is>
       </c>
-      <c r="D724" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F724" t="inlineStr">
+      <c r="D727" t="inlineStr"/>
+      <c r="E727" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F727" t="inlineStr">
         <is>
           <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
-      <c r="G724" t="inlineStr">
+      <c r="G727" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 открыл(а) доступ к истории комнаты для пользователей, приглашенных начиная с момента их присоединения.
 Suggested in Weblate: %1 открыл доступ к истории комнаты для пользователей, приглашенных начиная с момента их присоединения.</t>
         </is>
       </c>
-      <c r="H724" t="inlineStr"/>
-[...92 lines deleted...]
-      </c>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
-[...2 lines deleted...]
-      <c r="C728" t="inlineStr"/>
+          <t>%1 has changed the room's permissions.</t>
+        </is>
+      </c>
+      <c r="C728" t="inlineStr">
+        <is>
+          <t>%1 изменил права доступа комнаты.</t>
+        </is>
+      </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 теперь сможет исключать участников комнаты.</t>
+          <t>Suggested in Weblate: %1 изменил(а) права доступа комнаты.</t>
         </is>
       </c>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
-[...2 lines deleted...]
-      <c r="C729" t="inlineStr"/>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="C729" t="inlineStr">
+        <is>
+          <t>%1 изменил(а) уровень доступа для возможности исключения участников с %2 на %3.</t>
+        </is>
+      </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
-[...2 lines deleted...]
-      <c r="C730" t="inlineStr"/>
+          <t>%n member can now kick room members.</t>
+        </is>
+      </c>
+      <c r="C730" t="inlineStr">
+        <is>
+          <t>%n пользователь теперь сможет исключать участников комнаты.</t>
+        </is>
+      </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
+        </is>
+      </c>
+      <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
-[...2 lines deleted...]
-      <c r="C731" t="inlineStr"/>
+          <t>%1 can now kick room members.</t>
+        </is>
+      </c>
+      <c r="C731" t="inlineStr">
+        <is>
+          <t>%1 теперь сможет исключать участников комнаты.</t>
+        </is>
+      </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 can now kick room members.</t>
+        </is>
+      </c>
+      <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
-[...2 lines deleted...]
-      <c r="C732" t="inlineStr"/>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="C732" t="inlineStr">
+        <is>
+          <t>%1 изменил(а) уровень доступа для возможности изменения сообщений с %2 на %3.</t>
+        </is>
+      </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
-[...2 lines deleted...]
-      <c r="C733" t="inlineStr"/>
+          <t>%n member can now redact room messages.</t>
+        </is>
+      </c>
+      <c r="C733" t="inlineStr">
+        <is>
+          <t>%n пользователь теперь сможет редактировать сообщения.</t>
+        </is>
+      </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
+        </is>
+      </c>
+      <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
-[...2 lines deleted...]
-      <c r="C734" t="inlineStr"/>
+          <t>%1 can now redact room messages.</t>
+        </is>
+      </c>
+      <c r="C734" t="inlineStr">
+        <is>
+          <t>%1 теперь сможет редактировать сообщения.</t>
+        </is>
+      </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 can now redact room messages.</t>
+        </is>
+      </c>
+      <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
-[...2 lines deleted...]
-      <c r="C735" t="inlineStr"/>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="C735" t="inlineStr">
+        <is>
+          <t>%1 изменил(а) уровень доступа для возможности блокировки участников с %2 на %3.</t>
+        </is>
+      </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
-[...2 lines deleted...]
-      <c r="C736" t="inlineStr"/>
+          <t>%n member can now ban room members.</t>
+        </is>
+      </c>
+      <c r="C736" t="inlineStr">
+        <is>
+          <t>%n пользователь теперь сможет блокировать участников.</t>
+        </is>
+      </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
-[...2 lines deleted...]
-      <c r="C737" t="inlineStr"/>
+          <t>%1 can now ban room members.</t>
+        </is>
+      </c>
+      <c r="C737" t="inlineStr">
+        <is>
+          <t>%1 теперь сможет блокировать участников.</t>
+        </is>
+      </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr"/>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 изменил(а) уровень доступа для возможности приглашения новых участников с %2 на %3.</t>
+          <t>Suggested in Weblate: %1 изменил уровень прав state_default в комнате с %2 на %3.</t>
         </is>
       </c>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr"/>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
-[...2 lines deleted...]
-      <c r="G739" t="inlineStr"/>
+          <t>TimelineModel%n member(s) can now send state events.</t>
+        </is>
+      </c>
+      <c r="G739" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n участник может отправлять события состояния., %n участника могут отправлять события состояния., %n участников могут отправлять события состояния.</t>
+        </is>
+      </c>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr"/>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
-[...2 lines deleted...]
-      <c r="G740" t="inlineStr"/>
+          <t>TimelineModel%1 can now send state events.</t>
+        </is>
+      </c>
+      <c r="G740" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 теперь может отправлять события состояния.</t>
+        </is>
+      </c>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
-[...2 lines deleted...]
-      <c r="C741" t="inlineStr"/>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="C741" t="inlineStr">
+        <is>
+          <t>%1 изменил(а) уровень доступа для возможности приглашения новых участников с %2 на %3.</t>
+        </is>
+      </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr"/>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 предоставил(а) административные права доступа пользователю %2.</t>
+          <t>Suggested in Weblate: %1 изменил значение events_default powerlevel для комнаты с %2 на %3. Новые пользователи теперь не могут отправлять события.</t>
         </is>
       </c>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr"/>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 предоставил(а) права модератора пользователю %2.</t>
+          <t>Suggested in Weblate: %1 изменил значение параметра events_default powerlevel для комнаты с %2 на %3. Теперь новые пользователи могут отправлять события, которые не ограничены другими способами.</t>
         </is>
       </c>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr"/>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 понизил(а) права доступа %2 до уровня модератора.</t>
+          <t>Suggested in Weblate: %1 изменил значение параметра events_default powerlevel для комнаты с %2 на %3.</t>
         </is>
       </c>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
-[...2 lines deleted...]
-      <c r="C745" t="inlineStr"/>
+          <t>%1 has made %2 an administrator of this room.</t>
+        </is>
+      </c>
+      <c r="C745" t="inlineStr">
+        <is>
+          <t>%1 предоставил(а) административные права доступа пользователю %2.</t>
+        </is>
+      </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+        </is>
+      </c>
+      <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
-[...2 lines deleted...]
-      <c r="C746" t="inlineStr"/>
+          <t>%1 has made %2 a moderator of this room.</t>
+        </is>
+      </c>
+      <c r="C746" t="inlineStr">
+        <is>
+          <t>%1 предоставил(а) права модератора пользователю %2.</t>
+        </is>
+      </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+        </is>
+      </c>
+      <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
-[...2 lines deleted...]
-      <c r="C747" t="inlineStr"/>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
+        </is>
+      </c>
+      <c r="C747" t="inlineStr">
+        <is>
+          <t>%1 понизил(а) права доступа %2 до уровня модератора.</t>
+        </is>
+      </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+        </is>
+      </c>
+      <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
-[...2 lines deleted...]
-      <c r="C748" t="inlineStr"/>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+        </is>
+      </c>
+      <c r="C748" t="inlineStr">
+        <is>
+          <t>%1 изменил(а) уровень доступа %2 с %3 до %4.</t>
+        </is>
+      </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+        </is>
+      </c>
+      <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
-[...2 lines deleted...]
-      <c r="C749" t="inlineStr"/>
+          <t>%1 allowed only administrators to send "%2".</t>
+        </is>
+      </c>
+      <c r="C749" t="inlineStr">
+        <is>
+          <t>%1 разрешил(а) отправку событий типа «%2» только администраторам.</t>
+        </is>
+      </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+        </is>
+      </c>
+      <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
-[...2 lines deleted...]
-      <c r="C750" t="inlineStr"/>
+          <t>%1 allowed only moderators to send "%2".</t>
+        </is>
+      </c>
+      <c r="C750" t="inlineStr">
+        <is>
+          <t>%1 разрешил(а) отправку событий типа «%2» только модераторам.</t>
+        </is>
+      </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+        </is>
+      </c>
+      <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
-[...2 lines deleted...]
-      <c r="C751" t="inlineStr"/>
+          <t>%1 allowed everyone to send "%2".</t>
+        </is>
+      </c>
+      <c r="C751" t="inlineStr">
+        <is>
+          <t>%1 разрешил(а) всем отправлять события типа «%2».</t>
+        </is>
+      </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+        </is>
+      </c>
+      <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
-[...2 lines deleted...]
-      <c r="C752" t="inlineStr"/>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+        </is>
+      </c>
+      <c r="C752" t="inlineStr">
+        <is>
+          <t>%1 изменила(а) уровень доступа для событий типа «%2» со значения по умолчанию на %3.</t>
+        </is>
+      </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+        </is>
+      </c>
+      <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
-[...2 lines deleted...]
-      <c r="C753" t="inlineStr"/>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+        </is>
+      </c>
+      <c r="C753" t="inlineStr">
+        <is>
+          <t>%1 изменила(а) уровень доступа для событий типа «%2» с %3 на %4.</t>
+        </is>
+      </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+        </is>
+      </c>
+      <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
-[...2 lines deleted...]
-      <c r="C754" t="inlineStr"/>
+          <t>(empty)</t>
+        </is>
+      </c>
+      <c r="C754" t="inlineStr">
+        <is>
+          <t>(пусто)</t>
+        </is>
+      </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel(empty)</t>
+        </is>
+      </c>
+      <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
-[...2 lines deleted...]
-      <c r="C755" t="inlineStr"/>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+        </is>
+      </c>
+      <c r="C755" t="inlineStr">
+        <is>
+          <t>%1 удалил(а) следующие изображения из набора «%2»:&lt;br&gt;%3</t>
+        </is>
+      </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+        </is>
+      </c>
+      <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
-[...2 lines deleted...]
-      <c r="C756" t="inlineStr"/>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+        </is>
+      </c>
+      <c r="C756" t="inlineStr">
+        <is>
+          <t>%1 добавил(а) следующие изображения в набор «%2»:&lt;br&gt;%3</t>
+        </is>
+      </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+        </is>
+      </c>
+      <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
-[...2 lines deleted...]
-      <c r="C757" t="inlineStr"/>
+          <t>%1 changed the sticker and emotes in this room.</t>
+        </is>
+      </c>
+      <c r="C757" t="inlineStr">
+        <is>
+          <t>%1 изменил(а) стикеры и эмоции в данной комнате.</t>
+        </is>
+      </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+        </is>
+      </c>
+      <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
-[...2 lines deleted...]
-      <c r="C758" t="inlineStr"/>
+          <t>%1 disabled the rule to ban users matching %2.</t>
+        </is>
+      </c>
+      <c r="C758" t="inlineStr">
+        <is>
+          <t>%1 отключил(а) правило блокировки пользователей, соответствующих критерию «%2».</t>
+        </is>
+      </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+        </is>
+      </c>
+      <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
-[...2 lines deleted...]
-      <c r="C759" t="inlineStr"/>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+        </is>
+      </c>
+      <c r="C759" t="inlineStr">
+        <is>
+          <t>%1 добавил(а) правило блокировки пользователей, соответствующих критерию «%2» для '%3'.</t>
+        </is>
+      </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+        </is>
+      </c>
+      <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
-[...2 lines deleted...]
-      <c r="C760" t="inlineStr"/>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
+        </is>
+      </c>
+      <c r="C760" t="inlineStr">
+        <is>
+          <t>%1 отключил(а) правило блокировки комнат, соответствующих критерию «%2».</t>
+        </is>
+      </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+        </is>
+      </c>
+      <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
-[...2 lines deleted...]
-      <c r="C761" t="inlineStr"/>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+        </is>
+      </c>
+      <c r="C761" t="inlineStr">
+        <is>
+          <t>%1 добавил(а) правило блокировки комнат, соответствующих критерию «%2» для '%3'.</t>
+        </is>
+      </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
-[...7 lines deleted...]
-      </c>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+        </is>
+      </c>
+      <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) удалил(а) сообщение %3</t>
+          <t>%1 отключил(а) правило блокировки серверов, соответствующих критерию «%2».</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
-[...2 lines deleted...]
-      <c r="C763" t="inlineStr"/>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+        </is>
+      </c>
+      <c r="C763" t="inlineStr">
+        <is>
+          <t>%1 добавил(а) правило блокировки серверов, соответствующих критерию «%2» для '%3'.</t>
+        </is>
+      </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
-[...7 lines deleted...]
-      </c>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+        </is>
+      </c>
+      <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>Удалено пользователем %1</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Удалено %1</t>
+        </is>
+      </c>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) удалил(а) сообщение %3</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>Удалено %1 по причине: %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Удалено пользователем %1 по причине: %2</t>
+        </is>
+      </c>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) удалил(а) сообщение %3
 Причина: %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...89 lines deleted...]
-      </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
-[...2 lines deleted...]
-      <c r="C768" t="inlineStr"/>
+          <t>%2 revoked the invite to %1.</t>
+        </is>
+      </c>
+      <c r="C768" t="inlineStr">
+        <is>
+          <t>%2 отозвал(а) приглашение в %1.</t>
+        </is>
+      </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 отвергнул заявку от %1.
-Suggested in Weblate: %2 отказал(а) в приглашении %1</t>
+          <t>Suggested in Weblate: %2 отозвал(а) приглашение %1</t>
         </is>
       </c>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 изменил свой аватар.</t>
+          <t>%2 выгнал(а) %1.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%2 kicked %1.</t>
+        </is>
+      </c>
+      <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>%1 поменял информацию в профиле.</t>
+          <t>%2 разблокировал(а) %1.</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%2 unbanned %1.</t>
+        </is>
+      </c>
+      <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>%1 присоединился.</t>
+          <t>%2 отвергнул заявку от %1.</t>
         </is>
       </c>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 присоединился(ась).</t>
+          <t>Suggested in Weblate: %2 отказал(а) в приглашении %1</t>
         </is>
       </c>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
-[...2 lines deleted...]
-      <c r="C772" t="inlineStr"/>
+          <t>%1 changed their avatar.</t>
+        </is>
+      </c>
+      <c r="C772" t="inlineStr">
+        <is>
+          <t>%1 изменил свой аватар.</t>
+        </is>
+      </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 присоединился(ась) используя авторизацию с сервера %2.
-Suggested in Weblate: %1 присоединился(ась) используя авторизацию сервера %2.</t>
+          <t>Suggested in Weblate: %1 изменил(а) свой аватар.</t>
         </is>
       </c>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 отклонил приглашение.</t>
+          <t>%1 поменял информацию в профиле.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
+          <t>TimelineModel%1 changed some profile info.</t>
+        </is>
+      </c>
+      <c r="G773" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил(а) информацию в профиле.</t>
+        </is>
+      </c>
+      <c r="H773" t="inlineStr"/>
+    </row>
+    <row r="774">
+      <c r="A774" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
+        </is>
+      </c>
+      <c r="B774" t="inlineStr">
+        <is>
+          <t>%1 joined.</t>
+        </is>
+      </c>
+      <c r="C774" t="inlineStr">
+        <is>
+          <t>%1 присоединился.</t>
+        </is>
+      </c>
+      <c r="D774" t="inlineStr"/>
+      <c r="E774" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F774" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 joined.</t>
+        </is>
+      </c>
+      <c r="G774" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 присоединился(ась).</t>
+        </is>
+      </c>
+      <c r="H774" t="inlineStr"/>
+    </row>
+    <row r="775">
+      <c r="A775" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
+        </is>
+      </c>
+      <c r="B775" t="inlineStr">
+        <is>
+          <t>%1 joined via authorisation from %2's server.</t>
+        </is>
+      </c>
+      <c r="C775" t="inlineStr">
+        <is>
+          <t>%1 присоединился(ась) используя авторизацию сервера %2.</t>
+        </is>
+      </c>
+      <c r="D775" t="inlineStr"/>
+      <c r="E775" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F775" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+        </is>
+      </c>
+      <c r="G775" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 присоединился(ась) используя авторизацию с сервера %2.</t>
+        </is>
+      </c>
+      <c r="H775" t="inlineStr"/>
+    </row>
+    <row r="776">
+      <c r="A776" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
+        </is>
+      </c>
+      <c r="B776" t="inlineStr">
+        <is>
+          <t>%1 rejected their invite.</t>
+        </is>
+      </c>
+      <c r="C776" t="inlineStr">
+        <is>
+          <t>%1 отклонил приглашение.</t>
+        </is>
+      </c>
+      <c r="D776" t="inlineStr"/>
+      <c r="E776" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F776" t="inlineStr">
+        <is>
           <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
-      <c r="G773" t="inlineStr">
+      <c r="G776" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 отклонил(а) приглашение.
 Suggested in Weblate: %1 отверг приглашение.</t>
         </is>
       </c>
-      <c r="H773" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B774" t="inlineStr">
+      <c r="H776" t="inlineStr"/>
+    </row>
+    <row r="777">
+      <c r="A777" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
+        </is>
+      </c>
+      <c r="B777" t="inlineStr">
         <is>
           <t>%1 left the room.</t>
         </is>
       </c>
-      <c r="C774" t="inlineStr">
+      <c r="C777" t="inlineStr">
         <is>
           <t>%1 покинул комнату.</t>
         </is>
       </c>
-      <c r="D774" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F774" t="inlineStr">
+      <c r="D777" t="inlineStr"/>
+      <c r="E777" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F777" t="inlineStr">
         <is>
           <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
-      <c r="G774" t="inlineStr">
+      <c r="G777" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 покинул(а) комнату.</t>
         </is>
       </c>
-      <c r="H774" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B775" t="inlineStr">
+      <c r="H777" t="inlineStr"/>
+    </row>
+    <row r="778">
+      <c r="A778" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
+        </is>
+      </c>
+      <c r="B778" t="inlineStr">
         <is>
           <t>Reason: %1</t>
         </is>
       </c>
-      <c r="C775" t="inlineStr">
+      <c r="C778" t="inlineStr">
         <is>
           <t>Причина: %1</t>
         </is>
       </c>
-      <c r="D775" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F775" t="inlineStr">
+      <c r="D778" t="inlineStr"/>
+      <c r="E778" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F778" t="inlineStr">
         <is>
           <t>TimelineModelReason: %1</t>
         </is>
       </c>
-      <c r="G775" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B776" t="inlineStr">
+      <c r="G778" t="inlineStr"/>
+      <c r="H778" t="inlineStr"/>
+    </row>
+    <row r="779">
+      <c r="A779" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
+        </is>
+      </c>
+      <c r="B779" t="inlineStr">
         <is>
           <t>%1 redacted their knock.</t>
         </is>
       </c>
-      <c r="C776" t="inlineStr">
+      <c r="C779" t="inlineStr">
         <is>
           <t>%1 отредактировал его "стук".</t>
         </is>
       </c>
-      <c r="D776" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F776" t="inlineStr">
+      <c r="D779" t="inlineStr"/>
+      <c r="E779" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F779" t="inlineStr">
         <is>
           <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
-      <c r="G776" t="inlineStr">
+      <c r="G779" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 отредактировал свою заявку.
 Suggested in Weblate: %1 изменил(а) свою просьбу на приглашение.</t>
         </is>
       </c>
-      <c r="H776" t="inlineStr"/>
-[...76 lines deleted...]
-      <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr"/>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
-[...2 lines deleted...]
-      <c r="G780" t="inlineStr"/>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+        </is>
+      </c>
+      <c r="G780" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил список серверов, которым разрешено находиться в этой комнате.</t>
+        </is>
+      </c>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr"/>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
-[...2 lines deleted...]
-      <c r="G781" t="inlineStr"/>
+          <t>TimelineModel%1 removed the room name.</t>
+        </is>
+      </c>
+      <c r="G781" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 удалил название комнаты.</t>
+        </is>
+      </c>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr"/>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
-[...2 lines deleted...]
-      <c r="G782" t="inlineStr"/>
+          <t>TimelineModel%1 changed the room name to: %2</t>
+        </is>
+      </c>
+      <c r="G782" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил название комнаты на: %2</t>
+        </is>
+      </c>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr"/>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
-[...2 lines deleted...]
-      <c r="G783" t="inlineStr"/>
+          <t>TimelineModel%1 removed the topic.</t>
+        </is>
+      </c>
+      <c r="G783" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 удалил тему.</t>
+        </is>
+      </c>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr"/>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
-[...2 lines deleted...]
-      <c r="G784" t="inlineStr"/>
+          <t>TimelineModel%1 changed the topic to: %2</t>
+        </is>
+      </c>
+      <c r="G784" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил тему на: %2</t>
+        </is>
+      </c>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr"/>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
-[...2 lines deleted...]
-      <c r="G785" t="inlineStr"/>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
+        </is>
+      </c>
+      <c r="G785" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 changed the room avatar to: %2</t>
+        </is>
+      </c>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr"/>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
-[...2 lines deleted...]
-      <c r="G786" t="inlineStr"/>
+          <t>TimelineModel%1 removed the room avatar.</t>
+        </is>
+      </c>
+      <c r="G786" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 удалил аватар комнаты.</t>
+        </is>
+      </c>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the pinned messages.</t>
+        </is>
+      </c>
+      <c r="C787" t="inlineStr"/>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
-[...2 lines deleted...]
-      <c r="G787" t="inlineStr"/>
+          <t>TimelineModel%1 changed the pinned messages.</t>
+        </is>
+      </c>
+      <c r="G787" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил закрепленные сообщения.</t>
+        </is>
+      </c>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr"/>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
-[...2 lines deleted...]
-      <c r="G788" t="inlineStr"/>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
+        </is>
+      </c>
+      <c r="G788" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил адрес этой комнаты.</t>
+        </is>
+      </c>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the parent communities for this room.</t>
+        </is>
+      </c>
+      <c r="C789" t="inlineStr"/>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
-[...2 lines deleted...]
-      <c r="G789" t="inlineStr"/>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
+        </is>
+      </c>
+      <c r="G789" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил родительские сообщества для этой комнаты.</t>
+        </is>
+      </c>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C790" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 создал и настроил комнату: %2</t>
+        </is>
+      </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
-[...2 lines deleted...]
-      <c r="G790" t="inlineStr"/>
+          <t>TimelineModel%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="G790" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 создал и настроил комнату: %2</t>
+        </is>
+      </c>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr"/>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 включил(а) обязательные приглашения для вступления в эту комнату.
-Suggested in Weblate: %1 установил(а) режим приглашения для этой комнаты.</t>
+          <t>Suggested in Weblate: %1 меняет неизвестное событие %2.</t>
         </is>
       </c>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>%1 пригласил(а) %2</t>
+          <t>Вы присоединились к комнате.</t>
         </is>
       </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
-[...2 lines deleted...]
-      <c r="G793" t="inlineStr"/>
+          <t>TimelineModel%n hour(s) later</t>
+        </is>
+      </c>
+      <c r="G793" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n час позже, %n часа позже, %n часов позже</t>
+        </is>
+      </c>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 изменил(а) своё отображаемое имя на %2.</t>
+          <t>%1 включил(а) обязательные приглашения для вступления в эту комнату.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
-[...2 lines deleted...]
-      <c r="G794" t="inlineStr"/>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
+        </is>
+      </c>
+      <c r="G794" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 установил(а) режим приглашения для этой комнаты.</t>
+        </is>
+      </c>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>%1 покинул чат, уже покинув его!</t>
+          <t>%1 пригласил(а) %2</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 изменил(а) свой аватар и отображаемое имя на %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 изменил(а) своё отображаемое имя на %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 покинул чат, уже покинув его!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B796" t="inlineStr">
+      <c r="G798" t="inlineStr"/>
+      <c r="H798" t="inlineStr"/>
+    </row>
+    <row r="799">
+      <c r="A799" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
+        </is>
+      </c>
+      <c r="B799" t="inlineStr">
         <is>
           <t>%1 banned %2</t>
         </is>
       </c>
-      <c r="C796" t="inlineStr">
+      <c r="C799" t="inlineStr">
         <is>
           <t>%1 заблокировал(а) %2</t>
         </is>
       </c>
-      <c r="D796" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F796" t="inlineStr">
+      <c r="D799" t="inlineStr"/>
+      <c r="E799" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F799" t="inlineStr">
         <is>
           <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
-      <c r="G796" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B797" t="inlineStr">
+      <c r="G799" t="inlineStr"/>
+      <c r="H799" t="inlineStr"/>
+    </row>
+    <row r="800">
+      <c r="A800" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
+        </is>
+      </c>
+      <c r="B800" t="inlineStr">
         <is>
           <t>%1 knocked.</t>
         </is>
       </c>
-      <c r="C797" t="inlineStr">
+      <c r="C800" t="inlineStr">
         <is>
           <t>%1 постучался.</t>
         </is>
       </c>
-      <c r="D797" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F797" t="inlineStr">
+      <c r="D800" t="inlineStr"/>
+      <c r="E800" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F800" t="inlineStr">
         <is>
           <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
-      <c r="G797" t="inlineStr">
+      <c r="G800" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 прислал заявку на вступление.
 Suggested in Weblate: %1 попросил приглашение присоединиться.</t>
         </is>
       </c>
-      <c r="H797" t="inlineStr"/>
-[...80 lines deleted...]
-      <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr"/>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
-[...2 lines deleted...]
-      <c r="G801" t="inlineStr"/>
+          <t>TimelineSectionHeader%1's status message</t>
+        </is>
+      </c>
+      <c r="G801" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: статус %1</t>
+        </is>
+      </c>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
-[...2 lines deleted...]
-      <c r="C802" t="inlineStr"/>
+          <t>No room open</t>
+        </is>
+      </c>
+      <c r="C802" t="inlineStr">
+        <is>
+          <t>Комната не выбрана</t>
+        </is>
+      </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr"/>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
-[...2 lines deleted...]
-      <c r="G803" t="inlineStr"/>
+          <t>TimelineViewYou are about to notify the whole room</t>
+        </is>
+      </c>
+      <c r="G803" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы собираетесь оповестить всю комнату</t>
+        </is>
+      </c>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
-[...6 lines deleted...]
-      </c>
+          <t>You will be mentioning %1</t>
+        </is>
+      </c>
+      <c r="C804" t="inlineStr"/>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Предварительный просмотр недоступен</t>
+          <t>Suggested in Weblate: Вы упомянете %1</t>
         </is>
       </c>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+        </is>
+      </c>
+      <c r="C805" t="inlineStr"/>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Настройки</t>
+          <t>Suggested in Weblate: Команда /%1 не распознана и будет отправлена в составе вашего сообщения.</t>
         </is>
       </c>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...6 lines deleted...]
-      </c>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+        </is>
+      </c>
+      <c r="C806" t="inlineStr"/>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n участник</t>
+          <t>Suggested in Weblate: Команда /%1 выглядит неполной. Чтобы отправить её, добавьте пробел в конец сообщения.</t>
         </is>
       </c>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
-[...2 lines deleted...]
-      <c r="C807" t="inlineStr"/>
+          <t>No preview available</t>
+        </is>
+      </c>
+      <c r="C807" t="inlineStr">
+        <is>
+          <t>Предварительный просмотр недоступен</t>
+        </is>
+      </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
-[...2 lines deleted...]
-      <c r="G807" t="inlineStr"/>
+          <t>TimelineViewNo preview available</t>
+        </is>
+      </c>
+      <c r="G807" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Предварительный просмотр недоступен</t>
+        </is>
+      </c>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
-[...2 lines deleted...]
-      <c r="C808" t="inlineStr"/>
+          <t>Settings</t>
+        </is>
+      </c>
+      <c r="C808" t="inlineStr">
+        <is>
+          <t>Настройки</t>
+        </is>
+      </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
-[...2 lines deleted...]
-      <c r="G808" t="inlineStr"/>
+          <t>TimelineViewSettings</t>
+        </is>
+      </c>
+      <c r="G808" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройки</t>
+        </is>
+      </c>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
-[...2 lines deleted...]
-      <c r="C809" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C809" t="inlineStr">
+        <is>
+          <t>%n участник</t>
+        </is>
+      </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
-[...2 lines deleted...]
-      <c r="G809" t="inlineStr"/>
+          <t>TimelineView%n member(s)</t>
+        </is>
+      </c>
+      <c r="G809" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n участник, %n участника, %n участников
+Suggested in Weblate: %n участник</t>
+        </is>
+      </c>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr"/>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
-[...2 lines deleted...]
-      <c r="G810" t="inlineStr"/>
+          <t>TimelineViewView members of %1</t>
+        </is>
+      </c>
+      <c r="G810" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Просмотреть участников %1</t>
+        </is>
+      </c>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr"/>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
-[...2 lines deleted...]
-      <c r="G811" t="inlineStr"/>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+        </is>
+      </c>
+      <c r="G811" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Эта комната, возможно, недоступна. Если эта комната является частной, вам следует удалить её из этого сообщества.</t>
+        </is>
+      </c>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C812" t="inlineStr"/>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
-[...2 lines deleted...]
-      <c r="G812" t="inlineStr"/>
+          <t>TimelineViewjoin the conversation</t>
+        </is>
+      </c>
+      <c r="G812" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Присоединяйтесь к обсуждению</t>
+        </is>
+      </c>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr"/>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
-[...2 lines deleted...]
-      <c r="G813" t="inlineStr"/>
+          <t>TimelineViewaccept invite</t>
+        </is>
+      </c>
+      <c r="G813" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: принять приглашение</t>
+        </is>
+      </c>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr"/>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
-[...2 lines deleted...]
-      <c r="G814" t="inlineStr"/>
+          <t>TimelineViewdecline invite</t>
+        </is>
+      </c>
+      <c r="G814" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: отклонить приглашение</t>
+        </is>
+      </c>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr"/>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
-[...2 lines deleted...]
-      <c r="G815" t="inlineStr"/>
+          <t>TimelineViewdecline invite and ignore user</t>
+        </is>
+      </c>
+      <c r="G815" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: отклонить приглашение и проигнорировать пользователя</t>
+        </is>
+      </c>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr"/>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
-[...2 lines deleted...]
-      <c r="G816" t="inlineStr"/>
+          <t>TimelineViewleave</t>
+        </is>
+      </c>
+      <c r="G816" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: покинуть</t>
+        </is>
+      </c>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
-[...6 lines deleted...]
-      </c>
+          <t>Invited by %1 (%2)</t>
+        </is>
+      </c>
+      <c r="C817" t="inlineStr"/>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Вернуться к списку комнат</t>
+          <t>Suggested in Weblate: Приглашен %1 (%2)</t>
         </is>
       </c>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hide invite reason</t>
+        </is>
+      </c>
+      <c r="C818" t="inlineStr"/>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
-[...2 lines deleted...]
-      <c r="G818" t="inlineStr"/>
+          <t>TimelineViewHide invite reason</t>
+        </is>
+      </c>
+      <c r="G818" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скрыть причину приглашения</t>
+        </is>
+      </c>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr"/>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
-[...2 lines deleted...]
-      <c r="G819" t="inlineStr"/>
+          <t>TimelineViewShow invite reason</t>
+        </is>
+      </c>
+      <c r="G819" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать причину приглашения</t>
+        </is>
+      </c>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Вернуться к списку комнат</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
-[...2 lines deleted...]
-      <c r="G820" t="inlineStr"/>
+          <t>TimelineViewBack to room list</t>
+        </is>
+      </c>
+      <c r="G820" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вернуться к списку комнат</t>
+        </is>
+      </c>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
-[...2 lines deleted...]
-      <c r="C821" t="inlineStr"/>
+          <t>No room selected</t>
+        </is>
+      </c>
+      <c r="C821" t="inlineStr">
+        <is>
+          <t>Комнаты не выбраны</t>
+        </is>
+      </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr"/>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
-[...2 lines deleted...]
-      <c r="G822" t="inlineStr"/>
+          <t>TopBarIn %1</t>
+        </is>
+      </c>
+      <c r="G822" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В %1</t>
+        </is>
+      </c>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
-[...2 lines deleted...]
-      <c r="C823" t="inlineStr"/>
+          <t>Back to room list</t>
+        </is>
+      </c>
+      <c r="C823" t="inlineStr">
+        <is>
+          <t>Вернуться к списку комнат</t>
+        </is>
+      </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
       <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr"/>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
-[...2 lines deleted...]
-      <c r="G825" t="inlineStr"/>
+          <t>TopBarShow or hide pinned messages</t>
+        </is>
+      </c>
+      <c r="G825" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать или скрыть закрепленные сообщения</t>
+        </is>
+      </c>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr"/>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
-[...2 lines deleted...]
-      <c r="G826" t="inlineStr"/>
+          <t>TopBarShow room members.</t>
+        </is>
+      </c>
+      <c r="G826" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать участников комнаты</t>
+        </is>
+      </c>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room contains only verified devices.</t>
+        </is>
+      </c>
+      <c r="C827" t="inlineStr"/>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
-[...2 lines deleted...]
-      <c r="G827" t="inlineStr"/>
+          <t>TopBarThis room contains only verified devices.</t>
+        </is>
+      </c>
+      <c r="G827" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В этой комнате только проверенные устройства.</t>
+        </is>
+      </c>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
+        </is>
+      </c>
+      <c r="C828" t="inlineStr"/>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
-[...2 lines deleted...]
-      <c r="G828" t="inlineStr"/>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+        </is>
+      </c>
+      <c r="G828" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В этой комнате проверенные устройства и устройства, у которых никогда не менялся мастер-ключ.</t>
+        </is>
+      </c>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room contains unverified devices!</t>
+        </is>
+      </c>
+      <c r="C829" t="inlineStr"/>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
-[...2 lines deleted...]
-      <c r="G829" t="inlineStr"/>
+          <t>TopBarThis room contains unverified devices!</t>
+        </is>
+      </c>
+      <c r="G829" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В этой комнате есть непроверенные устройства!</t>
+        </is>
+      </c>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Search this room</t>
+        </is>
+      </c>
+      <c r="C830" t="inlineStr"/>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
-[...2 lines deleted...]
-      <c r="G830" t="inlineStr"/>
+          <t>TopBarSearch this room</t>
+        </is>
+      </c>
+      <c r="G830" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск в этой комнате</t>
+        </is>
+      </c>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Настройки</t>
+          <t>Настройки комнаты</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
-[...2 lines deleted...]
-      <c r="C832" t="inlineStr"/>
+          <t>Invite users</t>
+        </is>
+      </c>
+      <c r="C832" t="inlineStr">
+        <is>
+          <t>Пригласить пользователей</t>
+        </is>
+      </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
-[...2 lines deleted...]
-      <c r="C833" t="inlineStr"/>
+          <t>Members</t>
+        </is>
+      </c>
+      <c r="C833" t="inlineStr">
+        <is>
+          <t>Участники</t>
+        </is>
+      </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Показать</t>
+          <t>Покинуть комнату</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Выйти</t>
+          <t>Настройки</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
         <is>
-          <t xml:space="preserve">
-%n unread message</t>
+          <t>Unpin</t>
         </is>
       </c>
       <c r="C836" t="inlineStr"/>
       <c r="D836" t="inlineStr"/>
       <c r="E836" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F836" t="inlineStr">
         <is>
-          <t>TrayIcon
-[...3 lines deleted...]
-      <c r="G836" t="inlineStr"/>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Открепить</t>
+        </is>
+      </c>
       <c r="H836" t="inlineStr"/>
     </row>
     <row r="837">
       <c r="A837" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23300</t>
+          <t>../qml/TopBar.qml:23185</t>
         </is>
       </c>
       <c r="B837" t="inlineStr">
         <is>
-          <t>No available registration flows!</t>
+          <t>Enter search query</t>
         </is>
       </c>
       <c r="C837" t="inlineStr"/>
       <c r="D837" t="inlineStr"/>
       <c r="E837" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F837" t="inlineStr">
         <is>
-          <t>UIANo available registration flows!</t>
+          <t>TopBarEnter search query</t>
         </is>
       </c>
       <c r="G837" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Нет доступных потоков регистрации!</t>
+          <t>Suggested in Weblate: Введите текст для поиска</t>
         </is>
       </c>
       <c r="H837" t="inlineStr"/>
     </row>
     <row r="838">
       <c r="A838" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23385</t>
+          <t>../../src/TrayIcon.cpp:23295</t>
         </is>
       </c>
       <c r="B838" t="inlineStr">
         <is>
-          <t>Registration aborted</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C838" t="inlineStr">
         <is>
-          <t>Регистрация отменена</t>
+          <t>Показать</t>
         </is>
       </c>
       <c r="D838" t="inlineStr"/>
       <c r="E838" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F838" t="inlineStr">
         <is>
-          <t>UIARegistration aborted</t>
+          <t>TrayIconShow</t>
         </is>
       </c>
       <c r="G838" t="inlineStr"/>
       <c r="H838" t="inlineStr"/>
     </row>
     <row r="839">
       <c r="A839" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23362</t>
+          <t>../../src/TrayIcon.cpp:23296</t>
         </is>
       </c>
       <c r="B839" t="inlineStr">
         <is>
-          <t>Please enter a valid registration token.</t>
-[...2 lines deleted...]
-      <c r="C839" t="inlineStr"/>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Выйти</t>
+        </is>
+      </c>
       <c r="D839" t="inlineStr"/>
       <c r="E839" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F839" t="inlineStr">
         <is>
-          <t>UIAPlease enter a valid registration token.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
       <c r="H839" t="inlineStr"/>
     </row>
     <row r="840">
       <c r="A840" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23522</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B840" t="inlineStr">
         <is>
-          <t>Invalid token</t>
+          <t xml:space="preserve">
+%n unread message</t>
         </is>
       </c>
       <c r="C840" t="inlineStr"/>
       <c r="D840" t="inlineStr"/>
       <c r="E840" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F840" t="inlineStr">
         <is>
-          <t>UIAInvalid token</t>
+          <t>TrayIcon
+%n unread message(s)</t>
         </is>
       </c>
       <c r="G840" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Некорректный токен</t>
+          <t>Suggested in Weblate: 
+%n непрочитанное сообщение, 
+%n непрочитанных сообщения, 
+%n непрочитанных сообщений</t>
         </is>
       </c>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
-[...2 lines deleted...]
-      <c r="C841" t="inlineStr"/>
+          <t>No available registration flows!</t>
+        </is>
+      </c>
+      <c r="C841" t="inlineStr">
+        <is>
+          <t>Нет доступных потоков регистрации!</t>
+        </is>
+      </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>UIANo available registration flows!</t>
+        </is>
+      </c>
+      <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
-[...2 lines deleted...]
-      <c r="C842" t="inlineStr"/>
+          <t>Registration aborted</t>
+        </is>
+      </c>
+      <c r="C842" t="inlineStr">
+        <is>
+          <t>Регистрация отменена</t>
+        </is>
+      </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>UIARegistration aborted</t>
+        </is>
+      </c>
+      <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
-[...2 lines deleted...]
-      <c r="C843" t="inlineStr"/>
+          <t>Please enter a valid registration token.</t>
+        </is>
+      </c>
+      <c r="C843" t="inlineStr">
+        <is>
+          <t>Введите действительный регистрационный токен.</t>
+        </is>
+      </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
-[...7 lines deleted...]
-      </c>
+          <t>UIAPlease enter a valid registration token.</t>
+        </is>
+      </c>
+      <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
-[...2 lines deleted...]
-      <c r="C844" t="inlineStr"/>
+          <t>Invalid token</t>
+        </is>
+      </c>
+      <c r="C844" t="inlineStr">
+        <is>
+          <t>Некорректный токен</t>
+        </is>
+      </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Выберите аватар</t>
+          <t>Загрузить файл</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Все файлы (*)</t>
+          <t>Завершить сеанс устройства %1</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>Выбранный файл не является картинкой</t>
+          <t>Сеанс данного устройства завершён.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
-[...2 lines deleted...]
-      <c r="G847" t="inlineStr"/>
+          <t>UserProfileYou signed out this device.</t>
+        </is>
+      </c>
+      <c r="G847" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы вышли с этого устройства.</t>
+        </is>
+      </c>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Failed to ignore "%1": %2</t>
+        </is>
+      </c>
+      <c r="C848" t="inlineStr"/>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось прочитать файл: %1</t>
+          <t>Suggested in Weblate: Не удалось проигнорировать "%1": %2</t>
         </is>
       </c>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Глобальный Пользовательский Профиль</t>
+          <t>Выберите аватар</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileSelect an avatar</t>
+        </is>
+      </c>
+      <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Пользовательский Профиль в Комнате</t>
+          <t>Все файлы (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileAll Files (*)</t>
+        </is>
+      </c>
+      <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
-[...2 lines deleted...]
-      <c r="C851" t="inlineStr"/>
+          <t>The selected file is not an image</t>
+        </is>
+      </c>
+      <c r="C851" t="inlineStr">
+        <is>
+          <t>Выбранный файл не является картинкой</t>
+        </is>
+      </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileThe selected file is not an image</t>
+        </is>
+      </c>
+      <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
-[...2 lines deleted...]
-      <c r="C852" t="inlineStr"/>
+          <t>Error while reading file: %1</t>
+        </is>
+      </c>
+      <c r="C852" t="inlineStr">
+        <is>
+          <t>Ошибка во время прочтения файла: %1</t>
+        </is>
+      </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Изменить аватар только для этой комнаты.</t>
+          <t>Suggested in Weblate: Не удалось прочитать файл: %1</t>
         </is>
       </c>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
-[...2 lines deleted...]
-      <c r="C853" t="inlineStr"/>
+          <t>Global User Profile</t>
+        </is>
+      </c>
+      <c r="C853" t="inlineStr">
+        <is>
+          <t>Глобальный Пользовательский Профиль</t>
+        </is>
+      </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Изменить отображаемое имя публично.</t>
+          <t>Suggested in Weblate: Глобальный Профиль Пользователя</t>
         </is>
       </c>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
-[...2 lines deleted...]
-      <c r="C854" t="inlineStr"/>
+          <t>Room User Profile</t>
+        </is>
+      </c>
+      <c r="C854" t="inlineStr">
+        <is>
+          <t>Пользовательский Профиль в Комнате</t>
+        </is>
+      </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Изменить отображаемое имя только для этой комнаты.</t>
+          <t>Suggested in Weblate: Профиль Пользователя в Комнате</t>
         </is>
       </c>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr"/>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &lt;i&gt;&lt;b&gt;Статус:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Suggested in Weblate: Изменить аватар глобально.
+Suggested in Weblate: Изменить аватар публично.</t>
         </is>
       </c>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
-[...2 lines deleted...]
-      <c r="C856" t="inlineStr"/>
+          <t>Change avatar. Will only apply to this room.</t>
+        </is>
+      </c>
+      <c r="C856" t="inlineStr">
+        <is>
+          <t>Изменить аватар только для этой комнаты.</t>
+        </is>
+      </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
+        </is>
+      </c>
+      <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
-[...2 lines deleted...]
-      <c r="C857" t="inlineStr"/>
+          <t>Change display name globally.</t>
+        </is>
+      </c>
+      <c r="C857" t="inlineStr">
+        <is>
+          <t>Изменить отображаемое имя публично.</t>
+        </is>
+      </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileChange display name globally.</t>
+        </is>
+      </c>
+      <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
-[...2 lines deleted...]
-      <c r="C858" t="inlineStr"/>
+          <t>Change display name. Will only apply to this room.</t>
+        </is>
+      </c>
+      <c r="C858" t="inlineStr">
+        <is>
+          <t>Изменить отображаемое имя только для этой комнаты.</t>
+        </is>
+      </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
+        </is>
+      </c>
+      <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>Верифицировать</t>
+          <t>&lt;i&gt;&lt;b&gt;Статус:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
-[...2 lines deleted...]
-      <c r="C860" t="inlineStr"/>
+          <t>Room: %1</t>
+        </is>
+      </c>
+      <c r="C860" t="inlineStr">
+        <is>
+          <t>Комната: %1</t>
+        </is>
+      </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileRoom: %1</t>
+        </is>
+      </c>
+      <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr"/>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Выкинуть пользователя.</t>
+          <t>Suggested in Weblate: Это профиль для комнаты. Отображаемое имя и аватар могут отличаться от публичных.
+Suggested in Weblate: Это профиль для комнаты. Отображаемое имя и аватар могут отличаться от публичных</t>
         </is>
       </c>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
-[...2 lines deleted...]
-      <c r="C862" t="inlineStr"/>
+          <t>Open the global profile for this user.</t>
+        </is>
+      </c>
+      <c r="C862" t="inlineStr">
+        <is>
+          <t>Открыть публичный профиль пользователя</t>
+        </is>
+      </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileOpen the global profile for this user.</t>
+        </is>
+      </c>
+      <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
-[...2 lines deleted...]
-      <c r="C863" t="inlineStr"/>
+          <t>Verify</t>
+        </is>
+      </c>
+      <c r="C863" t="inlineStr">
+        <is>
+          <t>Верифицировать</t>
+        </is>
+      </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
-[...2 lines deleted...]
-      <c r="C864" t="inlineStr"/>
+          <t>Start a private chat.</t>
+        </is>
+      </c>
+      <c r="C864" t="inlineStr">
+        <is>
+          <t>Начать приватную переписку.</t>
+        </is>
+      </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileStart a private chat.</t>
+        </is>
+      </c>
+      <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
-[...2 lines deleted...]
-      <c r="C865" t="inlineStr"/>
+          <t>Kick the user.</t>
+        </is>
+      </c>
+      <c r="C865" t="inlineStr">
+        <is>
+          <t>Выкинуть пользователя.</t>
+        </is>
+      </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileKick the user.</t>
+        </is>
+      </c>
+      <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Устройства</t>
+          <t>Заблокировать пользователя.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileBan the user.</t>
+        </is>
+      </c>
+      <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr"/>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Общие комнаты</t>
+          <t>Suggested in Weblate: Не игнорировать.</t>
         </is>
       </c>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr"/>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Выйти на этом устройстве.</t>
+          <t>Suggested in Weblate: Игнорировать.
+Suggested in Weblate: Игнорировать пользователя.</t>
         </is>
       </c>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
-[...2 lines deleted...]
-      <c r="C869" t="inlineStr"/>
+          <t>Refresh device list.</t>
+        </is>
+      </c>
+      <c r="C869" t="inlineStr">
+        <is>
+          <t>Обновить список устройств.</t>
+        </is>
+      </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileRefresh device list.</t>
+        </is>
+      </c>
+      <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
-[...2 lines deleted...]
-      <c r="C870" t="inlineStr"/>
+          <t>Devices</t>
+        </is>
+      </c>
+      <c r="C870" t="inlineStr">
+        <is>
+          <t>Устройства</t>
+        </is>
+      </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileDevices</t>
+        </is>
+      </c>
+      <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>Отменить Верификацию</t>
+          <t>Общие комнаты</t>
         </is>
       </c>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>По умолчанию</t>
+          <t>Выйти на этом устройстве.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Тема</t>
+          <t>Изменить имя устройства.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Масштаб</t>
+          <t>Был в последний раз %1 с %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Подсвечивать сообщение на панели</t>
+          <t>Отменить Верификацию</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Большие эмодзи в таймлайне</t>
+          <t>По умолчанию</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsDefault</t>
+        </is>
+      </c>
+      <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Сворачивать в системную панель</t>
+          <t>Тема</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сворачивать в системную панель при закрытии</t>
+          <t>Suggested in Weblate: Тема</t>
         </is>
       </c>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Запускать в системной панели</t>
+          <t>Масштаб</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сворачивать в системную панель при запуске</t>
+          <t>Suggested in Weblate: Масштаб</t>
         </is>
       </c>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
-[...2 lines deleted...]
-      <c r="C879" t="inlineStr"/>
+          <t>Highlight message on hover</t>
+        </is>
+      </c>
+      <c r="C879" t="inlineStr">
+        <is>
+          <t>Подсвечивать сообщение на панели</t>
+        </is>
+      </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отображать полосу прокрутки в списке комнат</t>
+          <t>Suggested in Weblate: Подсвечивать сообщение при наведении</t>
         </is>
       </c>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Отправлять сообщение в формате Markdown</t>
+          <t>Большие эмодзи в списке сообщений</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
-[...2 lines deleted...]
-      <c r="G880" t="inlineStr"/>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
+        </is>
+      </c>
+      <c r="G880" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Большие эмодзи в чате</t>
+        </is>
+      </c>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
-[...2 lines deleted...]
-      <c r="C881" t="inlineStr"/>
+          <t>Minimize to tray</t>
+        </is>
+      </c>
+      <c r="C881" t="inlineStr">
+        <is>
+          <t>Сворачивать в системную панель при закрытии</t>
+        </is>
+      </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
-[...2 lines deleted...]
-      <c r="C882" t="inlineStr"/>
+          <t>Start in tray</t>
+        </is>
+      </c>
+      <c r="C882" t="inlineStr">
+        <is>
+          <t>Сворачивать в системную панель при запуске</t>
+        </is>
+      </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelStart in tray</t>
+        </is>
+      </c>
+      <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
-[...2 lines deleted...]
-      <c r="C883" t="inlineStr"/>
+          <t>Scrollbars in room list</t>
+        </is>
+      </c>
+      <c r="C883" t="inlineStr">
+        <is>
+          <t>Отображать полосу прокрутки в списке комнат</t>
+        </is>
+      </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelScrollbars in room list</t>
+        </is>
+      </c>
+      <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
-[...2 lines deleted...]
-      <c r="C884" t="inlineStr"/>
+          <t>Send messages as Markdown</t>
+        </is>
+      </c>
+      <c r="C884" t="inlineStr">
+        <is>
+          <t>Отправлять сообщение в формате Markdown</t>
+        </is>
+      </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelSend messages as Markdown</t>
+        </is>
+      </c>
+      <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C885" t="inlineStr"/>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
-[...2 lines deleted...]
-      <c r="G885" t="inlineStr"/>
+          <t>UserSettingsModelEnable message bubbles</t>
+        </is>
+      </c>
+      <c r="G885" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Включить отображение сообщений в плашках
+Suggested in Weblate: Показывать рамки вокруг сообщений</t>
+        </is>
+      </c>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Сообщать о наборе сообщения</t>
+          <t>Уменьшить аватары</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
-[...2 lines deleted...]
-      <c r="G886" t="inlineStr"/>
+          <t>UserSettingsModelEnable small Avatars</t>
+        </is>
+      </c>
+      <c r="G886" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Включить небольшие аватары для сообщений</t>
+        </is>
+      </c>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Сортировать комнату по непрочитанным</t>
+          <t>Проигрывать анимации лишь при наведении курсора</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сортировать комнаты по количеству непрочитанного
-Suggested in Weblate: Сортировать комнаты по непрочитанным</t>
+          <t>Suggested in Weblate: Проигрывать анимированные картинки только при наведении</t>
         </is>
       </c>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сортировать комнаты в алфавитном порядке</t>
+          <t>Suggested in Weblate: Автоматический показ изображений</t>
         </is>
       </c>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Отображать кнопки в таймлайне</t>
+          <t>Сообщать о наборе сообщения</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Показывать кнопки в списке сообщений
-Suggested in Weblate: Отображать кнопки в списке сообщений</t>
+          <t>Suggested in Weblate: Показывать статус "собеседник печатает"</t>
         </is>
       </c>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Ограничить ширину таймлайна</t>
+          <t>Сортировать комнаты по непрочитанным</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ограничить ширину сообщений в чате
-Suggested in Weblate: Ограничить ширину сообщений в списке</t>
+          <t>Suggested in Weblate: Сортировать комнаты по количеству непрочитанного</t>
         </is>
       </c>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>Показывать подтверждение о прочтении</t>
+          <t>Сортировать комнаты в алфавитном порядке</t>
         </is>
       </c>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
-[...2 lines deleted...]
-      <c r="C892" t="inlineStr"/>
+          <t>Show buttons in timeline</t>
+        </is>
+      </c>
+      <c r="C892" t="inlineStr">
+        <is>
+          <t>Показывать кнопки в списке сообщений</t>
+        </is>
+      </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
-[...2 lines deleted...]
-      <c r="G892" t="inlineStr"/>
+          <t>UserSettingsModelShow buttons in timeline</t>
+        </is>
+      </c>
+      <c r="G892" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отображать кнопки в списке сообщений</t>
+        </is>
+      </c>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
-[...2 lines deleted...]
-      <c r="C893" t="inlineStr"/>
+          <t>Limit width of timeline</t>
+        </is>
+      </c>
+      <c r="C893" t="inlineStr">
+        <is>
+          <t>Ограничить ширину сообщений в чате</t>
+        </is>
+      </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
-[...2 lines deleted...]
-      <c r="G893" t="inlineStr"/>
+          <t>UserSettingsModelLimit width of timeline</t>
+        </is>
+      </c>
+      <c r="G893" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ограничить ширину сообщений в списке</t>
+        </is>
+      </c>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Уведомления на рабочем столе</t>
+          <t>Показывать подтверждение о прочтении</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelRead receipts</t>
+        </is>
+      </c>
+      <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hidden events</t>
+        </is>
+      </c>
+      <c r="C895" t="inlineStr"/>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Подсвечиваться при уведомлении
-Suggested in Weblate: Показывать оповещение</t>
+          <t>Suggested in Weblate: Скрытые события</t>
         </is>
       </c>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignored users</t>
+        </is>
+      </c>
+      <c r="C896" t="inlineStr"/>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сделать аватары круглыми
-Suggested in Weblate: Скруглить аватары</t>
+          <t>Suggested in Weblate: Игнорируемые пользователи</t>
         </is>
       </c>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
-[...2 lines deleted...]
-      <c r="C897" t="inlineStr"/>
+          <t>Desktop notifications</t>
+        </is>
+      </c>
+      <c r="C897" t="inlineStr">
+        <is>
+          <t>Включить уведомления от Nheko</t>
+        </is>
+      </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelDesktop notifications</t>
+        </is>
+      </c>
+      <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Открывать изображения в другой программе</t>
+          <t>Подсвечиваться при уведомлении</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
-[...2 lines deleted...]
-      <c r="G898" t="inlineStr"/>
+          <t>UserSettingsModelAlert on notification</t>
+        </is>
+      </c>
+      <c r="G898" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показывать оповещение</t>
+        </is>
+      </c>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Открывать видео в другой программе</t>
+          <t>Скруглить аватары</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
-[...2 lines deleted...]
-      <c r="G899" t="inlineStr"/>
+          <t>UserSettingsModelCircular Avatars</t>
+        </is>
+      </c>
+      <c r="G899" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сделать аватары круглыми</t>
+        </is>
+      </c>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Расшифровывать сообщения в боковой панели</t>
+          <t>Использовать identicon (уникальные аватары при отсутствии пользовательских)</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
-[...2 lines deleted...]
-      <c r="G900" t="inlineStr"/>
+          <t>UserSettingsModelUse identicons</t>
+        </is>
+      </c>
+      <c r="G900" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Использовать Identicon</t>
+        </is>
+      </c>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
-[...2 lines deleted...]
-      <c r="C901" t="inlineStr"/>
+          <t>Open images with external program</t>
+        </is>
+      </c>
+      <c r="C901" t="inlineStr">
+        <is>
+          <t>Открывать изображения в другой программе</t>
+        </is>
+      </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
-[...2 lines deleted...]
-      <c r="C902" t="inlineStr"/>
+          <t>Open videos with external program</t>
+        </is>
+      </c>
+      <c r="C902" t="inlineStr">
+        <is>
+          <t>Открывать видео в другой программе</t>
+        </is>
+      </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
-[...2 lines deleted...]
-      <c r="C903" t="inlineStr"/>
+          <t>Decrypt messages in sidebar</t>
+        </is>
+      </c>
+      <c r="C903" t="inlineStr">
+        <is>
+          <t>Расшифровывать сообщения в боковой панели</t>
+        </is>
+      </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
-[...6 lines deleted...]
-      </c>
+          <t>Decrypt notifications</t>
+        </is>
+      </c>
+      <c r="C904" t="inlineStr"/>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Приватный экран (Размывать окно, если оно не в фокусе)
-Suggested in Weblate: Размывать окно при потере фокуса</t>
+          <t>Suggested in Weblate: Расшифровывать уведомления</t>
         </is>
       </c>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr"/>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Время до приватного экрана (0-3600 сек.)
-Suggested in Weblate: Время до размытия (0-3600 с.)</t>
+          <t>Suggested in Weblate: Показывать эффекты (например конфетти)</t>
         </is>
       </c>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reduce or disable animations</t>
+        </is>
+      </c>
+      <c r="C906" t="inlineStr"/>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
-[...2 lines deleted...]
-      <c r="G906" t="inlineStr"/>
+          <t>UserSettingsModelReduce or disable animations</t>
+        </is>
+      </c>
+      <c r="G906" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Уменьшить или отключить анимации</t>
+        </is>
+      </c>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
-[...2 lines deleted...]
-      <c r="C907" t="inlineStr"/>
+          <t>Privacy Screen</t>
+        </is>
+      </c>
+      <c r="C907" t="inlineStr">
+        <is>
+          <t>Приватный экран (Размывать окно, если оно не в фокусе)</t>
+        </is>
+      </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
-[...2 lines deleted...]
-      <c r="G907" t="inlineStr"/>
+          <t>UserSettingsModelPrivacy Screen</t>
+        </is>
+      </c>
+      <c r="G907" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Размывать окно при потере фокуса</t>
+        </is>
+      </c>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Размер шрифта</t>
+          <t>Время до приватного экрана (0-3600 сек.)</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
-[...2 lines deleted...]
-      <c r="G908" t="inlineStr"/>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+        </is>
+      </c>
+      <c r="G908" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Время до размытия (0-3600 с.)</t>
+        </is>
+      </c>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Семейство шрифтов</t>
+          <t>Сенсорный режим</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
-[...2 lines deleted...]
-      <c r="G909" t="inlineStr"/>
+          <t>UserSettingsModelTouchscreen mode</t>
+        </is>
+      </c>
+      <c r="G909" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Режим сенсорного экрана</t>
+        </is>
+      </c>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
-[...6 lines deleted...]
-      </c>
+          <t>Disable swipe motions</t>
+        </is>
+      </c>
+      <c r="C910" t="inlineStr"/>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
-[...2 lines deleted...]
-      <c r="G910" t="inlineStr"/>
+          <t>UserSettingsModelDisable swipe motions</t>
+        </is>
+      </c>
+      <c r="G910" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отключить жесты смахивания</t>
+        </is>
+      </c>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Мелодия вызова</t>
+          <t>Размер шрифта</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
-[...2 lines deleted...]
-      <c r="G911" t="inlineStr"/>
+          <t>UserSettingsModelFont size</t>
+        </is>
+      </c>
+      <c r="G911" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Размер шрифта</t>
+        </is>
+      </c>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Микрофон</t>
+          <t>Семейство шрифтов</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Камера</t>
+          <t>Семейство шрифтов для эмодзи</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Разрешение Камеры</t>
+          <t>Мелодия вызова</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelRingtone</t>
+        </is>
+      </c>
+      <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Частота смены кадров для камеры</t>
+          <t>Микрофон</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Частота кадров у камеры</t>
+          <t>Suggested in Weblate: Микрофон</t>
         </is>
       </c>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Разрешить использование резервного сервера для звонков</t>
+          <t>Камера</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
-[...2 lines deleted...]
-      <c r="G916" t="inlineStr"/>
+          <t>UserSettingsModelCamera</t>
+        </is>
+      </c>
+      <c r="G916" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Камера</t>
+        </is>
+      </c>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Отправлять зашифрованные сообщения только верифицированным пользователям</t>
+          <t>Размер изображения камеры</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Делиться ключами с проверенными участниками и устройствами</t>
+          <t>Частота кадров у камеры</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelCamera frame rate</t>
+        </is>
+      </c>
+      <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
-[...2 lines deleted...]
-      <c r="C919" t="inlineStr"/>
+          <t>Allow fallback call assist server</t>
+        </is>
+      </c>
+      <c r="C919" t="inlineStr">
+        <is>
+          <t>Разрешить использование резервного сервера для звонков</t>
+        </is>
+      </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelAllow fallback call assist server</t>
+        </is>
+      </c>
+      <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Профиль</t>
+          <t>Отправлять зашифрованные сообщения только верифицированным пользователям</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+        </is>
+      </c>
+      <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
-[...2 lines deleted...]
-      <c r="C921" t="inlineStr"/>
+          <t>Share keys with verified users and devices</t>
+        </is>
+      </c>
+      <c r="C921" t="inlineStr">
+        <is>
+          <t>Делиться ключами с проверенными участниками и устройствами</t>
+        </is>
+      </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ID пользователя
-Suggested in Weblate: Идентификатор пользователя</t>
+          <t>Suggested in Weblate: Делиться ключами с проверенными участниками и устройствами
+Suggested in Weblate: Делиться ключами с верифицированными пользователями и устройствами</t>
         </is>
       </c>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Токен доступа</t>
+          <t>Онлайн-хранилище резервных ключей</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
-[...2 lines deleted...]
-      <c r="G922" t="inlineStr"/>
+          <t>UserSettingsModelOnline Key Backup</t>
+        </is>
+      </c>
+      <c r="G922" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Включить онлайн-резервирование ключей</t>
+        </is>
+      </c>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>ID устройства</t>
+          <t>Профиль</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Идентификатор устройства</t>
+          <t>Suggested in Weblate: профиль</t>
         </is>
       </c>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Отпечаток устройства</t>
+          <t>ID пользователя</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
-[...2 lines deleted...]
-      <c r="G924" t="inlineStr"/>
+          <t>UserSettingsModelUser ID</t>
+        </is>
+      </c>
+      <c r="G924" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Идентификатор пользователя</t>
+        </is>
+      </c>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Домашний сервер</t>
+          <t>Токен доступа</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelAccesstoken</t>
+        </is>
+      </c>
+      <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
-[...2 lines deleted...]
-      <c r="C926" t="inlineStr"/>
+          <t>Device ID</t>
+        </is>
+      </c>
+      <c r="C926" t="inlineStr">
+        <is>
+          <t>ID устройства</t>
+        </is>
+      </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Версия Nheko
-Suggested in Weblate: Версия</t>
+          <t>Suggested in Weblate: ID устройства
+Suggested in Weblate: Идентификатор устройства</t>
         </is>
       </c>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
-[...2 lines deleted...]
-      <c r="C927" t="inlineStr"/>
+          <t>Device Fingerprint</t>
+        </is>
+      </c>
+      <c r="C927" t="inlineStr">
+        <is>
+          <t>Отпечаток устройства</t>
+        </is>
+      </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Операционная система
-Suggested in Weblate: Платформа</t>
+          <t>Suggested in Weblate: Отпечаток устройства</t>
         </is>
       </c>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>ГЛАВНОЕ</t>
+          <t>Основной сервер</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
-[...2 lines deleted...]
-      <c r="G928" t="inlineStr"/>
+          <t>UserSettingsModelHomeserver</t>
+        </is>
+      </c>
+      <c r="G928" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Домашний сервер</t>
+        </is>
+      </c>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
-[...2 lines deleted...]
-      <c r="C929" t="inlineStr"/>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="C929" t="inlineStr">
+        <is>
+          <t>Версия Nheko</t>
+        </is>
+      </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
-[...2 lines deleted...]
-      <c r="G929" t="inlineStr"/>
+          <t>UserSettingsModelVersion</t>
+        </is>
+      </c>
+      <c r="G929" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Версия</t>
+        </is>
+      </c>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>СПИСОК СООБЩЕНИЙ</t>
+          <t>Платформа</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
-[...2 lines deleted...]
-      <c r="G930" t="inlineStr"/>
+          <t>UserSettingsModelPlatform</t>
+        </is>
+      </c>
+      <c r="G930" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Операционная система</t>
+        </is>
+      </c>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>БОКОВАЯ ПАНЕЛЬ</t>
+          <t>ГЛАВНОЕ</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
-[...2 lines deleted...]
-      <c r="G931" t="inlineStr"/>
+          <t>UserSettingsModelGENERAL</t>
+        </is>
+      </c>
+      <c r="G931" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ГЛАВНОЕ</t>
+        </is>
+      </c>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
-[...6 lines deleted...]
-      </c>
+          <t>ACCESSIBILITY</t>
+        </is>
+      </c>
+      <c r="C932" t="inlineStr"/>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
-[...2 lines deleted...]
-      <c r="G932" t="inlineStr"/>
+          <t>UserSettingsModelACCESSIBILITY</t>
+        </is>
+      </c>
+      <c r="G932" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ДОСТУПНОСТЬ</t>
+        </is>
+      </c>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
-[...2 lines deleted...]
-      <c r="C933" t="inlineStr"/>
+          <t>TIMELINE</t>
+        </is>
+      </c>
+      <c r="C933" t="inlineStr">
+        <is>
+          <t>СПИСОК СООБЩЕНИЙ</t>
+        </is>
+      </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>УВЕДОМЛЕНИЯ</t>
+          <t>БОКОВАЯ ПАНЕЛЬ</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>ЗВОНКИ</t>
+          <t>СИСТЕМНАЯ ПАНЕЛЬ</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
-[...6 lines deleted...]
-      </c>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
+        </is>
+      </c>
+      <c r="C936" t="inlineStr"/>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
-[...2 lines deleted...]
-      <c r="G936" t="inlineStr"/>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+        </is>
+      </c>
+      <c r="G936" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ГЛОБАЛЬНАЯ ВИДИМОСТЬ СООБЩЕНИЯ</t>
+        </is>
+      </c>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>ИНФОРМАЦИЯ</t>
+          <t>УВЕДОМЛЕНИЯ</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelNOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Сеансовые ключи</t>
+          <t>ЗВОНКИ</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
-[...2 lines deleted...]
-      <c r="G938" t="inlineStr"/>
+          <t>UserSettingsModelCALLS</t>
+        </is>
+      </c>
+      <c r="G938" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ЗВОНКИ</t>
+        </is>
+      </c>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Ключи взаимной подписи</t>
+          <t>ШИФРОВАНИЕ</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
-[...2 lines deleted...]
-      <c r="G939" t="inlineStr"/>
+          <t>UserSettingsModelENCRYPTION</t>
+        </is>
+      </c>
+      <c r="G939" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ШИФРОВАНИЕ</t>
+        </is>
+      </c>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
-[...2 lines deleted...]
-      <c r="C940" t="inlineStr"/>
+          <t>INFO</t>
+        </is>
+      </c>
+      <c r="C940" t="inlineStr">
+        <is>
+          <t>ИНФОРМАЦИЯ</t>
+        </is>
+      </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelINFO</t>
+        </is>
+      </c>
+      <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
-[...2 lines deleted...]
-      <c r="C941" t="inlineStr"/>
+          <t>Session Keys</t>
+        </is>
+      </c>
+      <c r="C941" t="inlineStr">
+        <is>
+          <t>Сеансовые ключи</t>
+        </is>
+      </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelSession Keys</t>
+        </is>
+      </c>
+      <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
-[...2 lines deleted...]
-      <c r="C942" t="inlineStr"/>
+          <t>Cross Signing Secrets</t>
+        </is>
+      </c>
+      <c r="C942" t="inlineStr">
+        <is>
+          <t>Ключи взаимной подписи</t>
+        </is>
+      </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelCross Signing Secrets</t>
+        </is>
+      </c>
+      <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
-[...2 lines deleted...]
-      <c r="C943" t="inlineStr"/>
+          <t>Online backup key</t>
+        </is>
+      </c>
+      <c r="C943" t="inlineStr">
+        <is>
+          <t>Ключ онлайн-резервного копирования</t>
+        </is>
+      </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Мастер-ключ подписи
-Suggested in Weblate: Основной ключ для подписи</t>
+          <t>Suggested in Weblate: Ключ для онлайн-резервирования</t>
         </is>
       </c>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
-[...2 lines deleted...]
-      <c r="C944" t="inlineStr"/>
+          <t>Self signing key</t>
+        </is>
+      </c>
+      <c r="C944" t="inlineStr">
+        <is>
+          <t>Ключ самоподписи</t>
+        </is>
+      </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Предоставлять информацию о комнатах в D-Bus</t>
+          <t>Suggested in Weblate: Личный ключ подписи</t>
         </is>
       </c>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
-[...2 lines deleted...]
-      <c r="C945" t="inlineStr"/>
+          <t>User signing key</t>
+        </is>
+      </c>
+      <c r="C945" t="inlineStr">
+        <is>
+          <t>Ключ подписи пользователя</t>
+        </is>
+      </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
-[...2 lines deleted...]
-      <c r="G945" t="inlineStr"/>
+          <t>UserSettingsModelUser signing key</t>
+        </is>
+      </c>
+      <c r="G945" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ключ для подписи других пользователей</t>
+        </is>
+      </c>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
-[...2 lines deleted...]
-      <c r="C946" t="inlineStr"/>
+          <t>Master signing key</t>
+        </is>
+      </c>
+      <c r="C946" t="inlineStr">
+        <is>
+          <t>Мастер-ключ подписи</t>
+        </is>
+      </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
-[...2 lines deleted...]
-      <c r="G946" t="inlineStr"/>
+          <t>UserSettingsModelMaster signing key</t>
+        </is>
+      </c>
+      <c r="G946" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Основной ключ для подписи</t>
+        </is>
+      </c>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>По умолчанию</t>
+          <t>Предоставлять информацию о комнатах в D-Bus</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
+        </is>
+      </c>
+      <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
-[...6 lines deleted...]
-      </c>
+          <t>Periodically update community routing information</t>
+        </is>
+      </c>
+      <c r="C948" t="inlineStr"/>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
-[...2 lines deleted...]
-      <c r="G948" t="inlineStr"/>
+          <t>UserSettingsModelPeriodically update community routing information</t>
+        </is>
+      </c>
+      <c r="G948" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Регулярно обновлять информацию о маршрутах сообщества
+Suggested in Weblate: Периодически обновлять информацию о маршрутах сообщества</t>
+        </is>
+      </c>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr"/>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Регулярно удалять события с истёкшим сроком</t>
+        </is>
+      </c>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>По умолчанию</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Выбрать звук уведомления входящего вызова</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Установить задержку (в секундах) прежде чем содержимое окна будет размыто после потери фокуса.
 Если установлено значение 0, размытие будет производиться сразу же, как только Вы переключились на другое приложение.
 Максимальное значение - 3600 с. (1 час).</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Запускать приложение в фоне, без открытия окна.</t>
+          <t>Менять цвет фона сообщения при наведении на него курсора мыши.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
-[...2 lines deleted...]
-      <c r="C954" t="inlineStr"/>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
+        </is>
+      </c>
+      <c r="C954" t="inlineStr">
+        <is>
+          <t>Увеличивать размер шрифта, если сообщение не содержит текста, только эмодзи.</t>
+        </is>
+      </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
+        </is>
+      </c>
+      <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Поддерживать приложение запущенным в фоне после закрытия окна.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Запускать приложение в фоне, без открытия окна.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Запускать приложение в фоне, без открытия окна.</t>
+        </is>
+      </c>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Показывает полосы прокрутки в списке комнат и списке сообществ.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr"/>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Позволяет использовать Markdown в сообщениях.
 Если выключено, все сообщения посылаются как обычный текст.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...86 lines deleted...]
-      </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Проигрывать анимированные изображения и видеоролики (например, GIF и WEBP) только при наведении на них курсора мыши.</t>
+          <t>Сообщения получат фон в виде плашки. Также изменит внешний вид списка сообщений (не закончено).</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
-[...2 lines deleted...]
-      <c r="C960" t="inlineStr"/>
+          <t>Avatars are resized to fit above the message.</t>
+        </is>
+      </c>
+      <c r="C960" t="inlineStr">
+        <is>
+          <t>Поместить аватар над текстом сообщения и уменьшить его размер, чтобы он соответствовал размеру имени отправителя.</t>
+        </is>
+      </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Проигрывать анимированные изображения и видеоролики (например, GIF и WEBP) только при наведении на них курсора мыши.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr"/>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Определяет, должны ли изображения отображаться автоматически. Доступны три варианта: всегда показывать изображения, показывать только в личных комнатах или каждый раз спрашивать разрешение.</t>
+        </is>
+      </c>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Отображать кто печатает в комнате.
 Другие участники также будут видеть когда печатаете Вы.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="C964" t="inlineStr">
+        <is>
+          <t>Отображает комнаты с непрочитанными сообщениями первыми.
+Если выключено, список комнат будет сортироваться только в предпочтительном порядке.
+Если включено, комнаты, которые имеют активные уведомления (кружочек с цифрой внутри) будут сортироваться наверху списка. Комнаты, в которых вы отключили звук, по-прежнему будут сортироваться в предпочтительном порядке, так как вы, похоже, не считаете их такими же важными, как другие комнаты.</t>
+        </is>
+      </c>
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr">
-[...14 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="C965" t="inlineStr">
+        <is>
+          <t>Сортирует комнаты в алфавитном порядке.
+Если этот параметр выключен, список комнат будет отсортирован по метке времени последнего сообщения в комнате.
+Если этот параметр включен, то комнаты, расположенные первыми в алфавитном порядке, будут поставлены раньше, чем те, которые расположены позже в алфавитном порядке.</t>
+        </is>
+      </c>
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>Уведомлять о новых сообщениях, если приложение не в фокусе или работает в фоне.</t>
+          <t>Отображать кнопки быстрого ответа, реакции или предоставления дополнительных опций рядом с каждым сообщением.</t>
         </is>
       </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
-[...2 lines deleted...]
-      <c r="G966" t="inlineStr"/>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
+        </is>
+      </c>
+      <c r="G966" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отображать кнопки быстрого ответа, реакции и опций рядом с каждым сообщением.</t>
+        </is>
+      </c>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr"/>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройте отображение или скрытие определенных событий, таких как присоединение к комнате.</t>
+        </is>
+      </c>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Уведомлять о новых сообщениях, если приложение не в фокусе или работает в фоне.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr"/>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Сменить внешний вид аватаров пользователей.
 Если включено - отображать в виде круга, выключено - в виде квадрата.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr"/>
-[...50 lines deleted...]
-      </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr"/>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
-[...2 lines deleted...]
-      <c r="G970" t="inlineStr"/>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
+        </is>
+      </c>
+      <c r="G970" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Расшифровывать сообщения, отображаемые в уведомлениях для зашифрованных чатов.</t>
+        </is>
+      </c>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr"/>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
-[...2 lines deleted...]
-      <c r="G971" t="inlineStr"/>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
+        </is>
+      </c>
+      <c r="G971" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выберите, где отображать общее количество уведомлений, содержащихся в сообществе или теге.</t>
+        </is>
+      </c>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr"/>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
-[...2 lines deleted...]
-      <c r="G972" t="inlineStr"/>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+        </is>
+      </c>
+      <c r="G972" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Некоторые сообщения можно отправлять с визуальными эффектами. Например, сообщения, отправленные с помощью '/confetti', будут отображать конфетти на экране.</t>
+        </is>
+      </c>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C973" t="inlineStr"/>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
-[...2 lines deleted...]
-      <c r="G973" t="inlineStr"/>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="G973" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nheko использует анимацию для красоты. Это позволяет отключить её, если она вам не нравится.</t>
+        </is>
+      </c>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr"/>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
-[...2 lines deleted...]
-      <c r="G974" t="inlineStr"/>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+        </is>
+      </c>
+      <c r="G974" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Это предотвратит действия, выполняемые с помощью жестов, таких как свайп влево/вправо между комнатами и лентой новостей, или свайп сообщения для ответа.</t>
+        </is>
+      </c>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C975" t="inlineStr">
         <is>
-          <t>Ключ предназначен для верификации собственных устройств. Если он закэширован, после верификации одного из ваших устройств оно будет помечено как верифицированное для всех других ваших устройств, а также для пользователей, которые вас верифицировали.</t>
+          <t>Поменять коэффициент масштаба для всего пользовательского интерфейса.</t>
         </is>
       </c>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr"/>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Автоматически предоставляет ключи по запросу других пользователей, если те прошли верификацию - даже если устройство в обычных условиях не должно иметь доступа к этим ключам</t>
+        </is>
+      </c>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>Ключ предназначен для верификации собственных устройств. Если он закэширован, после верификации одного из ваших устройств оно будет помечено как верифицированное для всех других ваших устройств, а также для пользователей, которые вас верифицировали.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr"/>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Отображать визуальное и/или звуковое уведомление при получении нового сообщения.
 Обычно это приводит к анимации иконки приложения в системной панели, конкретный эффект зависит от используемого окружения.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...50 lines deleted...]
-      </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr"/>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
-[...2 lines deleted...]
-      <c r="G979" t="inlineStr"/>
+          <t>UserSettingsModelCommunities sidebar</t>
+        </is>
+      </c>
+      <c r="G979" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Боковая панель сообществ</t>
+        </is>
+      </c>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
       <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr"/>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать количество сообщений для сообществ и тегов</t>
+        </is>
+      </c>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr"/>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Установить максимальную ширину сообщений в чате (в пикселях). Это может улучшить читаемость на широких экранах при разворачивании Nheko на весь экран.</t>
+        </is>
+      </c>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr"/>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показывать столбец с сообществами и тегами рядом со списком комнат.</t>
+        </is>
+      </c>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="C985" t="inlineStr">
+        <is>
+          <t>Отображать флажок, что Ваше сообщение было прочитано.
+Флажок отображается рядом со временем отправки сообщения.
+Предупреждение: если Ваш домашний сервер не поддерживает уведомления о прочтении, сообщения в комнатах никогда не будут отмечены как прочитанные!</t>
+        </is>
+      </c>
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr">
-[...14 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="G985" t="inlineStr"/>
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Отображать Identicon (визуальная иконка как в Github) вместо первой буквы имени, если у собеседника не установлен аватар.</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>При нажатии, открывать изображения при помощи внешнего приложения.
 Примечание: если опция отмечена, зашифрованные данные будут сохраняться на диске в открытом виде и должны быть удалены вручную.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="G987" t="inlineStr"/>
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>При нажатии, открывать видеофайлы при помощи внешнего приложения.
 Примечание: если опция отмечена, зашифрованные данные будут сохраняться на диске в открытом виде и должны быть удалены вручную.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="G988" t="inlineStr"/>
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Расшифровывать сообщение отображающиеся в боковой панели. 
 Влияет только на зашифрованные чаты.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr">
+      <c r="G989" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Расшифровывать сообщения, отображающиеся в боковой панели.
 Влияет только на сообщения в шифрованных чатах.</t>
         </is>
       </c>
-      <c r="H985" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Размывать список сообщений при потере фокуса
 (переключении на другие приложения).</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr">
+      <c r="G990" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Когда окно теряет фокус, оно будет сильно размыто.</t>
-        </is>
-[...130 lines deleted...]
-          <t>Suggested in Weblate: Загружать ключи шифрования сообщений из и загружать в зашифрованное онлайн-хранилище ключей.</t>
         </is>
       </c>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>Ключ, используемый для шифрования резервных копий ключей в онлайн-хранилище. Если он закэширован, Вы можете включить резервирование ключей на удалённом сервере в зашифрованном виде.</t>
+          <t>Прерывать выделение текста в списке сообщений, чтобы было проще перелистывать на сенсорных экранах.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>Ключ предназначен для верификации других пользователей. Если он закэширован, верификация пользователя так автоматически верифицирует всего его устройства.</t>
+          <t>В случае, если домашний сервер не предоставляет адрес TURN/STUN сервера, будет использоваться turn.matrix.org.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
-[...2 lines deleted...]
-      <c r="G992" t="inlineStr"/>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
+        </is>
+      </c>
+      <c r="G992" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Будет использоваться turn.matrix.org, если основной сервер не предоставляет адрес TURN/STUN сервера,</t>
+        </is>
+      </c>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Самый важный ключ. Используется только для обновления других Ваших ключей и, во избежание кражи, его можно не кэшировать вовсе.</t>
+          <t>Отправлять зашифрованные сообщения только тем собеседникам, которых Вы верифицировали. Это повышает безопасность, но требует больше ручных операций для использования оконечного шифрования.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
-[...2 lines deleted...]
-      <c r="G993" t="inlineStr"/>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+        </is>
+      </c>
+      <c r="G993" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отправлять зашифрованные сообщения только верифицированным собеседникам. Это повышает безопасность, но требует больше ручных операций для использования сквозного шифрования.</t>
+        </is>
+      </c>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Включить загрузку и отправку ключей шифрования в онлайн-хранилище резервных копий.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Загружать ключи шифрования сообщений из и загружать в зашифрованное онлайн-хранилище ключей.</t>
+        </is>
+      </c>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>Ключ, используемый для шифрования резервных копий ключей в онлайн-хранилище. Если он закэширован, Вы можете включить резервирование ключей на удалённом сервере в зашифрованном виде.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>Ключ предназначен для верификации других пользователей. Если он закэширован, верификация пользователя так автоматически верифицирует всего его устройства.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Самый важный ключ. Используется только для обновления других Ваших ключей и, во избежание кражи, его можно не кэшировать вовсе.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="C998" t="inlineStr">
+        <is>
+          <t>Разрешить внешним приложениям получать информацию о Ваших комнатах при помощи D-Bus. Учтите, что приложения могут использовать эту информацию в самых разных целях, потому, используйте на свой страх и риск.
+Опция применится лишь после перезапуска приложения.</t>
+        </is>
+      </c>
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr">
-[...107 lines deleted...]
-      </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr"/>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
-[...2 lines deleted...]
-      <c r="G999" t="inlineStr"/>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+        </is>
+      </c>
+      <c r="G999" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Чтобы новые пользователи могли присоединяться к сообществу, оно должно предоставлять участникам информацию о том, какие серверы задействованы в комнате. Поскольку состав участников комнаты может меняться со временем, эту информацию необходимо периодически обновлять. Данная настройка включает фоновую задачу, которая делает это автоматически.</t>
+        </is>
+      </c>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr"/>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
-[...2 lines deleted...]
-      <c r="G1000" t="inlineStr"/>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+        </is>
+      </c>
+      <c r="G1000" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Регулярно удалять просроченные события в соответствии с настройками срока хранения событий. Поскольку в настоящее время эта операция не выполняется на стороне сервера, необходимо, чтобы хотя бы один клиент регулярно выполнял её.</t>
+        </is>
+      </c>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr"/>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Шрифт системы</t>
+          <t>Suggested in Weblate: Управляйте пользователями, которых вы игнорируете.</t>
         </is>
       </c>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr"/>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
-[...2 lines deleted...]
-      <c r="G1002" t="inlineStr"/>
+          <t>UserSettingsModelAlways</t>
+        </is>
+      </c>
+      <c r="G1002" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Всегда</t>
+        </is>
+      </c>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
-[...6 lines deleted...]
-      </c>
+          <t>Only in private rooms</t>
+        </is>
+      </c>
+      <c r="C1003" t="inlineStr"/>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
-[...2 lines deleted...]
-      <c r="G1003" t="inlineStr"/>
+          <t>UserSettingsModelOnly in private rooms</t>
+        </is>
+      </c>
+      <c r="G1003" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Только в личных сообщениях</t>
+        </is>
+      </c>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Never</t>
+        </is>
+      </c>
+      <c r="C1004" t="inlineStr"/>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
-[...2 lines deleted...]
-      <c r="G1004" t="inlineStr"/>
+          <t>UserSettingsModelNever</t>
+        </is>
+      </c>
+      <c r="G1004" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Никогда</t>
+        </is>
+      </c>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>Введите парольную фразу для расшифровки файла:</t>
+          <t>Шрифт системы</t>
         </is>
       </c>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>System emoji font</t>
+        </is>
+      </c>
+      <c r="C1009" t="inlineStr"/>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
-[...2 lines deleted...]
-      <c r="G1009" t="inlineStr"/>
+          <t>UserSettingsModelSystem emoji font</t>
+        </is>
+      </c>
+      <c r="G1009" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Системный шрифт эмодзи</t>
+        </is>
+      </c>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Введите ключевую фразу для шифрования ключей сеанса:</t>
+          <t>Выберите файл</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelSelect a file</t>
+        </is>
+      </c>
+      <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
-[...2 lines deleted...]
-      <c r="C1011" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C1011" t="inlineStr">
+        <is>
+          <t>Все файлы (*)</t>
+        </is>
+      </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
-[...2 lines deleted...]
-      <c r="C1012" t="inlineStr"/>
+          <t>Open Sessions File</t>
+        </is>
+      </c>
+      <c r="C1012" t="inlineStr">
+        <is>
+          <t>Открыть файл сеансов</t>
+        </is>
+      </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
-[...2 lines deleted...]
-      <c r="G1012" t="inlineStr"/>
+          <t>UserSettingsModelOpen Sessions File</t>
+        </is>
+      </c>
+      <c r="G1012" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Открыть файл сеансов</t>
+        </is>
+      </c>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
-[...2 lines deleted...]
-      <c r="C1013" t="inlineStr"/>
+          <t>Error</t>
+        </is>
+      </c>
+      <c r="C1013" t="inlineStr">
+        <is>
+          <t>Ошибка</t>
+        </is>
+      </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
-[...2 lines deleted...]
-      <c r="G1013" t="inlineStr"/>
+          <t>UserSettingsModelError</t>
+        </is>
+      </c>
+      <c r="G1013" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ошибка</t>
+        </is>
+      </c>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Файл для сохранения экспортированных ключей сеанса</t>
+          <t>Пароль для файла</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>Закешировано</t>
+          <t>Введите парольную фразу для расшифровки файла:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+        </is>
+      </c>
+      <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>НЕ ЗАКЕШИРОВАНО</t>
+          <t>Пароль не может быть пустым</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: НЕ ЗАКЭШИРОВАНО</t>
+          <t>Suggested in Weblate: Пароль не может быть пустым</t>
         </is>
       </c>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>ИМПОРТИРОВАТЬ</t>
+          <t>Введите ключевую фразу для шифрования ваших ключей сеанса:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C1018" t="inlineStr"/>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
-[...2 lines deleted...]
-      <c r="G1018" t="inlineStr"/>
+          <t>UserSettingsModelRepeat File Password</t>
+        </is>
+      </c>
+      <c r="G1018" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пароль для повторения файла</t>
+        </is>
+      </c>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="C1019" t="inlineStr"/>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
-[...2 lines deleted...]
-      <c r="G1019" t="inlineStr"/>
+          <t>UserSettingsModelRepeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="G1019" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Повторите кодовую фразу:</t>
+        </is>
+      </c>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passwords don't match</t>
+        </is>
+      </c>
+      <c r="C1020" t="inlineStr"/>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
-[...2 lines deleted...]
-      <c r="G1020" t="inlineStr"/>
+          <t>UserSettingsModelPasswords don't match</t>
+        </is>
+      </c>
+      <c r="G1020" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пароли не совпадают</t>
+        </is>
+      </c>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
-[...2 lines deleted...]
-      <c r="C1021" t="inlineStr"/>
+          <t>File to save the exported session keys</t>
+        </is>
+      </c>
+      <c r="C1021" t="inlineStr">
+        <is>
+          <t>Файл для сохранения экспортированных ключей сеанса</t>
+        </is>
+      </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
-[...2 lines deleted...]
-      <c r="G1021" t="inlineStr"/>
+          <t>UserSettingsModelFile to save the exported session keys</t>
+        </is>
+      </c>
+      <c r="G1021" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Файл для сохранения экспортированных ключей сеанса</t>
+        </is>
+      </c>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
-[...2 lines deleted...]
-      <c r="C1022" t="inlineStr"/>
+          <t>CACHED</t>
+        </is>
+      </c>
+      <c r="C1022" t="inlineStr">
+        <is>
+          <t>Закешировано</t>
+        </is>
+      </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: УПРАВЛЯТЬ</t>
+          <t>Suggested in Weblate: ЗАКЭШИРОВАНО</t>
         </is>
       </c>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
-[...2 lines deleted...]
-      <c r="C1023" t="inlineStr"/>
+          <t>NOT CACHED</t>
+        </is>
+      </c>
+      <c r="C1023" t="inlineStr">
+        <is>
+          <t>НЕ ЗАКЕШИРОВАНО</t>
+        </is>
+      </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Вернуться</t>
+          <t>Suggested in Weblate: НЕ ЗАКЭШИРОВАНО</t>
         </is>
       </c>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Личный чат с этим пользователем не найден. Создайте зашифрованный личный чат с этим пользователем и попытайтесь еще раз.</t>
+          <t>ИМПОРТИРОВАТЬ</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
-[...2 lines deleted...]
-      <c r="C1025" t="inlineStr"/>
+          <t>EXPORT</t>
+        </is>
+      </c>
+      <c r="C1025" t="inlineStr">
+        <is>
+          <t>ЭКСПОРТИРОВАТЬ</t>
+        </is>
+      </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Ожидание подтверждения запроса верификации другой стороной.</t>
+          <t>СКАЧАТЬ</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Ожидание другой стороны для продолжения верификационного процесса.</t>
+          <t>ЗАПРОС</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
-[...6 lines deleted...]
-      </c>
+          <t>CONFIGURE</t>
+        </is>
+      </c>
+      <c r="C1028" t="inlineStr"/>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
-[...2 lines deleted...]
-      <c r="G1028" t="inlineStr"/>
+          <t>UserSettingsPageCONFIGURE</t>
+        </is>
+      </c>
+      <c r="G1028" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: НАСТРОЙКА</t>
+        </is>
+      </c>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>Отмена</t>
+          <t>УПРАВЛЯТЬ</t>
         </is>
       </c>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Добро пожаловать в Nheko, клиент для протокола Matrix.</t>
+          <t>Вернуться</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>Приятного времяпрепровождения!</t>
+          <t>Личный чат с этим пользователем не найден. Создайте зашифрованный личный чат с этим пользователем и попытайтесь еще раз.</t>
         </is>
       </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
-[...6 lines deleted...]
-      </c>
+          <t>Waiting for other party…</t>
+        </is>
+      </c>
+      <c r="C1032" t="inlineStr"/>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
-[...2 lines deleted...]
-      <c r="G1032" t="inlineStr"/>
+          <t>WaitingWaiting for other party…</t>
+        </is>
+      </c>
+      <c r="G1032" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ожидание другой стороны…</t>
+        </is>
+      </c>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>ВХОД</t>
+          <t>Ожидание подтверждения запроса верификации другой стороной.</t>
         </is>
       </c>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
-[...2 lines deleted...]
-      <c r="C1034" t="inlineStr"/>
+          <t>Waiting for other side to continue the verification process.</t>
+        </is>
+      </c>
+      <c r="C1034" t="inlineStr">
+        <is>
+          <t>Ожидание другой стороны для продолжения верификационного процесса.</t>
+        </is>
+      </c>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
-[...2 lines deleted...]
-      <c r="C1035" t="inlineStr"/>
+          <t>Waiting for other side to complete the verification process.</t>
+        </is>
+      </c>
+      <c r="C1035" t="inlineStr">
+        <is>
+          <t>Ожидание другой стороны, для завершение верификационного процесса.</t>
+        </is>
+      </c>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Вчера</t>
+          <t>Отмена</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Люди</t>
+          <t>Добро пожаловать в Nheko, клиент для протокола Matrix.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+        </is>
+      </c>
+      <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Природа</t>
+          <t>Приятного времяпрепровождения!</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageEnjoy your stay!</t>
+        </is>
+      </c>
+      <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Еда</t>
+          <t>РЕГИСТРАЦИЯ</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
-[...6 lines deleted...]
-      </c>
+          <t>WelcomePageREGISTER</t>
+        </is>
+      </c>
+      <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Активности</t>
+          <t>ВХОД</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reduce animations</t>
+        </is>
+      </c>
+      <c r="C1041" t="inlineStr"/>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
-[...2 lines deleted...]
-      <c r="G1041" t="inlineStr"/>
+          <t>WelcomePageReduce animations</t>
+        </is>
+      </c>
+      <c r="G1041" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Меньше анимаций</t>
+        </is>
+      </c>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C1042" t="inlineStr"/>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
-[...2 lines deleted...]
-      <c r="G1042" t="inlineStr"/>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="G1042" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В Nheko анимация используется в нескольких местах для красоты. Это позволяет отключить её, если она вам не нравится.</t>
+        </is>
+      </c>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Символы</t>
+          <t>Вчера</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
-[...6 lines deleted...]
-      </c>
+          <t>descriptiveTimeYesterday</t>
+        </is>
+      </c>
+      <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Флаги</t>
+          <t>Люди</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Флаги</t>
+          <t>Suggested in Weblate: Люди</t>
         </is>
       </c>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1045" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C1045" t="inlineStr">
+        <is>
+          <t>Природа</t>
+        </is>
+      </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="G1045" t="inlineStr"/>
+          <t>emoji-catagoryNature</t>
+        </is>
+      </c>
+      <c r="G1045" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Природа</t>
+        </is>
+      </c>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Вы отправили аудиозапись</t>
+          <t>Еда</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Вы отправили аудио сообщение</t>
+          <t>Suggested in Weblate: Еда</t>
         </is>
       </c>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 отправил аудиозапись</t>
+          <t>Активности</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
+          <t>emoji-catagoryActivity</t>
+        </is>
+      </c>
+      <c r="G1047" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Активности</t>
+        </is>
+      </c>
+      <c r="H1047" t="inlineStr"/>
+    </row>
+    <row r="1048">
+      <c r="A1048" t="inlineStr">
+        <is>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
+        </is>
+      </c>
+      <c r="B1048" t="inlineStr">
+        <is>
+          <t>Travel</t>
+        </is>
+      </c>
+      <c r="C1048" t="inlineStr">
+        <is>
+          <t>Путешествие</t>
+        </is>
+      </c>
+      <c r="D1048" t="inlineStr"/>
+      <c r="E1048" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F1048" t="inlineStr">
+        <is>
+          <t>emoji-catagoryTravel</t>
+        </is>
+      </c>
+      <c r="G1048" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Путешествия</t>
+        </is>
+      </c>
+      <c r="H1048" t="inlineStr"/>
+    </row>
+    <row r="1049">
+      <c r="A1049" t="inlineStr">
+        <is>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
+        </is>
+      </c>
+      <c r="B1049" t="inlineStr">
+        <is>
+          <t>Objects</t>
+        </is>
+      </c>
+      <c r="C1049" t="inlineStr">
+        <is>
+          <t>Предметы</t>
+        </is>
+      </c>
+      <c r="D1049" t="inlineStr"/>
+      <c r="E1049" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F1049" t="inlineStr">
+        <is>
+          <t>emoji-catagoryObjects</t>
+        </is>
+      </c>
+      <c r="G1049" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Предметы</t>
+        </is>
+      </c>
+      <c r="H1049" t="inlineStr"/>
+    </row>
+    <row r="1050">
+      <c r="A1050" t="inlineStr">
+        <is>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
+        </is>
+      </c>
+      <c r="B1050" t="inlineStr">
+        <is>
+          <t>Symbols</t>
+        </is>
+      </c>
+      <c r="C1050" t="inlineStr">
+        <is>
+          <t>Символы</t>
+        </is>
+      </c>
+      <c r="D1050" t="inlineStr"/>
+      <c r="E1050" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F1050" t="inlineStr">
+        <is>
+          <t>emoji-catagorySymbols</t>
+        </is>
+      </c>
+      <c r="G1050" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Символы</t>
+        </is>
+      </c>
+      <c r="H1050" t="inlineStr"/>
+    </row>
+    <row r="1051">
+      <c r="A1051" t="inlineStr">
+        <is>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
+        </is>
+      </c>
+      <c r="B1051" t="inlineStr">
+        <is>
+          <t>Flags</t>
+        </is>
+      </c>
+      <c r="C1051" t="inlineStr">
+        <is>
+          <t>Флаги</t>
+        </is>
+      </c>
+      <c r="D1051" t="inlineStr"/>
+      <c r="E1051" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F1051" t="inlineStr">
+        <is>
+          <t>emoji-catagoryFlags</t>
+        </is>
+      </c>
+      <c r="G1051" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Флаги</t>
+        </is>
+      </c>
+      <c r="H1051" t="inlineStr"/>
+    </row>
+    <row r="1052">
+      <c r="A1052" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
+        </is>
+      </c>
+      <c r="B1052" t="inlineStr">
+        <is>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C1052" t="inlineStr"/>
+      <c r="D1052" t="inlineStr"/>
+      <c r="E1052" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1052" t="inlineStr">
+        <is>
+          <t>macosNotificationMessage contains spoiler.</t>
+        </is>
+      </c>
+      <c r="G1052" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сообщение содержит спойлер.</t>
+        </is>
+      </c>
+      <c r="H1052" t="inlineStr"/>
+    </row>
+    <row r="1053">
+      <c r="A1053" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27850</t>
+        </is>
+      </c>
+      <c r="B1053" t="inlineStr">
+        <is>
+          <t>You sent an audio clip</t>
+        </is>
+      </c>
+      <c r="C1053" t="inlineStr">
+        <is>
+          <t>Вы отправили аудиозапись</t>
+        </is>
+      </c>
+      <c r="D1053" t="inlineStr"/>
+      <c r="E1053" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1053" t="inlineStr">
+        <is>
+          <t>message-description sent:You sent an audio clip</t>
+        </is>
+      </c>
+      <c r="G1053" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы отправили аудио сообщение</t>
+        </is>
+      </c>
+      <c r="H1053" t="inlineStr"/>
+    </row>
+    <row r="1054">
+      <c r="A1054" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27853</t>
+        </is>
+      </c>
+      <c r="B1054" t="inlineStr">
+        <is>
+          <t>%1 sent an audio clip</t>
+        </is>
+      </c>
+      <c r="C1054" t="inlineStr">
+        <is>
+          <t>%1 отправил аудиозапись</t>
+        </is>
+      </c>
+      <c r="D1054" t="inlineStr"/>
+      <c r="E1054" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1054" t="inlineStr">
+        <is>
           <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
-      <c r="G1047" t="inlineStr">
+      <c r="G1054" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 отправил(а) аудиозапись
 Suggested in Weblate: % отправил аудио сообщение</t>
         </is>
       </c>
-      <c r="H1047" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B1048" t="inlineStr">
+      <c r="H1054" t="inlineStr"/>
+    </row>
+    <row r="1055">
+      <c r="A1055" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27857</t>
+        </is>
+      </c>
+      <c r="B1055" t="inlineStr">
         <is>
           <t>You sent an image</t>
         </is>
       </c>
-      <c r="C1048" t="inlineStr">
+      <c r="C1055" t="inlineStr">
         <is>
           <t>Вы отправили изображение</t>
         </is>
       </c>
-      <c r="D1048" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F1048" t="inlineStr">
+      <c r="D1055" t="inlineStr"/>
+      <c r="E1055" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1055" t="inlineStr">
         <is>
           <t>message-description sent:You sent an image</t>
         </is>
       </c>
-      <c r="G1048" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B1049" t="inlineStr">
+      <c r="G1055" t="inlineStr"/>
+      <c r="H1055" t="inlineStr"/>
+    </row>
+    <row r="1056">
+      <c r="A1056" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27859</t>
+        </is>
+      </c>
+      <c r="B1056" t="inlineStr">
         <is>
           <t>%1 sent an image</t>
         </is>
       </c>
-      <c r="C1049" t="inlineStr">
+      <c r="C1056" t="inlineStr">
         <is>
           <t>%1 отправил изображение</t>
         </is>
       </c>
-      <c r="D1049" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F1049" t="inlineStr">
+      <c r="D1056" t="inlineStr"/>
+      <c r="E1056" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1056" t="inlineStr">
         <is>
           <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
-      <c r="G1049" t="inlineStr">
+      <c r="G1056" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 отправил(а) изображение
 Suggested in Weblate: % отправил изображение</t>
         </is>
       </c>
-      <c r="H1049" t="inlineStr"/>
-[...220 lines deleted...]
-      <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 отправил уведомление</t>
+          <t>Вы отправили файл</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:You sent a file</t>
+        </is>
+      </c>
+      <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1058" t="inlineStr"/>
+          <t>%1 sent a file</t>
+        </is>
+      </c>
+      <c r="C1058" t="inlineStr">
+        <is>
+          <t>%1 отправил файл</t>
+        </is>
+      </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="G1058" t="inlineStr"/>
+          <t>message-description sent:%1 sent a file</t>
+        </is>
+      </c>
+      <c r="G1058" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отправил(а) файл</t>
+        </is>
+      </c>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1059" t="inlineStr"/>
+          <t>You sent a video</t>
+        </is>
+      </c>
+      <c r="C1059" t="inlineStr">
+        <is>
+          <t>Вы отправили видео</t>
+        </is>
+      </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Вы: %1</t>
+          <t>%1 отправил видео</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
-[...2 lines deleted...]
-      <c r="G1060" t="inlineStr"/>
+          <t>message-description sent:%1 sent a video</t>
+        </is>
+      </c>
+      <c r="G1060" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отправил(а) видео</t>
+        </is>
+      </c>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Вы отправили стикер</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
-[...2 lines deleted...]
-      <c r="C1062" t="inlineStr"/>
+          <t>%1 sent a sticker</t>
+        </is>
+      </c>
+      <c r="C1062" t="inlineStr">
+        <is>
+          <t>%1 отправил стикер</t>
+        </is>
+      </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
-[...2 lines deleted...]
-      <c r="G1062" t="inlineStr"/>
+          <t>message-description sent:%1 sent a sticker</t>
+        </is>
+      </c>
+      <c r="G1062" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отправил(а) стикер</t>
+        </is>
+      </c>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
-[...2 lines deleted...]
-      <c r="C1063" t="inlineStr"/>
+          <t>You sent a notification</t>
+        </is>
+      </c>
+      <c r="C1063" t="inlineStr">
+        <is>
+          <t>Вы отправили уведомление</t>
+        </is>
+      </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
-[...2 lines deleted...]
-      <c r="C1064" t="inlineStr"/>
+          <t>%1 sent a notification</t>
+        </is>
+      </c>
+      <c r="C1064" t="inlineStr">
+        <is>
+          <t>%1 отправил уведомление</t>
+        </is>
+      </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
-[...2 lines deleted...]
-      <c r="G1064" t="inlineStr"/>
+          <t>message-description sent:%1 sent a notification</t>
+        </is>
+      </c>
+      <c r="G1064" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отправил(а) уведомление</t>
+        </is>
+      </c>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1065" t="inlineStr"/>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
-[...2 lines deleted...]
-      <c r="G1065" t="inlineStr"/>
+          <t>message-description sent:You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="G1065" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы отправили спойлер.</t>
+        </is>
+      </c>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1066" t="inlineStr"/>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
-[...2 lines deleted...]
-      <c r="G1066" t="inlineStr"/>
+          <t>message-description sent:%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="G1066" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отправил спойлер.</t>
+        </is>
+      </c>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Вы начали звонок</t>
+          <t>Вы: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 начал звонок</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1: %2</t>
+        </is>
+      </c>
+      <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1069" t="inlineStr"/>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Вы ответили на вызов</t>
+          <t>Suggested in Weblate: Вы отправили эффект чата</t>
         </is>
       </c>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1070" t="inlineStr"/>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ответил(а) на звонок</t>
+          <t>Suggested in Weblate: %1 отправил эффект чата</t>
         </is>
       </c>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>* %1 spoils something.</t>
+        </is>
+      </c>
+      <c r="C1071" t="inlineStr"/>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Вы закончили звонок</t>
+          <t>Suggested in Weblate: * %1 что-то раскрывает.</t>
         </is>
       </c>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 закончил(а) разговор</t>
+          <t>Вы отправили зашифрованное сообщение</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:You sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Вы отклонили звонок</t>
+          <t>%1 отправил(а) зашифрованное сообщение</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 отклонил(а) звонок</t>
+          <t>Вы начали звонок</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:You placed a call</t>
+        </is>
+      </c>
+      <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Неизвестный тип сообщения</t>
+          <t>%1 начал звонок</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
+          <t>message-description sent:%1 placed a call</t>
+        </is>
+      </c>
+      <c r="G1075" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 начал(а) вызов</t>
+        </is>
+      </c>
+      <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Вы ответили на звонок</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы ответили на вызов</t>
+        </is>
+      </c>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 ответил на звонок</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 ответил(а) на звонок</t>
+        </is>
+      </c>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Вы закончили разговор</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы закончили звонок</t>
+        </is>
+      </c>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 закончил(а) звонок</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>Вы отклонили звонок</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы отменили звонок</t>
+        </is>
+      </c>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 отклонил(а) звонок</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отменил(а) звонок</t>
+        </is>
+      </c>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Неизвестный тип сообщения</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
           <t>utilsUnknown Message Type</t>
         </is>
       </c>
-      <c r="G1075" t="inlineStr"/>
-      <c r="H1075" t="inlineStr"/>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>