--- v0 (2025-12-05)
+++ v1 (2026-03-18)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H680"/>
+  <dimension ref="A1:H421"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -496,19394 +496,13009 @@
       <c r="C2" t="inlineStr"/>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Введите комнаты, которых нет в списке...
 Suggested in Weblate: Введите комнаты, которые ещё не в списке...
 Suggested in Weblate: Введите дополнительные комнаты, которых ещё нет в списке...
 Suggested in Weblate: Добавить комнаты отсутствующие в списке</t>
         </is>
       </c>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /join &lt;!идентификатор-комнаты|#псевдоним&gt; [причина]</t>
+          <t>Suggested in Weblate: /join &lt;!id-комнаты|#псевдоним&gt; [причина]
+Suggested in Weblate: /join &lt;!идентификатор-комнаты|#псевдоним&gt; [причина]</t>
         </is>
       </c>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
+          <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C4" t="inlineStr"/>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
+          <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /knock &lt;!id-комнаты|#псевдоним&gt; [причина]
-Suggested in Weblate: /knock &lt;!идентификатор-комнаты|#псевдоним&gt; [причина]</t>
+          <t>Suggested in Weblate: Не удалось задать скрытые события: %1</t>
         </is>
       </c>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>/redact &lt;$eventid|@userid&gt;</t>
+          <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
+          <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /redact &lt;$id-события|@id-пользователя&gt;
-Suggested in Weblate: /redact &lt;$идентификатор-события|@идентификатор-пользователя&gt;</t>
+          <t>Suggested in Weblate: Проверка была принята другим устройством.</t>
         </is>
       </c>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>/roomnick &lt;displayname&gt;</t>
+          <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
+          <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /roomnick &lt;отображаемое имя&gt;</t>
+          <t>Suggested in Weblate: Сообщения подтверждения получены не по порядку!</t>
         </is>
       </c>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>/shrug [message]</t>
+          <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>CommandCompleter/shrug [message]</t>
+          <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /shrug [сообщение]</t>
+          <t>Suggested in Weblate: Неизвестная ошибка проверки.</t>
         </is>
       </c>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>/confetti [message]</t>
+          <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>CommandCompleter/confetti [message]</t>
+          <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /confetti [сообщение]</t>
+          <t>Suggested in Weblate: Резервная аутентификация</t>
         </is>
       </c>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>/rainbowconfetti [message]</t>
+          <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>CommandCompleter/rainbowconfetti [message]</t>
+          <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /rainbowconfetti [сообщение]</t>
+          <t>Suggested in Weblate: Откройте резервный вариант, выполните необходимые шаги и подтвердите после их завершения.</t>
         </is>
       </c>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>/invite &lt;@userid&gt; [reason]</t>
-[...2 lines deleted...]
-      <c r="C10" t="inlineStr"/>
+          <t>Open Fallback in Browser</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Открыть ответ в Браузере</t>
+        </is>
+      </c>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
+          <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /invite &lt;@id-пользователя&gt; [причина]
-Suggested in Weblate: /invite &lt;@идентификатор-пользователя&gt; [причина]</t>
+          <t>Suggested in Weblate: Открыть в Браузере</t>
         </is>
       </c>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>/kick &lt;@userid&gt; [reason]</t>
-[...2 lines deleted...]
-      <c r="C11" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Отмена</t>
+        </is>
+      </c>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
+          <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /kick &lt;@id-пользователя&gt; [причина]
-Suggested in Weblate: /kick &lt;@идентификатор-пользователя&gt; [причина]</t>
+          <t>Suggested in Weblate: Отмена</t>
         </is>
       </c>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>/ban &lt;@userid&gt; [reason]</t>
-[...2 lines deleted...]
-      <c r="C12" t="inlineStr"/>
+          <t>Confirm</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Подтвердить</t>
+        </is>
+      </c>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
+          <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /ban &lt;@id-пользователя&gt; [причина]
-Suggested in Weblate: /ban &lt;@идентификатор-пользователя&gt; [причина]</t>
+          <t>Suggested in Weblate: Подтвердить</t>
         </is>
       </c>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>/unban &lt;@userid&gt; [reason]</t>
+          <t>Account Pack</t>
         </is>
       </c>
       <c r="C13" t="inlineStr"/>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
+          <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /unban &lt;@id-пользователя&gt; [причина]
-Suggested in Weblate: /unban &lt;@идентификатор-пользователя&gt; [причина]</t>
+          <t>Suggested in Weblate: Набор аккаунта</t>
         </is>
       </c>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>/msgtype &lt;msgtype&gt; [message]</t>
+          <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
+          <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /msgtype &lt;тип-сообщения&gt; [сообщение]
-Suggested in Weblate: /msgtype &lt;тип.сообщения&gt; [сообщение]</t>
+          <t>Suggested in Weblate: Не удалось установить скрытые события: %1
+Suggested in Weblate: Не удалось настроить отображение событий: %1</t>
         </is>
       </c>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>/glitch &lt;message&gt;</t>
+          <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>CommandCompleter/glitch &lt;message&gt;</t>
+          <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /glitch &lt;сообщение&gt;</t>
+          <t>Suggested in Weblate: Скрытые события для %1</t>
         </is>
       </c>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>/gradualglitch &lt;message&gt;</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
+          <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: /gradualglitch &lt;сообщение&gt;</t>
+          <t>Suggested in Weblate: Скрытые события</t>
         </is>
       </c>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Send a message expressing an action.</t>
+          <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a message expressing an action.</t>
+          <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение, выражающее действие.</t>
+          <t>Suggested in Weblate: Эти события будут &lt;b&gt;показаны&lt;/b&gt; в %1:</t>
         </is>
       </c>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
+          <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
+          <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить &lt;текст&gt; как реакцию, когда вы отвечаете на сообщение.</t>
+          <t>Suggested in Weblate: Эти события будут &lt;b&gt;показаны&lt;/b&gt; во всех комнатах:</t>
         </is>
       </c>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Join a room. Reason is optional.</t>
+          <t>User events</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>CommandCompleterJoin a room. Reason is optional.</t>
+          <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Присоединиться к комнате. Причина необязательна.</t>
+          <t>Suggested in Weblate: Пользовательские события</t>
         </is>
       </c>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Ask to join a room. Reason is optional.</t>
+          <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>CommandCompleterAsk to join a room. Reason is optional.</t>
+          <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Попросить присоединиться к комнате. Причина необязательна.</t>
+          <t>Suggested in Weblate: Присоединяется, покидает, меняет аватар или имя, банит, …</t>
         </is>
       </c>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Leave a room. Reason is optional.</t>
+          <t>Power level changes</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>CommandCompleterLeave a room. Reason is optional.</t>
+          <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Покинуть комнату. Причина необязательна.</t>
+          <t>Suggested in Weblate: Изменение прав</t>
         </is>
       </c>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Invite a user into the current room. Reason is optional.</t>
+          <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
+          <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Пригласить пользователя в текущую комнату. Причина необязательна.</t>
+          <t>Suggested in Weblate: Отправляется при добавлении / удалении модератора или изменении прав доступа к комнате.</t>
         </is>
       </c>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
-[...2 lines deleted...]
-      <c r="G23" t="inlineStr"/>
+          <t>HiddenEventsDialogStickers</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Стикеры</t>
+        </is>
+      </c>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
-[...2 lines deleted...]
-      <c r="G24" t="inlineStr"/>
+          <t>IgnoredUsersIgnored users</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Игнорируемые пользователи</t>
+        </is>
+      </c>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
-[...2 lines deleted...]
-      <c r="G25" t="inlineStr"/>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Игнор пользователя скрывает его сообщения (он всё ещё может видеть ваши!).</t>
+        </is>
+      </c>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr"/>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
-[...2 lines deleted...]
-      <c r="G26" t="inlineStr"/>
+          <t>IgnoredUsersStop Ignoring.</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перестань игнорировать.</t>
+        </is>
+      </c>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Change your displayname in this room.</t>
-[...2 lines deleted...]
-      <c r="C27" t="inlineStr"/>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Показать</t>
+        </is>
+      </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>CommandCompleterChange your displayname in this room.</t>
+          <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Изменить ваше отображаемое имя в этой комнате.
-[...1 lines deleted...]
-Suggested in Weblate: Изменить свое отображаемое имя в этой комнате.</t>
+          <t>Suggested in Weblate: Показать</t>
         </is>
       </c>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>¯\_(ツ)_/¯ with an optional message.</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ¯\_(ツ)_/¯ с необязательным сообщением.</t>
+          <t>Suggested in Weblate: Вы уверены, что хотите удалить набор стикеров «%1»?</t>
         </is>
       </c>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>(╯°□°)╯︵ ┻━┻</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C29" t="inlineStr"/>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: (╯°□°)╯︵ ┻━┻</t>
+          <t>Suggested in Weblate: Редактирование пакета изображений</t>
         </is>
       </c>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>┯━┯╭( º _ º╭)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C30" t="inlineStr"/>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>CommandCompleter┯━┯╭( º _ º╭)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ┯━┯╭( º _ º╭)</t>
+          <t>Suggested in Weblate: Добавить изображения</t>
         </is>
       </c>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ノ┬─┬ノ ︵ ( \o°o)\</t>
+          <t>Suggested in Weblate: Изображения (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Clear the currently cached messages in this room.</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>CommandCompleterClear the currently cached messages in this room.</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Очистить кэшированные на данный момент сообщения в этой комнате.
-Suggested in Weblate: Очистить текущие кэшированное сообщение в этой комнате.</t>
+          <t>Suggested in Weblate: Выберите изображения для набора</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Refetch the state in this room.</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C33" t="inlineStr"/>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>CommandCompleterRefetch the state in this room.</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Перезапросить состояние этой комнаты.</t>
+          <t>Suggested in Weblate: Добавить в набор</t>
         </is>
       </c>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Rotate the current symmetric encryption key.</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>CommandCompleterRotate the current symmetric encryption key.</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ротировать текущий ключ симметричного шифрования.</t>
+          <t>Suggested in Weblate: Изменить превью для этого набора</t>
         </is>
       </c>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Send a markdown formatted message (ignoring the global setting).</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C35" t="inlineStr"/>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение в формате markdown (игнорируя глобальную настройку).</t>
+          <t>Suggested in Weblate: Превью (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C36" t="inlineStr"/>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение в формате commonmark, отключая большинство расширений в сравнении с /md.</t>
+          <t>Suggested in Weblate: Выберите превью для набора</t>
         </is>
       </c>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Send an unformatted message (ignoring the global setting).</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C37" t="inlineStr"/>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackEditorDialogState key</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Send a message in rainbow colors.</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a message in rainbow colors.</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение в цветах радуги.</t>
+          <t>Suggested in Weblate: Название</t>
         </is>
       </c>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Send /me in rainbow colors.</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>CommandCompleterSend /me in rainbow colors.</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить /me в цветах радуги.</t>
+          <t>Suggested in Weblate: Описание</t>
         </is>
       </c>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Send a bot message.</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a bot message.</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение боту.
-Suggested in Weblate: Отправьте сообщение боту.</t>
+          <t>Suggested in Weblate: Использовать как эмодзи</t>
         </is>
       </c>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Send a bot message in rainbow colors.</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a bot message in rainbow colors.</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение боту в цветах радуги.</t>
+          <t>Suggested in Weblate: Использовать как стикер</t>
         </is>
       </c>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Send a message with confetti.</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C42" t="inlineStr"/>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a message with confetti.</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение с конфетти.
-Suggested in Weblate: Отправиить сообщение с конфетти.</t>
+          <t>Suggested in Weblate: краткий код</t>
         </is>
       </c>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Send a message in rainbow colors with confetti.</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackEditorDialogBody</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Send a message with a glitch effect.</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>CommandCompleterSend a message with a glitch effect.</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить сообщение с эффектом искажений.</t>
+          <t>Suggested in Weblate: Удалить из набора</t>
         </is>
       </c>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Block all invites from a user, a server, to a specific room or set the default.</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
-[...2 lines deleted...]
-      <c r="G45" t="inlineStr"/>
+          <t>ImagePackEditorDialogRemove</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Удалить</t>
+        </is>
+      </c>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
-[...2 lines deleted...]
-      <c r="G46" t="inlineStr"/>
+          <t>ImagePackSettingsDialogImage pack settings</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройки набора</t>
+        </is>
+      </c>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Hide rooms with this tag or from this community by default.</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Скрывать комнаты с этим тегом или из этого сообщества по умолчанию.
-Suggested in Weblate: Скрывать комнаты с этим тэгом или из этого сообщества по умолчанию.</t>
+          <t>Suggested in Weblate: Создать набор для аккаунта</t>
         </is>
       </c>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Confirm community join</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>ConfirmJoinRoomDialogConfirm community join</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Подтвердить вступление в сообщество
-Suggested in Weblate: Подтвердите присоединение к сообществу</t>
+          <t>Suggested in Weblate: Новый набор для комнаты</t>
         </is>
       </c>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Confirm room join</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>ConfirmJoinRoomDialogConfirm room join</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Подтвердить вступление в комнату
-Suggested in Weblate: Подтвердите присоединение к комнате</t>
+          <t>Suggested in Weblate: Приватны набор</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C50" t="inlineStr"/>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: К этой комнате нельзя присоединиться напрямую. Вы можете, однако, прислать заявку в комнату, и участники комнаты могут принять или отклонить эту заявку. Ниже вы также можете указать причину для того, чтобы они вас впустили:
-Suggested in Weblate: К этой комнате нельзя присоединиться напрямую. Вы можете, однако, постучать в комнату, и участники комнаты могут принять или отклонить этот запрос на присоединение. Ниже вы также можете указать причину для того, чтобы они вас впустили:</t>
+          <t>Suggested in Weblate: Набор из этой комнаты</t>
         </is>
       </c>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Knock</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>ConfirmJoinRoomDialogKnock</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить заявку
-Suggested in Weblate: Постучать</t>
+          <t>Suggested in Weblate: Набор из родительского сообщества</t>
         </is>
       </c>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Name</t>
-[...6 lines deleted...]
-      </c>
+          <t>Globally enabled pack</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr"/>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>CreateRoomName</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Название</t>
+          <t>Suggested in Weblate: Включенный глобально набор</t>
         </is>
       </c>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>No name</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C53" t="inlineStr"/>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>CreateRoomNo name</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Без названия</t>
+          <t>Suggested in Weblate: Включить глобально</t>
         </is>
       </c>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Topic</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enables this pack to be used in all rooms</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>CreateRoomTopic</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Тема</t>
+          <t>Suggested in Weblate: Позволяет использовать этот набор во всех комнатах.</t>
         </is>
       </c>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>No topic</t>
-[...2 lines deleted...]
-      <c r="C55" t="inlineStr"/>
+          <t>Edit</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>Редактировать</t>
+        </is>
+      </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>CreateRoomNo topic</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Без темы</t>
+          <t>Suggested in Weblate: Редактировать</t>
         </is>
       </c>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Alias</t>
-[...6 lines deleted...]
-      </c>
+          <t>Remove</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>CreateRoomAlias</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Псевдоним</t>
+          <t>Suggested in Weblate: Удалить</t>
         </is>
       </c>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Public</t>
-[...2 lines deleted...]
-      <c r="C57" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>Закрыть</t>
+        </is>
+      </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>CreateRoomPublic</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Общедоступная</t>
+          <t>Suggested in Weblate: Закрыть</t>
         </is>
       </c>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C58" t="inlineStr"/>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: К общедоступным комнатам может присоединиться каждый; приватные комнаты требуют явных приглашений.</t>
+          <t>Suggested in Weblate: При игнорировании пользователя нужно передавать действительный mxid. '%1' не является действительным userid.</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Trusted</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C59" t="inlineStr"/>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>CreateRoomTrusted</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Доверенная</t>
+          <t>Suggested in Weblate: Не удалось запросить пользователя %1</t>
         </is>
       </c>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>All invitees are given the same power level as the creator</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C60" t="inlineStr"/>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>CreateRoomAll invitees are given the same power level as the creator</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Всем приглашаемым даётся тот же уровень доступа, что и создателю</t>
+          <t>Suggested in Weblate: Пригласить пользователей в %1</t>
         </is>
       </c>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Search user</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>CreateRoomEncryption</t>
+          <t>InviteDialogSearch user</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Шифрование</t>
+          <t>Suggested in Weblate: Поиск пользователя</t>
         </is>
       </c>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
+          <t>@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C62" t="inlineStr"/>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
+          <t>InviteDialog
+Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отображаемые эмодзи могут выглядеть по-разному в разных клиентах, если используются разные шрифты. Аналогично они могут быть переведены на разные языки. Тем не менее, они должны изображать одно из 64 различных объектов или животных. Например, лев и кот разные, но кот всё тот же, даже если один клиент показывает лишь кошачью мордочку, а другой клиент показывает кота во весь рост.</t>
+          <t>Suggested in Weblate: @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C63" t="inlineStr"/>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
-[...2 lines deleted...]
-      <c r="G63" t="inlineStr"/>
+          <t>InviteDialogSearch on Server</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск на сервере</t>
+        </is>
+      </c>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Encrypted by an unverified device.</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C64" t="inlineStr"/>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>EncryptionIndicatorEncrypted by an unverified device.</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Зашифровано верефицированым устройством</t>
+          <t>Suggested in Weblate: Пригласить</t>
         </is>
       </c>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Event expiration for %1</t>
-[...2 lines deleted...]
-      <c r="C65" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>Отмена</t>
+        </is>
+      </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>EventExpirationDialogEvent expiration for %1</t>
-[...2 lines deleted...]
-      <c r="G65" t="inlineStr"/>
+          <t>InviteDialogCancel</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отмена</t>
+        </is>
+      </c>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Event expiration</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C66" t="inlineStr"/>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>EventExpirationDialogEvent expiration</t>
-[...2 lines deleted...]
-      <c r="G66" t="inlineStr"/>
+          <t>JoinRoomDialogJoin room</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Присоединиться к комнате</t>
+        </is>
+      </c>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
-[...2 lines deleted...]
-      <c r="C67" t="inlineStr"/>
+          <t>Room ID or alias</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>Идентификатор или псевдоним комнаты</t>
+        </is>
+      </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
-[...2 lines deleted...]
-      <c r="G67" t="inlineStr"/>
+          <t>JoinRoomDialogRoom ID or alias</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ID или псевдоним комнаты</t>
+        </is>
+      </c>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
-[...2 lines deleted...]
-      <c r="C68" t="inlineStr"/>
+          <t>Join</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>Присоединиться</t>
+        </is>
+      </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
-[...2 lines deleted...]
-      <c r="G68" t="inlineStr"/>
+          <t>JoinRoomDialogJoin</t>
+        </is>
+      </c>
+      <c r="G68" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Присоединиться</t>
+        </is>
+      </c>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Expire events after X days</t>
-[...2 lines deleted...]
-      <c r="C69" t="inlineStr"/>
+          <t>Leave room</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>Покинуть комнату</t>
+        </is>
+      </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>EventExpirationDialogExpire events after X days</t>
-[...2 lines deleted...]
-      <c r="G69" t="inlineStr"/>
+          <t>LeaveRoomDialogLeave room</t>
+        </is>
+      </c>
+      <c r="G69" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Покинуть комнату</t>
+        </is>
+      </c>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
-[...2 lines deleted...]
-      <c r="C70" t="inlineStr"/>
+          <t>Are you sure you want to leave?</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>Вы действительно желаете выйти?</t>
+        </is>
+      </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
-[...2 lines deleted...]
-      <c r="G70" t="inlineStr"/>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+        </is>
+      </c>
+      <c r="G70" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы действительно желаете выйти?</t>
+        </is>
+      </c>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Only keep latest X events</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C71" t="inlineStr"/>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>EventExpirationDialogOnly keep latest X events</t>
-[...2 lines deleted...]
-      <c r="G71" t="inlineStr"/>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G71" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы ввели недопустимый Matrix ID, формат @user:yourserver.example.com</t>
+        </is>
+      </c>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C72" t="inlineStr"/>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
-[...2 lines deleted...]
-      <c r="G72" t="inlineStr"/>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выбранный сервер не поддерживает версию протокола Matrix, понятную данному клиенту (%1–%2). Вы не можете войти в систему.</t>
+        </is>
+      </c>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Always keep latest X events</t>
+          <t>e.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C73" t="inlineStr"/>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>EventExpirationDialogAlways keep latest X events</t>
-[...2 lines deleted...]
-      <c r="G73" t="inlineStr"/>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: в формате @user:yourserver.example.com</t>
+        </is>
+      </c>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/pages/LoginPage.qml:13579</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
-        <is>
-[...2037 lines deleted...]
-      <c r="B149" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C149" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F149" t="inlineStr">
+      <c r="C74" t="inlineStr"/>
+      <c r="D74" t="inlineStr"/>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F74" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G149" t="inlineStr"/>
+      <c r="G74" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ваш логин для входа. Идентификатор mxid должен начинаться с символа @, за которым следует имя пользователя. После имени пользователя через двоеточие указывается адрес вашего сервера. 
+Вы также можете указать адрес домашнего сервера, если ваш сервер не поддерживает обнаружение через .well-known.
+Пример: @user:yourserver.example.com
+Если Nheko не удастся автоматически определить ваш домашний сервер, появится поле для ввода адреса сервера вручную</t>
+        </is>
+      </c>
+      <c r="H74" t="inlineStr"/>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13622</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>Show/Hide Password</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr"/>
+      <c r="D75" t="inlineStr"/>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>LoginPageShow/Hide Password</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать/скрыть пароль</t>
+        </is>
+      </c>
+      <c r="H75" t="inlineStr"/>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13639</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr"/>
+      <c r="D76" t="inlineStr"/>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Название для этого устройства, которое будет отображаться другим пользователям при проверке ваших устройств. Если название не указано, используется название по умолчанию.</t>
+        </is>
+      </c>
+      <c r="H76" t="inlineStr"/>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13650</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr"/>
+      <c r="D77" t="inlineStr"/>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr"/>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>The address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr"/>
+      <c r="D78" t="inlineStr"/>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>LoginPageThe address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G78" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Адрес для связи с клиентским API вашего домашнего сервера.
+Пример: https://yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="H78" t="inlineStr"/>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13727</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>Back</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>Вернуться</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr"/>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>LoginPageBack</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Назад</t>
+        </is>
+      </c>
+      <c r="H79" t="inlineStr"/>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>Log out</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr"/>
+      <c r="D80" t="inlineStr"/>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>LogoutDialogLog out</t>
+        </is>
+      </c>
+      <c r="G80" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выход</t>
+        </is>
+      </c>
+      <c r="H80" t="inlineStr"/>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>A call is in progress. Log out?</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr"/>
+      <c r="D81" t="inlineStr"/>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>LogoutDialogA call is in progress. Log out?</t>
+        </is>
+      </c>
+      <c r="G81" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выполняется звонок. Выйти из системы?</t>
+        </is>
+      </c>
+      <c r="H81" t="inlineStr"/>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>Are you sure you want to log out?</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr"/>
+      <c r="D82" t="inlineStr"/>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>LogoutDialogAre you sure you want to log out?</t>
+        </is>
+      </c>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы уверены, что хотите выйти из системы?</t>
+        </is>
+      </c>
+      <c r="H82" t="inlineStr"/>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>../qml/MessageInput.qml:13668</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>Already on a call</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr"/>
+      <c r="D83" t="inlineStr"/>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>MessageInputAlready on a call</t>
+        </is>
+      </c>
+      <c r="G83" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Уже на звонке</t>
+        </is>
+      </c>
+      <c r="H83" t="inlineStr"/>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>../qml/MessageInput.qml:14037</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>Stickers</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr"/>
+      <c r="D84" t="inlineStr"/>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>MessageInputStickers</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Стикеры</t>
+        </is>
+      </c>
+      <c r="H84" t="inlineStr"/>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>../qml/MessageInputWarning.qml:14159</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>Don't mention them in this message</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr"/>
+      <c r="D85" t="inlineStr"/>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>MessageInputWarningDon't mention them in this message</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не упоминать их в этом сообщении.</t>
+        </is>
+      </c>
+      <c r="H85" t="inlineStr"/>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>../qml/MessageView.qml:14600</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Enter reason for removal or hit enter for no reason:</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr"/>
+      <c r="D86" t="inlineStr"/>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Введите причину удаления или нажмите enter без причины:</t>
+        </is>
+      </c>
+      <c r="H86" t="inlineStr"/>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>../qml/MessageView.qml:14601</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>Reason for removal</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr"/>
+      <c r="D87" t="inlineStr"/>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>MessageViewReason for removal</t>
+        </is>
+      </c>
+      <c r="G87" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Причина удаления</t>
+        </is>
+      </c>
+      <c r="H87" t="inlineStr"/>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr"/>
+      <c r="D88" t="inlineStr"/>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Чтобы другие пользователи могли видеть, какие из ваших устройств на самом деле принадлежат вам, вы можете их подтвердить. Это также позволяет автоматически выполнять резервное копирование ключей. Подтвердить неподтвержденное устройство сейчас? (Пожалуйста, убедитесь, что у вас есть одно из этих устройств в наличии.)</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr"/>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr"/>
+      <c r="D89" t="inlineStr"/>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+        </is>
+      </c>
+      <c r="G89" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Чтобы другие пользователи могли видеть, какие из ваших устройств на самом деле принадлежат вам, вы можете их подтвердить. Это также позволяет автоматически выполнять резервное копирование ключей. Подтвердите %1 сейчас?</t>
+        </is>
+      </c>
+      <c r="H89" t="inlineStr"/>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr"/>
+      <c r="D90" t="inlineStr"/>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F90" t="inlineStr">
+        <is>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Чтобы убедиться, что ни один злоумышленник не сможет подслушать ваши зашифрованные сообщения, вы можете проверить подтверждение другой стороны.</t>
+        </is>
+      </c>
+      <c r="H90" t="inlineStr"/>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>%1 has requested to verify their device %2.</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr"/>
+      <c r="D91" t="inlineStr"/>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F91" t="inlineStr">
+        <is>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+        </is>
+      </c>
+      <c r="G91" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 запросил подтвердить устройство %2.</t>
+        </is>
+      </c>
+      <c r="H91" t="inlineStr"/>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>%1 using the device %2 has requested to be verified.</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr"/>
+      <c r="D92" t="inlineStr"/>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+        </is>
+      </c>
+      <c r="G92" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 использующий устройство %2, запросил проверку.</t>
+        </is>
+      </c>
+      <c r="H92" t="inlineStr"/>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>Your device (%1) has requested to be verified.</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr"/>
+      <c r="D93" t="inlineStr"/>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+        </is>
+      </c>
+      <c r="G93" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ваше устройство (%1) запросило проверку.</t>
+        </is>
+      </c>
+      <c r="H93" t="inlineStr"/>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr"/>
+      <c r="D94" t="inlineStr"/>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>NotificationsManager
+Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="G94" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 ответил спойлером.</t>
+        </is>
+      </c>
+      <c r="H94" t="inlineStr"/>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Permissions in %1</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr"/>
+      <c r="D95" t="inlineStr"/>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorPermissions in %1</t>
+        </is>
+      </c>
+      <c r="G95" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Права доступа в %1</t>
+        </is>
+      </c>
+      <c r="H95" t="inlineStr"/>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr"/>
+      <c r="D96" t="inlineStr"/>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+        </is>
+      </c>
+      <c r="G96" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Будьте осторожны при редактировании прав доступа. Вы не можете понизить права доступа пользователей с тем же или более высоким уровнем, что и у вас. Будьте осторожны при повышении прав доступа других пользователей.</t>
+        </is>
+      </c>
+      <c r="H96" t="inlineStr"/>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
+        </is>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>Roles</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr"/>
+      <c r="D97" t="inlineStr"/>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F97" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorRoles</t>
+        </is>
+      </c>
+      <c r="G97" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Роли</t>
+        </is>
+      </c>
+      <c r="H97" t="inlineStr"/>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
+        </is>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>Users</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr"/>
+      <c r="D98" t="inlineStr"/>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F98" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorUsers</t>
+        </is>
+      </c>
+      <c r="G98" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пользователи</t>
+        </is>
+      </c>
+      <c r="H98" t="inlineStr"/>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>Move permissions between roles to change them</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr"/>
+      <c r="D99" t="inlineStr"/>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
+        </is>
+      </c>
+      <c r="G99" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перемещайте права доступа между ролями, чтобы изменять их.</t>
+        </is>
+      </c>
+      <c r="H99" t="inlineStr"/>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>Administrator (%1)</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr"/>
+      <c r="D100" t="inlineStr"/>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F100" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorAdministrator (%1)</t>
+        </is>
+      </c>
+      <c r="G100" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Администратор (%1)</t>
+        </is>
+      </c>
+      <c r="H100" t="inlineStr"/>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>Moderator (%1)</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr"/>
+      <c r="D101" t="inlineStr"/>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorModerator (%1)</t>
+        </is>
+      </c>
+      <c r="G101" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Модератор (%1)</t>
+        </is>
+      </c>
+      <c r="H101" t="inlineStr"/>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>User (%1)</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr"/>
+      <c r="D102" t="inlineStr"/>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorUser (%1)</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пользователь (%1)</t>
+        </is>
+      </c>
+      <c r="H102" t="inlineStr"/>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
+        </is>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>Custom (%1)</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr"/>
+      <c r="D103" t="inlineStr"/>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorCustom (%1)</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Другой (%1)</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr"/>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>Remove event type</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr"/>
+      <c r="D104" t="inlineStr"/>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorRemove event type</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Удалить тип события</t>
+        </is>
+      </c>
+      <c r="H104" t="inlineStr"/>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>Add event type</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr"/>
+      <c r="D105" t="inlineStr"/>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorAdd event type</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить тип события</t>
+        </is>
+      </c>
+      <c r="H105" t="inlineStr"/>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Add new role</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr"/>
+      <c r="D106" t="inlineStr"/>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorAdd new role</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить новую роль</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr"/>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Add</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>Добавить</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr"/>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorAdd</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить</t>
+        </is>
+      </c>
+      <c r="H107" t="inlineStr"/>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>Move users up or down to change their permissions</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr"/>
+      <c r="D108" t="inlineStr"/>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перемещайте пользователей вверх или вниз, чтобы изменить их права доступа.</t>
+        </is>
+      </c>
+      <c r="H108" t="inlineStr"/>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Remove user</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr"/>
+      <c r="D109" t="inlineStr"/>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorRemove user</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Удалить пользователя</t>
+        </is>
+      </c>
+      <c r="H109" t="inlineStr"/>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Add user</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr"/>
+      <c r="D110" t="inlineStr"/>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>PowerLevelEditorAdd user</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить пользователя</t>
+        </is>
+      </c>
+      <c r="H110" t="inlineStr"/>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Apply permission changes</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr"/>
+      <c r="D111" t="inlineStr"/>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Применить изменения прав</t>
+        </is>
+      </c>
+      <c r="H111" t="inlineStr"/>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr"/>
+      <c r="D112" t="inlineStr"/>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: К каким из подсообществ и комнат применять эти разрешения?</t>
+        </is>
+      </c>
+      <c r="H112" t="inlineStr"/>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Apply permissions recursively</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr"/>
+      <c r="D113" t="inlineStr"/>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Применять разрешения рекурсивно.</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr"/>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>Overwrite exisiting modifications in rooms</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr"/>
+      <c r="D114" t="inlineStr"/>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перезаписать существующие изменения в комнатах</t>
+        </is>
+      </c>
+      <c r="H114" t="inlineStr"/>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>No permissions to apply the new permissions here</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr"/>
+      <c r="D115" t="inlineStr"/>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Здесь нет разрешения на применение новых разрешений.</t>
+        </is>
+      </c>
+      <c r="H115" t="inlineStr"/>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>No changes needed</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr"/>
+      <c r="D116" t="inlineStr"/>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменения не требуются</t>
+        </is>
+      </c>
+      <c r="H116" t="inlineStr"/>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr"/>
+      <c r="D117" t="inlineStr"/>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Существующие настройки прав доступа в этой комнате будут перезаписаны.</t>
+        </is>
+      </c>
+      <c r="H117" t="inlineStr"/>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>Permissions synchronized with community</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr"/>
+      <c r="D118" t="inlineStr"/>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Права доступа синхронизированы с сообществом.</t>
+        </is>
+      </c>
+      <c r="H118" t="inlineStr"/>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>Failed to update powerlevel: %1</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Не удалось обновить уровень доступа: %1</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr"/>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не удалось обновить уровень доступа: %1</t>
+        </is>
+      </c>
+      <c r="H119" t="inlineStr"/>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Moderator: %1</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr"/>
+      <c r="D120" t="inlineStr"/>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>PowerlevelIndicatorModerator: %1</t>
+        </is>
+      </c>
+      <c r="G120" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Модератор: %1</t>
+        </is>
+      </c>
+      <c r="H120" t="inlineStr"/>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>User: %1</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr"/>
+      <c r="D121" t="inlineStr"/>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>PowerlevelIndicatorUser: %1</t>
+        </is>
+      </c>
+      <c r="G121" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пользователь: %1</t>
+        </is>
+      </c>
+      <c r="H121" t="inlineStr"/>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+        </is>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>Deprecated aliases events</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr"/>
+      <c r="D122" t="inlineStr"/>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+        </is>
+      </c>
+      <c r="G122" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: События устаревших псевдонимов</t>
+        </is>
+      </c>
+      <c r="H122" t="inlineStr"/>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
+        </is>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Edit child communities and rooms</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr"/>
+      <c r="D123" t="inlineStr"/>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Редактировать дочерние сообщества и комнаты</t>
+        </is>
+      </c>
+      <c r="H123" t="inlineStr"/>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
+        </is>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>Change parent communities</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr"/>
+      <c r="D124" t="inlineStr"/>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F124" t="inlineStr">
+        <is>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
+        </is>
+      </c>
+      <c r="G124" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сменить вышестоящие сообщества</t>
+        </is>
+      </c>
+      <c r="H124" t="inlineStr"/>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
+        </is>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>Reject a call</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr"/>
+      <c r="D125" t="inlineStr"/>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>PowerlevelsTypeListModelReject a call</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отклонить звонок</t>
+        </is>
+      </c>
+      <c r="H125" t="inlineStr"/>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>../../src/main.cpp:16373</t>
+        </is>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr"/>
+      <c r="D126" t="inlineStr"/>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+        </is>
+      </c>
+      <c r="G126" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Задайте глобальный уровень логов, или список пар &lt;component&gt;=&lt;уровень&gt; через запятую, или и то и другое. Например, чтобы установить уровень логирования по умолчанию на 'warn', но отключить логирование для компонента 'ui', передайте 'warn,ui=off'. Уровни: {trace, debug, info, warning, error, critical, off}. Компоненты: {crypto, db, mtx, net, qml, ui}</t>
+        </is>
+      </c>
+      <c r="H126" t="inlineStr"/>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>../../src/main.cpp:16378</t>
+        </is>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>level</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr"/>
+      <c r="D127" t="inlineStr"/>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>QObjectlevel</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: уровень</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr"/>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>../../src/main.cpp:16382</t>
+        </is>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr"/>
+      <c r="D128" t="inlineStr"/>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+        </is>
+      </c>
+      <c r="G128" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Укажите типы вывода логов. Допускается список, разделенный запятыми. По умолчанию используется 'file,stderr'. Типы:{file,stderr,none}</t>
+        </is>
+      </c>
+      <c r="H128" t="inlineStr"/>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>../../src/main.cpp:16384</t>
+        </is>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>type</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr"/>
+      <c r="D129" t="inlineStr"/>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>QObjecttype</t>
+        </is>
+      </c>
+      <c r="G129" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: тип</t>
+        </is>
+      </c>
+      <c r="H129" t="inlineStr"/>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>../../src/main.cpp:16388</t>
+        </is>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>Recompacts the database which might improve performance.</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr"/>
+      <c r="D130" t="inlineStr"/>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>QObjectRecompacts the database which might improve performance.</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выполняет оптимизацию базы данных - может повысить производительность.</t>
+        </is>
+      </c>
+      <c r="H130" t="inlineStr"/>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
+        </is>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>Respond</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr"/>
+      <c r="D131" t="inlineStr"/>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>QObjectRespond</t>
+        </is>
+      </c>
+      <c r="G131" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ответить</t>
+        </is>
+      </c>
+      <c r="H131" t="inlineStr"/>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Send</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>Отправить</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr"/>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>QObjectSend</t>
+        </is>
+      </c>
+      <c r="G132" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отправить</t>
+        </is>
+      </c>
+      <c r="H132" t="inlineStr"/>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
+        </is>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>Write a message…</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>Написать сообщение…</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr"/>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>QObjectWrite a message...</t>
+        </is>
+      </c>
+      <c r="G133" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Написать сообщение…</t>
+        </is>
+      </c>
+      <c r="H133" t="inlineStr"/>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
+        </is>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Решите reCAPTCHA и нажмите кнопку подтверждения</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr"/>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+        </is>
+      </c>
+      <c r="G134" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Решите reCAPTCHA и нажмите кнопку подтверждения</t>
+        </is>
+      </c>
+      <c r="H134" t="inlineStr"/>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
+        </is>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>Open reCAPTCHA</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr"/>
+      <c r="D135" t="inlineStr"/>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Открыть reCAPTCHA</t>
+        </is>
+      </c>
+      <c r="H135" t="inlineStr"/>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
+        </is>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Отмена</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr"/>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>ReCaptchaDialogCancel</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отмена</t>
+        </is>
+      </c>
+      <c r="H136" t="inlineStr"/>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
+        </is>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>Confirm</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Подтвердить</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr"/>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>ReCaptchaDialogConfirm</t>
+        </is>
+      </c>
+      <c r="G137" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Подтвердить</t>
+        </is>
+      </c>
+      <c r="H137" t="inlineStr"/>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
+        </is>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>Read receipts</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Просмотр получателей</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr"/>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>ReadReceiptsRead receipts</t>
+        </is>
+      </c>
+      <c r="G138" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показывать подтверждение о прочтении</t>
+        </is>
+      </c>
+      <c r="H138" t="inlineStr"/>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>../../src/RegisterPage.cpp:16623</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>Autodiscovery failed. Received malformed response.</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Автообнaружение не удалось. Получен повреждённый ответ.</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr"/>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+        </is>
+      </c>
+      <c r="G139" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Автообнaружение не удалось. Получен повреждённый ответ.
+Suggested in Weblate: Автоматические обнаружение не удалось. Получен поврежденный ответ.
+Suggested in Weblate: Автообноружение не удалось. Получен поврежденный ответ.</t>
+        </is>
+      </c>
+      <c r="H139" t="inlineStr"/>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>../../src/RegisterPage.cpp:16689</t>
+        </is>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr"/>
+      <c r="D140" t="inlineStr"/>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F140" t="inlineStr">
+        <is>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="G140" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выбранный сервер не поддерживает версию протокола Matrix, понятную данному клиенту (%1–%2). Регистрация невозможна.</t>
+        </is>
+      </c>
+      <c r="H140" t="inlineStr"/>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>your.server</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr"/>
+      <c r="D141" t="inlineStr"/>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>RegisterPageyour.server</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: your.server</t>
+        </is>
+      </c>
+      <c r="H141" t="inlineStr"/>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>Back</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>Вернуться</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr"/>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>RegisterPageBack</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Назад</t>
+        </is>
+      </c>
+      <c r="H142" t="inlineStr"/>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
+        </is>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>Your passwords do not match!</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr"/>
+      <c r="D143" t="inlineStr"/>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F143" t="inlineStr">
+        <is>
+          <t>RegisterPageYour passwords do not match!</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ваши пароли не совпадают!</t>
+        </is>
+      </c>
+      <c r="H143" t="inlineStr"/>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
+        </is>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>Device name</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>Имя устройства</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr"/>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F144" t="inlineStr">
+        <is>
+          <t>RegisterPageDevice name</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Имя устройства</t>
+        </is>
+      </c>
+      <c r="H144" t="inlineStr"/>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
+        </is>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr"/>
+      <c r="D145" t="inlineStr"/>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F145" t="inlineStr">
+        <is>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+        </is>
+      </c>
+      <c r="G145" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Имя для этого устройства, которое будет показано другим пользователям при проверке. Если ничего не указано, используется значение по умолчанию.</t>
+        </is>
+      </c>
+      <c r="H145" t="inlineStr"/>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
+        </is>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>Report message</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Пожаловаться на сообщение</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr"/>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F146" t="inlineStr">
+        <is>
+          <t>ReportMessageReport message</t>
+        </is>
+      </c>
+      <c r="G146" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пожаловаться</t>
+        </is>
+      </c>
+      <c r="H146" t="inlineStr"/>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
+        </is>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr"/>
+      <c r="D147" t="inlineStr"/>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F147" t="inlineStr">
+        <is>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+        </is>
+      </c>
+      <c r="G147" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сообщение, на которое вы жалуетесь, будет отправлено администратору вашего сервера для рассмотрения. Обратите внимание, что не все администраторы серверов проверяют такие жалобы. При необходимости вы также можете напрямую обратиться к модератору комнаты с просьбой удалить данный контент.</t>
+        </is>
+      </c>
+      <c r="H147" t="inlineStr"/>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
+        </is>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>Enter your reason for reporting:</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr"/>
+      <c r="D148" t="inlineStr"/>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F148" t="inlineStr">
+        <is>
+          <t>ReportMessageEnter your reason for reporting:</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Укажите причину жалобы:</t>
+        </is>
+      </c>
+      <c r="H148" t="inlineStr"/>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>How bad is the message?</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr"/>
+      <c r="D149" t="inlineStr"/>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>ReportMessageHow bad is the message?</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Насколько плохое это сообщение?</t>
+        </is>
+      </c>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
-[...2 lines deleted...]
-      <c r="G150" t="inlineStr"/>
+          <t>ReportMessageNot bad</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не сильно плохое</t>
+        </is>
+      </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C151" t="inlineStr"/>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
-[...2 lines deleted...]
-      <c r="G151" t="inlineStr"/>
+          <t>ReportMessageMild</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Средне</t>
+        </is>
+      </c>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
-[...2 lines deleted...]
-      <c r="G152" t="inlineStr"/>
+          <t>ReportMessageBad</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Плохое</t>
+        </is>
+      </c>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>The address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>LoginPageThe address that can be used to contact your homeserver's client API.
-[...3 lines deleted...]
-      <c r="G153" t="inlineStr"/>
+          <t>ReportMessageSerious</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Очень плохое</t>
+        </is>
+      </c>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
-[...2 lines deleted...]
-      <c r="G154" t="inlineStr"/>
+          <t>ReportMessageExtremely serious</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Невероятно плохое</t>
+        </is>
+      </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
-[...2 lines deleted...]
-      <c r="G155" t="inlineStr"/>
+          <t>RoomDirectoryExplore Public Rooms</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Обзор публичных комнат</t>
+        </is>
+      </c>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
-[...2 lines deleted...]
-      <c r="C156" t="inlineStr"/>
+          <t>Join</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>Присоединиться</t>
+        </is>
+      </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
-[...2 lines deleted...]
-      <c r="G156" t="inlineStr"/>
+          <t>RoomDirectoryJoin</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Присоединиться</t>
+        </is>
+      </c>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
-[...2 lines deleted...]
-      <c r="G157" t="inlineStr"/>
+          <t>RoomDirectoryOpen</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Открыть</t>
+        </is>
+      </c>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
-[...2 lines deleted...]
-      <c r="G158" t="inlineStr"/>
+          <t>RoomDirectorySearch for public rooms</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск публичных комнат</t>
+        </is>
+      </c>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
-[...2 lines deleted...]
-      <c r="G159" t="inlineStr"/>
+          <t>RoomDirectoryChoose custom homeserver</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выбрать домашний сервер</t>
+        </is>
+      </c>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
-[...2 lines deleted...]
-      <c r="C160" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>Закрыть</t>
+        </is>
+      </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
-[...2 lines deleted...]
-      <c r="G160" t="inlineStr"/>
+          <t>RoomDirectoryClose</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Закрыть</t>
+        </is>
+      </c>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
-[...2 lines deleted...]
-      <c r="C161" t="inlineStr"/>
+          <t>Start a new chat</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>Начать новый чат</t>
+        </is>
+      </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ответить в обсуждении</t>
+          <t>Suggested in Weblate: Начать новый чат</t>
         </is>
       </c>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>New thread</t>
-[...2 lines deleted...]
-      <c r="C162" t="inlineStr"/>
+          <t>Join a room</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>Присоединиться к комнате</t>
+        </is>
+      </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Новое обсуждение</t>
+          <t>Suggested in Weblate: Присоединиться к комнате</t>
         </is>
       </c>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: К сообщению</t>
+          <t>Suggested in Weblate: Создать комнату</t>
         </is>
       </c>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
-[...2 lines deleted...]
-      <c r="G164" t="inlineStr"/>
+          <t>RoomListStart a direct chat</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Начать чат</t>
+        </is>
+      </c>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
-[...2 lines deleted...]
-      <c r="G165" t="inlineStr"/>
+          <t>RoomListCreate a new community</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Создать новое сообщество</t>
+        </is>
+      </c>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14601</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
-[...2 lines deleted...]
-      <c r="C166" t="inlineStr"/>
+          <t>Room directory</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Каталог комнат</t>
+        </is>
+      </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Перейти к сооб&amp;щению</t>
+          <t>Suggested in Weblate: Каталог комнат</t>
         </is>
       </c>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
-          <t>Что означают символы &amp; в этой и соседних строках?
-Suggested in Weblate: &amp;Копировать</t>
+          <t>Suggested in Weblate: Поиск комнат (Ctrl+K)</t>
         </is>
       </c>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
-[...2 lines deleted...]
-      <c r="C168" t="inlineStr"/>
+          <t>User settings</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>Пользовательские настройки</t>
+        </is>
+      </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Копировать ссылку &amp;места</t>
+          <t>Suggested in Weblate: Пользовательские настройки</t>
         </is>
       </c>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
-[...2 lines deleted...]
-      <c r="C169" t="inlineStr"/>
+          <t>Logout</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>Выйти</t>
+        </is>
+      </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Поставить &amp;реакцию</t>
+          <t>Suggested in Weblate: Выйти</t>
         </is>
       </c>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Ответить</t>
+          <t>Suggested in Weblate: Введите ваш статус:</t>
         </is>
       </c>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Изменить
-Suggested in Weblate: Редактировать</t>
+          <t>Suggested in Weblate: Статус
+Suggested in Weblate: статус сообщения</t>
         </is>
       </c>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Обсу&amp;ждение</t>
+          <t>Suggested in Weblate: Настройки профиля</t>
         </is>
       </c>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Откр&amp;епить</t>
+          <t>Suggested in Weblate: Задать статус</t>
         </is>
       </c>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Закр&amp;епить</t>
+          <t>Suggested in Weblate: Автоматический статус онлайна</t>
         </is>
       </c>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Узнать получателей</t>
+          <t>Suggested in Weblate: В сети</t>
         </is>
       </c>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Переслать</t>
+          <t>Suggested in Weblate: Недоступен</t>
         </is>
       </c>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Пометить про&amp;читанным</t>
+          <t>Suggested in Weblate: Не в сети</t>
         </is>
       </c>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>View raw message</t>
-[...6 lines deleted...]
-      </c>
+          <t>Encryption not set up</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Посмотреть код сообщения</t>
-[...2 lines deleted...]
-      <c r="H178" t="inlineStr"/>
+          <t>Suggested in Weblate: Шифрование не настроено</t>
+        </is>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unverified login</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Посмотреть код дешифрованного сообщения</t>
-[...2 lines deleted...]
-      <c r="H179" t="inlineStr"/>
+          <t>Suggested in Weblate: Неподтвержденный вход</t>
+        </is>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: У&amp;далить сообщение</t>
-[...2 lines deleted...]
-      <c r="H180" t="inlineStr"/>
+          <t>Suggested in Weblate: Пожалуйста, подтвердите другие ваши устройства.</t>
+        </is>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Report message</t>
-[...2 lines deleted...]
-      <c r="C181" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>Закрыть</t>
+        </is>
+      </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Пожаловаться на сообщение</t>
+          <t>Suggested in Weblate: Закрыть</t>
         </is>
       </c>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Сохранить как</t>
+          <t>Suggested in Weblate: Введите тег, который вы хотите использовать:</t>
         </is>
       </c>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Открыть во &amp;внешней программе</t>
+          <t>Suggested in Weblate: Новый тег</t>
         </is>
       </c>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Копировать ссылку на со&amp;бытие</t>
+          <t>Suggested in Weblate: Открыть отдельно</t>
         </is>
       </c>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: К &amp;цитированному сообщению</t>
+          <t>Suggested in Weblate: Пометить как прочитанное</t>
         </is>
       </c>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
-[...2 lines deleted...]
-      <c r="G186" t="inlineStr"/>
+          <t>RoomListRoom settings</t>
+        </is>
+      </c>
+      <c r="G186" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройки комнаты</t>
+        </is>
+      </c>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
-[...2 lines deleted...]
-      <c r="C187" t="inlineStr"/>
+          <t>Leave room</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>Покинуть комнату</t>
+        </is>
+      </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
-[...2 lines deleted...]
-      <c r="G187" t="inlineStr"/>
+          <t>RoomListLeave room</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Покинуть комнату</t>
+        </is>
+      </c>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
-[...2 lines deleted...]
-      <c r="G188" t="inlineStr"/>
+          <t>RoomListCopy room link</t>
+        </is>
+      </c>
+      <c r="G188" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скопировать ссылку</t>
+        </is>
+      </c>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
-[...2 lines deleted...]
-      <c r="C189" t="inlineStr"/>
+          <t>Tag room as:</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>Тэгировать комнату как:</t>
+        </is>
+      </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
-[...2 lines deleted...]
-      <c r="G189" t="inlineStr"/>
+          <t>RoomListTag room as:</t>
+        </is>
+      </c>
+      <c r="G189" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Метки комнаты</t>
+        </is>
+      </c>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
-[...2 lines deleted...]
-      <c r="C190" t="inlineStr"/>
+          <t>Favourite</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Важные</t>
+        </is>
+      </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
-[...2 lines deleted...]
-      <c r="G190" t="inlineStr"/>
+          <t>RoomListFavourite</t>
+        </is>
+      </c>
+      <c r="G190" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Избранное</t>
+        </is>
+      </c>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
-[...2 lines deleted...]
-      <c r="G191" t="inlineStr"/>
+          <t>RoomListLow priority</t>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Неважные
+Suggested in Weblate: Низкий приоритет</t>
+        </is>
+      </c>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>NotificationsManager
-[...3 lines deleted...]
-      <c r="G192" t="inlineStr"/>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G192" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Оповещения сервера</t>
+        </is>
+      </c>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t>Members of %1</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
-[...2 lines deleted...]
-      <c r="G193" t="inlineStr"/>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G193" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Члены %1</t>
+        </is>
+      </c>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>%n person in %1</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
-[...2 lines deleted...]
-      <c r="G194" t="inlineStr"/>
+          <t>RoomMembers
+Summary above list of members%n people in %1</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n человек в %1, %n человека в %1, %n человек в %1</t>
+        </is>
+      </c>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
-[...2 lines deleted...]
-      <c r="G195" t="inlineStr"/>
+          <t>RoomMembersInvite more people</t>
+        </is>
+      </c>
+      <c r="G195" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пригласить людей</t>
+        </is>
+      </c>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
-[...2 lines deleted...]
-      <c r="G196" t="inlineStr"/>
+          <t>RoomMembersSearch...</t>
+        </is>
+      </c>
+      <c r="G196" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск...</t>
+        </is>
+      </c>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
-[...2 lines deleted...]
-      <c r="G197" t="inlineStr"/>
+          <t xml:space="preserve">RoomMembersSort by: </t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: Сортировать по: </t>
+        </is>
+      </c>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
-[...2 lines deleted...]
-      <c r="C198" t="inlineStr"/>
+          <t>User ID</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>ID пользователя</t>
+        </is>
+      </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
-[...2 lines deleted...]
-      <c r="G198" t="inlineStr"/>
+          <t>RoomMembersUser ID</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ID пользователя</t>
+        </is>
+      </c>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Moderator (%1)</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
-[...2 lines deleted...]
-      <c r="G199" t="inlineStr"/>
+          <t>RoomMembersDisplay name</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отображаемое имя</t>
+        </is>
+      </c>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
-[...2 lines deleted...]
-      <c r="G200" t="inlineStr"/>
+          <t>RoomMembersPower level</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Уровень доступа</t>
+        </is>
+      </c>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
-[...2 lines deleted...]
-      <c r="G201" t="inlineStr"/>
+          <t>RoomMembersThis room is not encrypted!</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Эта комната не зашифрована!</t>
+        </is>
+      </c>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
-[...2 lines deleted...]
-      <c r="G202" t="inlineStr"/>
+          <t>RoomMembersThis user is verified.</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Этот пользователь подтвержден.</t>
+        </is>
+      </c>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
-[...2 lines deleted...]
-      <c r="G203" t="inlineStr"/>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Этот пользователь не подтвержден, но по-прежнему использует тот же мастер-ключ, что и при вашей первой встрече.</t>
+        </is>
+      </c>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
-[...2 lines deleted...]
-      <c r="G204" t="inlineStr"/>
+          <t>RoomMembersThis user has unverified devices!</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: У этого пользователя непроверенные устройства!</t>
+        </is>
+      </c>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Room Settings</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Добавить</t>
+          <t>Настройки комнаты</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Добавить</t>
+          <t>Suggested in Weblate: Настройки комнаты</t>
         </is>
       </c>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
-[...2 lines deleted...]
-      <c r="G206" t="inlineStr"/>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сменить аватар комнаты.</t>
+        </is>
+      </c>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
-[...2 lines deleted...]
-      <c r="G207" t="inlineStr"/>
+          <t>RoomSettingsDialogChange name of this room</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сменить название этой комнаты</t>
+        </is>
+      </c>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C208" t="inlineStr"/>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
-[...2 lines deleted...]
-      <c r="G208" t="inlineStr"/>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поскольку состояние комнаты нельзя зашифровать, убедитесь, что в названии комнаты нет конфиденциальной информации!</t>
+        </is>
+      </c>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
-[...2 lines deleted...]
-      <c r="C209" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>%n участник</t>
+        </is>
+      </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
-[...2 lines deleted...]
-      <c r="G209" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n участник, %n участника, %n участников
+Suggested in Weblate: , , %n участник</t>
+        </is>
+      </c>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
-[...2 lines deleted...]
-      <c r="G210" t="inlineStr"/>
+          <t>RoomSettingsDialogView members of %1</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Просмотреть участников %1</t>
+        </is>
+      </c>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
-[...2 lines deleted...]
-      <c r="G211" t="inlineStr"/>
+          <t>RoomSettingsDialogNo topic set</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Тама не задана</t>
+        </is>
+      </c>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
-[...2 lines deleted...]
-      <c r="G212" t="inlineStr"/>
+          <t>RoomSettingsDialogChange topic of this room</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменить тему комнаты</t>
+        </is>
+      </c>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
-[...2 lines deleted...]
-      <c r="G213" t="inlineStr"/>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="G213" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поскольку состояние комнаты нельзя зашифровать, убедитесь, что в теме комнаты нет конфиденциальной информации!</t>
+        </is>
+      </c>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>No changes needed</t>
-[...2 lines deleted...]
-      <c r="C214" t="inlineStr"/>
+          <t>NOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>УВЕДОМЛЕНИЯ</t>
+        </is>
+      </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
-[...2 lines deleted...]
-      <c r="G214" t="inlineStr"/>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: УВЕДОМЛЕНИЯ</t>
+        </is>
+      </c>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
-[...2 lines deleted...]
-      <c r="C215" t="inlineStr"/>
+          <t>Notifications</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Уведомления</t>
+        </is>
+      </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
-[...2 lines deleted...]
-      <c r="G215" t="inlineStr"/>
+          <t>RoomSettingsDialogNotifications</t>
+        </is>
+      </c>
+      <c r="G215" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Уведомления</t>
+        </is>
+      </c>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
-[...2 lines deleted...]
-      <c r="C216" t="inlineStr"/>
+          <t>Muted</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>Заглушен</t>
+        </is>
+      </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
-[...2 lines deleted...]
-      <c r="G216" t="inlineStr"/>
+          <t>RoomSettingsDialogMuted</t>
+        </is>
+      </c>
+      <c r="G216" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Заглушен</t>
+        </is>
+      </c>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Не удалось обновить уровень доступа: %1</t>
+          <t>Все сообщения</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось обновить уровень доступа: %1</t>
+          <t>Suggested in Weblate: Все сообщения</t>
         </is>
       </c>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
-[...2 lines deleted...]
-      <c r="G218" t="inlineStr"/>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: РАЗРЕШЕНИЯ НА ВХОД</t>
+        </is>
+      </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
-[...2 lines deleted...]
-      <c r="G219" t="inlineStr"/>
+          <t>RoomSettingsDialogAnyone can join</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Любой может присоединиться</t>
+        </is>
+      </c>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>User: %1</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
-[...2 lines deleted...]
-      <c r="G220" t="inlineStr"/>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
+        </is>
+      </c>
+      <c r="G220" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Разрешить присоединение через другие комнаты</t>
+        </is>
+      </c>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Прочие административные события</t>
+          <t>Suggested in Weblate: Комнаты чероез которые можно присоединиться</t>
         </is>
       </c>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Удалять пользователей</t>
+          <t>Suggested in Weblate: Изменить</t>
         </is>
       </c>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Блокировать пользователей</t>
+          <t>Suggested in Weblate: Измените список комнат, через которые пользователи могут присоединиться к этой комнате. Обычно это официальное сообщество этой комнаты.</t>
         </is>
       </c>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Приглашать пользователей</t>
+          <t>Suggested in Weblate: Разрешить гостям присоединиться</t>
         </is>
       </c>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Редактировать чужие события</t>
+          <t>Suggested in Weblate: Применять правила доступа</t>
         </is>
       </c>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправлять реакции</t>
+          <t>Suggested in Weblate: ВИДИМОСТЬ СООБЩЕНИЯ</t>
         </is>
       </c>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
-[...2 lines deleted...]
-      <c r="G227" t="inlineStr"/>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
+        </is>
+      </c>
+      <c r="G227" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Разрешить просмотр истории без присоединения</t>
+        </is>
+      </c>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять аватар комнаты</t>
+          <t>Suggested in Weblate: Это полезно для предпросмотра комнаты или для просмотра ее на сайтах.</t>
         </is>
       </c>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять адреса комнаты</t>
+          <t>Suggested in Weblate: Участники могут видеть сообщения с</t>
         </is>
       </c>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправлять шифрованные сообщения</t>
+          <t>Suggested in Weblate: Какая часть истории видна присоединившимся участникам. Изменение этого параметра не повлияет на видимость уже отправленных сообщений. Это относится только к новым сообщениям.</t>
         </is>
       </c>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Включать шифрование</t>
+          <t>Suggested in Weblate: Все</t>
         </is>
       </c>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C232" t="inlineStr"/>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять гостевой доступ</t>
+          <t>Suggested in Weblate: Пока пользователь присоединён, он может видеть все предыдущие сообщения.</t>
         </is>
       </c>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C233" t="inlineStr"/>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять видимость истории</t>
+          <t>Suggested in Weblate: Момента приглашения</t>
         </is>
       </c>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C234" t="inlineStr"/>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Определять, кто может присоединиться</t>
+          <t>Suggested in Weblate: Участники могут видеть только сообщения, отправленные после получения приглашения.</t>
         </is>
       </c>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C235" t="inlineStr"/>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправлять сообщения</t>
+          <t>Suggested in Weblate: Момента присоединения</t>
         </is>
       </c>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr"/>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять имя комнаты</t>
+          <t>Suggested in Weblate: Участники могут видеть только сообщения, отправленные после присоединения.</t>
         </is>
       </c>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять права доступа комнаты</t>
+          <t>Suggested in Weblate: Применить изменения видимости</t>
         </is>
       </c>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять тему комнаты</t>
+          <t>Suggested in Weblate: Локальные скрытые события</t>
         </is>
       </c>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять виджеты комнаты</t>
+          <t>Suggested in Weblate: Настройка</t>
         </is>
       </c>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять виджеты комнаты (не проверено)</t>
+          <t>Suggested in Weblate: Выберите события, которые нужно скрыть в этой комнате.</t>
         </is>
       </c>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Редактировать собственные события</t>
+          <t>Suggested in Weblate: Автоматическое удаление событий</t>
         </is>
       </c>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять закреплённые события</t>
+          <t>Suggested in Weblate: Выберите этот параметр, чтобы ваши события в этой комнате автоматически удалялись.</t>
         </is>
       </c>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Обновлять версию комнаты</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suggested in Weblate: ОБЩИЕ НАСТРОЙКИ</t>
+        </is>
+      </c>
+      <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Send stickers</t>
-[...2 lines deleted...]
-      <c r="C244" t="inlineStr"/>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <t>Шифрование</t>
+        </is>
+      </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>RoomSettingsDialogEncryption</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправлять стикеры</t>
+          <t>Suggested in Weblate: Шифрование</t>
         </is>
       </c>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
-[...2 lines deleted...]
-      <c r="C245" t="inlineStr"/>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C245" t="inlineStr">
+        <is>
+          <t>Оконечное шифрование</t>
+        </is>
+      </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Блокировать пользователей используя правила политик</t>
+          <t>Suggested in Weblate: Сквозное шифрование (E2E)
+Suggested in Weblate: оконечное шифрование</t>
         </is>
       </c>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="C246" t="inlineStr"/>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Блокировать комнаты используя правила политик</t>
+          <t>Suggested in Weblate: Шифрование в настоящее время является экспериментальным, и что-то может неожиданно сломаться. &lt;br&gt;
+                                Пожалуйста, обратите внимание, что впоследствии его нельзя будет отключить.</t>
         </is>
       </c>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
-[...2 lines deleted...]
-      <c r="C247" t="inlineStr"/>
+          <t>Permissions</t>
+        </is>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <t>Права доступа</t>
+        </is>
+      </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Блокировать серверы используя правила политик</t>
+          <t>Suggested in Weblate: Права доступа</t>
         </is>
       </c>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
-[...2 lines deleted...]
-      <c r="G248" t="inlineStr"/>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
+        </is>
+      </c>
+      <c r="G248" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Просмотр и изменение прав доступа в этой комнате.</t>
+        </is>
+      </c>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
-[...2 lines deleted...]
-      <c r="G249" t="inlineStr"/>
+          <t>RoomSettingsDialogAliases</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Псевдонимы</t>
+        </is>
+      </c>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Начинать аудио/видео вызовы</t>
+          <t>Suggested in Weblate: Просмотр и изменение адресов и псевдонимов этой комнаты</t>
         </is>
       </c>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Присоединяться к вызовам</t>
+          <t>Suggested in Weblate: Настройки стикеров и эмоций</t>
         </is>
       </c>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отвечать на вызовы</t>
+          <t>Suggested in Weblate: Изменить включенные наборы, удалить или создавайте новые.</t>
         </is>
       </c>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
-[...2 lines deleted...]
-      <c r="C253" t="inlineStr"/>
+          <t>INFO</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>ИНФОРМАЦИЯ</t>
+        </is>
+      </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Завершать вызовы</t>
+          <t>Suggested in Weblate: ИНФОРМАЦИЯ</t>
         </is>
       </c>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
-[...2 lines deleted...]
-      <c r="G254" t="inlineStr"/>
+          <t>RoomSettingsDialogCopied to clipboard</t>
+        </is>
+      </c>
+      <c r="G254" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скопировано в буфер обмена</t>
+        </is>
+      </c>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
-[...2 lines deleted...]
-      <c r="C255" t="inlineStr"/>
+          <t>Room Version</t>
+        </is>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>Версия Комнаты</t>
+        </is>
+      </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Менять эмоции в комнате</t>
+          <t>Suggested in Weblate: Версия Комнаты</t>
         </is>
       </c>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Прочие</t>
+          <t>Suggested in Weblate: показать меньше</t>
         </is>
       </c>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Создайте уникальный профиль, который позволит вам заходить в разные аккаунты одновременно и запускать несколько экземпляров nheko.</t>
+          <t>Suggested in Weblate: показать больше</t>
         </is>
       </c>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Псевдоним для '--log-level trace'.</t>
+          <t>Suggested in Weblate: Пожалуйста, введите свой логин и пароль для продолжения:</t>
         </is>
       </c>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
-[...2 lines deleted...]
-      <c r="G259" t="inlineStr"/>
+          <t>RootPlease enter a valid email address to continue:</t>
+        </is>
+      </c>
+      <c r="G259" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Введите действительный адрес электронной почты:</t>
+        </is>
+      </c>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
-[...2 lines deleted...]
-      <c r="G260" t="inlineStr"/>
+          <t>RootPlease enter a valid phone number to continue:</t>
+        </is>
+      </c>
+      <c r="G260" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Для продолжения введите действительный номер телефона:</t>
+        </is>
+      </c>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
-[...2 lines deleted...]
-      <c r="G261" t="inlineStr"/>
+          <t>RootPlease enter the token which has been sent to you:</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пожалуйста, введите отправленный вам токен:</t>
+        </is>
+      </c>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
-[...2 lines deleted...]
-      <c r="G262" t="inlineStr"/>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Дождитесь получения ссылки для подтверждения, затем продолжите.</t>
+        </is>
+      </c>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
-[...2 lines deleted...]
-      <c r="G263" t="inlineStr"/>
+          <t>ScreenShareMethod:</t>
+        </is>
+      </c>
+      <c r="G263" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Метод:</t>
+        </is>
+      </c>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
-[...2 lines deleted...]
-      <c r="G264" t="inlineStr"/>
+          <t>ScreenShareRequest screencast</t>
+        </is>
+      </c>
+      <c r="G264" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Запросить показ экрана</t>
+        </is>
+      </c>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Send</t>
-[...6 lines deleted...]
-      </c>
+          <t>View your callee's camera like a regular video call</t>
+        </is>
+      </c>
+      <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отправить</t>
+          <t>Suggested in Weblate: Показывать камеру собеседника, как при обычном видеозвонке.</t>
         </is>
       </c>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Write a message…</t>
-[...6 lines deleted...]
-      </c>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr"/>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Написать сообщение…</t>
+          <t>Suggested in Weblate: Это ваш ключ восстановления. Он понадобится вам для восстановления доступа к зашифрованным сообщениям и ключам верификации. Храните его в надёжном месте. Не передавайте его никому и не теряйте! Это не шутки!</t>
         </is>
       </c>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
-[...6 lines deleted...]
-      </c>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
-[...2 lines deleted...]
-      <c r="G267" t="inlineStr"/>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G267" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Шифрование успешно настроено.</t>
+        </is>
+      </c>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Failed to setup encryption: %1</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="G268" t="inlineStr"/>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G268" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не удалось включить шифрование: %1</t>
+        </is>
+      </c>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>SelfVerificationCheckSetup Encryption</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отмена</t>
+          <t>Suggested in Weblate: Настроить шифрование</t>
         </is>
       </c>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Confirm</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>SelfVerificationCheckHello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Подтвердить</t>
+          <t>Suggested in Weblate: Здравствуйте и добро пожаловать в Matrix!
+Похоже, вы здесь впервые. Прежде чем вы сможете надёжно шифровать свои сообщения, необходимо выполнить несколько простых настроек. Вы можете сразу нажать «Принять» или изменить некоторые базовые параметры. Мы постараемся объяснить основные моменты - вы можете пропустить эти пояснения, но они могут быть полезными!</t>
         </is>
       </c>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>Activate Encryption</t>
+        </is>
+      </c>
+      <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Показывать подтверждение о прочтении</t>
+          <t>Suggested in Weblate: Включить шифрование</t>
         </is>
       </c>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
-[...6 lines deleted...]
-      </c>
+          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Автоматические обнаружение не удалось. Получен поврежденный ответ.
-Suggested in Weblate: Автообноружение не удалось. Получен поврежденный ответ.</t>
+          <t>Suggested in Weblate: Похоже, что для этой учётной записи уже настроено шифрование. Чтобы получить доступ к зашифрованным сообщениям и сделать это устройство доверенным, вы можете либо пройти подтверждение через существующее устройство, либо (при наличии) ввести парольную фразу восстановления. Пожалуйста, выберите один из вариантов ниже.
+Если вы выберете подтверждение через другое устройство, оно должно быть под рукой. Если вы выберете "Ввести парольную фразу", вам понадобится ключ или парольная фраза восстановления. Если вы нажмёте "Отмена", вы сможете сделать это позже.</t>
         </is>
       </c>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
-[...6 lines deleted...]
-      </c>
+          <t>verify</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Автоматическое обнаружение не удалось. Неизвестная ошибка во время запроса .well-known.
-Suggested in Weblate: Автообноружение не удалось. Не известаня ошибка во время запроса .well-known.</t>
+          <t>Suggested in Weblate: подтвердить
+Suggested in Weblate: Верифицировать</t>
         </is>
       </c>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
-[...6 lines deleted...]
-      </c>
+          <t>enter passphrase</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Необходимые конечные точки не найдены. Возможно, это не сервер Matrix.</t>
+          <t>Suggested in Weblate: введите парольную фразу</t>
         </is>
       </c>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Add or remove from community...</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr"/>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Получен неверный ответ. Убедитесь, что домен homeserver-а корректен.
-Suggested in Weblate: Получен неверный ответ. Убедитесь, что домен homeserver действителен.</t>
+          <t>Suggested in Weblate: Добавить или удалить из сообщества...</t>
         </is>
       </c>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Official community for this room</t>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Произошла неизвестная ошибка. Убедитесь, что домен homeserver-a корректен.
-Suggested in Weblate: Произошла неизвестная ошибка. Убедитесь, что домен homeserver действителен.</t>
+          <t>Suggested in Weblate: Официальное сообщество этой комнаты</t>
         </is>
       </c>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C277" t="inlineStr"/>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
-[...2 lines deleted...]
-      <c r="G277" t="inlineStr"/>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Связанное сообщество для этой комнаты</t>
+        </is>
+      </c>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Указанный сервер не поддерживает запросы потоков регистрации!</t>
+          <t>Suggested in Weblate: Доступно только для членов сообщества</t>
         </is>
       </c>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C279" t="inlineStr"/>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Указанный сервер не поддерживает регистрацию.</t>
+          <t>Suggested in Weblate: Доступно только для членов комнаты</t>
         </is>
       </c>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C280" t="inlineStr"/>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Недопустимое имя пользователя.
-Suggested in Weblate: Неверное имя пользователя.</t>
+          <t>Suggested in Weblate: Не связано</t>
         </is>
       </c>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
-[...2 lines deleted...]
-      <c r="C281" t="inlineStr"/>
+          <t>Search</t>
+        </is>
+      </c>
+      <c r="C281" t="inlineStr">
+        <is>
+          <t>Поиск</t>
+        </is>
+      </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Это имя уже используется.
-Suggested in Weblate: Указанное имя пользователя уже используется.</t>
+          <t>Suggested in Weblate: Поиск</t>
         </is>
       </c>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
-[...2 lines deleted...]
-      <c r="G282" t="inlineStr"/>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G282" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настроить какие наборы включены, удалить или создать новые</t>
+        </is>
+      </c>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
-[...2 lines deleted...]
-      <c r="G283" t="inlineStr"/>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
+        </is>
+      </c>
+      <c r="G283" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Часть обсуждений</t>
+        </is>
+      </c>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="C284" t="inlineStr"/>
+          <t>%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="C284" t="inlineStr">
+        <is>
+          <t>%1 начал голосовой звонок.</t>
+        </is>
+      </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="G284" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="G284" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 начал голосовой звонок.</t>
+        </is>
+      </c>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Имя устройства</t>
+          <t>%1 начал видео звонок.</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Имя устройства</t>
+          <t>Suggested in Weblate: %1 начал видео звонок.</t>
         </is>
       </c>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
-[...2 lines deleted...]
-      <c r="C286" t="inlineStr"/>
+          <t>%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr">
+        <is>
+          <t>%1 начал вызов.</t>
+        </is>
+      </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
-[...2 lines deleted...]
-      <c r="G286" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 начал звонок</t>
+        </is>
+      </c>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
-[...2 lines deleted...]
-      <c r="C287" t="inlineStr"/>
+          <t>%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr">
+        <is>
+          <t>%1 ответил на звонок.</t>
+        </is>
+      </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отменить изменения</t>
+          <t>Suggested in Weblate: %1 ответил на звонок</t>
         </is>
       </c>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Отменить обсуждение</t>
+          <t>Suggested in Weblate: %1 отклонил(а) звонок</t>
         </is>
       </c>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
-[...2 lines deleted...]
-      <c r="G289" t="inlineStr"/>
+          <t>TimelineEvent%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="G289" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 выбрал ответ.</t>
+        </is>
+      </c>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
-[...2 lines deleted...]
-      <c r="C290" t="inlineStr"/>
+          <t>%1 ended the call.</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>%1 завершил вызов.</t>
+        </is>
+      </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
-[...2 lines deleted...]
-      <c r="G290" t="inlineStr"/>
+          <t>TimelineEvent%1 ended the call.</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 завершил звонок.</t>
+        </is>
+      </c>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
-[...2 lines deleted...]
-      <c r="G291" t="inlineStr"/>
+          <t>TimelineEvent%1 is negotiating the call...</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 вызывает...</t>
+        </is>
+      </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
-[...2 lines deleted...]
-      <c r="G292" t="inlineStr"/>
+          <t>TimelineEventAllow them in</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Впустить</t>
+        </is>
+      </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
-[...2 lines deleted...]
-      <c r="G293" t="inlineStr"/>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+        </is>
+      </c>
+      <c r="G293" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Эта комната была заменена по следующей причине: %1</t>
+        </is>
+      </c>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C294" t="inlineStr"/>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
-[...2 lines deleted...]
-      <c r="G294" t="inlineStr"/>
+          <t>TimelineEventGo to replacement room</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перейти в замену</t>
+        </is>
+      </c>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Bad</t>
-[...2 lines deleted...]
-      <c r="C295" t="inlineStr"/>
+          <t>Edited</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr">
+        <is>
+          <t>Изменено</t>
+        </is>
+      </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
-[...2 lines deleted...]
-      <c r="G295" t="inlineStr"/>
+          <t>TimelineMetadataEdited</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменено</t>
+        </is>
+      </c>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
-[...2 lines deleted...]
-      <c r="G296" t="inlineStr"/>
+          <t>TimelineMetadataPart of a thread</t>
+        </is>
+      </c>
+      <c r="G296" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Часть обсуждения</t>
+        </is>
+      </c>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
-[...2 lines deleted...]
-      <c r="G297" t="inlineStr"/>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="G297" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил уровень прав state_default в комнате с %2 на %3.</t>
+        </is>
+      </c>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
-[...2 lines deleted...]
-      <c r="G298" t="inlineStr"/>
+          <t>TimelineModel%n member(s) can now send state events.</t>
+        </is>
+      </c>
+      <c r="G298" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n участник может отправлять события состояния., %n участника могут отправлять события состояния., %n участников могут отправлять события состояния.</t>
+        </is>
+      </c>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Join</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 can now send state events.</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Присоединиться</t>
+          <t>Suggested in Weblate: %1 теперь может отправлять события состояния.</t>
         </is>
       </c>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
-[...2 lines deleted...]
-      <c r="G300" t="inlineStr"/>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+        </is>
+      </c>
+      <c r="G300" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил значение events_default powerlevel для комнаты с %2 на %3. Новые пользователи теперь не могут отправлять события.</t>
+        </is>
+      </c>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
-[...2 lines deleted...]
-      <c r="G301" t="inlineStr"/>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+        </is>
+      </c>
+      <c r="G301" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил значение параметра events_default powerlevel для комнаты с %2 на %3. Теперь новые пользователи могут отправлять события, которые не ограничены другими способами.</t>
+        </is>
+      </c>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
-[...2 lines deleted...]
-      <c r="G302" t="inlineStr"/>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="G302" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил значение параметра events_default powerlevel для комнаты с %2 на %3.</t>
+        </is>
+      </c>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed which servers are allowed in this room.</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr"/>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Закрыть</t>
+          <t>Suggested in Weblate: %1 изменил список серверов, которым разрешено находиться в этой комнате.</t>
         </is>
       </c>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 removed the room name.</t>
+        </is>
+      </c>
+      <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
-[...2 lines deleted...]
-      <c r="G304" t="inlineStr"/>
+          <t>TimelineModel%1 removed the room name.</t>
+        </is>
+      </c>
+      <c r="G304" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 удалил название комнаты.</t>
+        </is>
+      </c>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join a room</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the room name to: %2</t>
+        </is>
+      </c>
+      <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
-[...2 lines deleted...]
-      <c r="G305" t="inlineStr"/>
+          <t>TimelineModel%1 changed the room name to: %2</t>
+        </is>
+      </c>
+      <c r="G305" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил название комнаты на: %2</t>
+        </is>
+      </c>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C306" t="inlineStr"/>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
-[...2 lines deleted...]
-      <c r="G306" t="inlineStr"/>
+          <t>TimelineModel%1 removed the topic.</t>
+        </is>
+      </c>
+      <c r="G306" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 удалил тему.</t>
+        </is>
+      </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C307" t="inlineStr"/>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
-[...2 lines deleted...]
-      <c r="G307" t="inlineStr"/>
+          <t>TimelineModel%1 changed the topic to: %2</t>
+        </is>
+      </c>
+      <c r="G307" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил тему на: %2</t>
+        </is>
+      </c>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
-[...2 lines deleted...]
-      <c r="G308" t="inlineStr"/>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
+        </is>
+      </c>
+      <c r="G308" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 changed the room avatar to: %2</t>
+        </is>
+      </c>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Room directory</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 removed the room avatar.</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
-[...2 lines deleted...]
-      <c r="G309" t="inlineStr"/>
+          <t>TimelineModel%1 removed the room avatar.</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 удалил аватар комнаты.</t>
+        </is>
+      </c>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
-[...2 lines deleted...]
-      <c r="G310" t="inlineStr"/>
+          <t>TimelineModel%1 changed the pinned messages.</t>
+        </is>
+      </c>
+      <c r="G310" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил закрепленные сообщения.</t>
+        </is>
+      </c>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>User settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the addresses for this room.</t>
+        </is>
+      </c>
+      <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
-[...2 lines deleted...]
-      <c r="G311" t="inlineStr"/>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
+        </is>
+      </c>
+      <c r="G311" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил адрес этой комнаты.</t>
+        </is>
+      </c>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Logout</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the parent communities for this room.</t>
+        </is>
+      </c>
+      <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
-[...2 lines deleted...]
-      <c r="G312" t="inlineStr"/>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
+        </is>
+      </c>
+      <c r="G312" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 изменил родительские сообщества для этой комнаты.</t>
+        </is>
+      </c>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
-[...2 lines deleted...]
-      <c r="C313" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C313" t="inlineStr">
+        <is>
+          <t>%1 создал и настроил комнату: %2</t>
+        </is>
+      </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
-[...2 lines deleted...]
-      <c r="G313" t="inlineStr"/>
+          <t>TimelineModel%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="G313" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 создал и настроил комнату: %2</t>
+        </is>
+      </c>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: статус сообщения</t>
+          <t>Suggested in Weblate: %1 меняет неизвестное событие %2.</t>
         </is>
       </c>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>%n hour later</t>
         </is>
       </c>
       <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
-[...2 lines deleted...]
-      <c r="G315" t="inlineStr"/>
+          <t>TimelineModel%n hour(s) later</t>
+        </is>
+      </c>
+      <c r="G315" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n час позже, %n часа позже, %n часов позже</t>
+        </is>
+      </c>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
-[...2 lines deleted...]
-      <c r="G316" t="inlineStr"/>
+          <t>TimelineSectionHeader%1's status message</t>
+        </is>
+      </c>
+      <c r="G316" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: статус %1</t>
+        </is>
+      </c>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C317" t="inlineStr"/>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
-[...2 lines deleted...]
-      <c r="G317" t="inlineStr"/>
+          <t>TimelineViewYou are about to notify the whole room</t>
+        </is>
+      </c>
+      <c r="G317" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы собираетесь оповестить всю комнату</t>
+        </is>
+      </c>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
-[...2 lines deleted...]
-      <c r="G318" t="inlineStr"/>
+          <t>TimelineViewYou will be mentioning %1</t>
+        </is>
+      </c>
+      <c r="G318" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы упомянете %1</t>
+        </is>
+      </c>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C319" t="inlineStr"/>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
-[...2 lines deleted...]
-      <c r="G319" t="inlineStr"/>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+        </is>
+      </c>
+      <c r="G319" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Команда /%1 не распознана и будет отправлена в составе вашего сообщения.</t>
+        </is>
+      </c>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C320" t="inlineStr"/>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
-[...2 lines deleted...]
-      <c r="G320" t="inlineStr"/>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Команда /%1 выглядит неполной. Чтобы отправить её, добавьте пробел в конец сообщения.</t>
+        </is>
+      </c>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
-[...2 lines deleted...]
-      <c r="C321" t="inlineStr"/>
+          <t>No preview available</t>
+        </is>
+      </c>
+      <c r="C321" t="inlineStr">
+        <is>
+          <t>Предварительный просмотр недоступен</t>
+        </is>
+      </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
-[...7 lines deleted...]
-      </c>
+          <t>TimelineViewNo preview available</t>
+        </is>
+      </c>
+      <c r="G321" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Предварительный просмотр недоступен</t>
+        </is>
+      </c>
+      <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>Unverified login</t>
-[...2 lines deleted...]
-      <c r="C322" t="inlineStr"/>
+          <t>Settings</t>
+        </is>
+      </c>
+      <c r="C322" t="inlineStr">
+        <is>
+          <t>Настройки</t>
+        </is>
+      </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
-[...7 lines deleted...]
-      </c>
+          <t>TimelineViewSettings</t>
+        </is>
+      </c>
+      <c r="G322" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройки</t>
+        </is>
+      </c>
+      <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
-[...2 lines deleted...]
-      <c r="C323" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C323" t="inlineStr">
+        <is>
+          <t>%n участник</t>
+        </is>
+      </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
-[...7 lines deleted...]
-      </c>
+          <t>TimelineView%n member(s)</t>
+        </is>
+      </c>
+      <c r="G323" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n участник, %n участника, %n участников
+Suggested in Weblate: %n участник</t>
+        </is>
+      </c>
+      <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>View members of %1</t>
+        </is>
+      </c>
+      <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Закрыть</t>
+          <t>Suggested in Weblate: Просмотреть участников %1</t>
         </is>
       </c>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C325" t="inlineStr"/>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
-[...2 lines deleted...]
-      <c r="G325" t="inlineStr"/>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Эта комната, возможно, недоступна. Если эта комната является частной, вам следует удалить её из этого сообщества.</t>
+        </is>
+      </c>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C326" t="inlineStr"/>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
-[...2 lines deleted...]
-      <c r="G326" t="inlineStr"/>
+          <t>TimelineViewjoin the conversation</t>
+        </is>
+      </c>
+      <c r="G326" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Присоединяйтесь к обсуждению</t>
+        </is>
+      </c>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
-[...2 lines deleted...]
-      <c r="G327" t="inlineStr"/>
+          <t>TimelineViewaccept invite</t>
+        </is>
+      </c>
+      <c r="G327" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: принять приглашение</t>
+        </is>
+      </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
-[...2 lines deleted...]
-      <c r="G328" t="inlineStr"/>
+          <t>TimelineViewdecline invite</t>
+        </is>
+      </c>
+      <c r="G328" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: отклонить приглашение</t>
+        </is>
+      </c>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Настройки комнаты</t>
+          <t>Suggested in Weblate: отклонить приглашение и проигнорировать пользователя</t>
         </is>
       </c>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Leave room</t>
-[...6 lines deleted...]
-      </c>
+          <t>leave</t>
+        </is>
+      </c>
+      <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Покинуть комнату</t>
+          <t>Suggested in Weblate: покинуть</t>
         </is>
       </c>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
-[...2 lines deleted...]
-      <c r="G331" t="inlineStr"/>
+          <t>TimelineViewInvited by %1 (%2)</t>
+        </is>
+      </c>
+      <c r="G331" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Приглашен %1 (%2)</t>
+        </is>
+      </c>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hide invite reason</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
-[...2 lines deleted...]
-      <c r="G332" t="inlineStr"/>
+          <t>TimelineViewHide invite reason</t>
+        </is>
+      </c>
+      <c r="G332" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скрыть причину приглашения</t>
+        </is>
+      </c>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Favourite</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show invite reason</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Избранное</t>
+          <t>Suggested in Weblate: Показать причину приглашения</t>
         </is>
       </c>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Low priority</t>
-[...2 lines deleted...]
-      <c r="C334" t="inlineStr"/>
+          <t>Back to room list</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr">
+        <is>
+          <t>Вернуться к списку комнат</t>
+        </is>
+      </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Низкий приоритет</t>
+          <t>Suggested in Weblate: Вернуться к списку комнат</t>
         </is>
       </c>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Оповещения сервера</t>
+          <t>Suggested in Weblate: В %1</t>
         </is>
       </c>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
-[...2 lines deleted...]
-      <c r="G336" t="inlineStr"/>
+          <t>TopBarShow or hide pinned messages</t>
+        </is>
+      </c>
+      <c r="G336" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать или скрыть закрепленные сообщения</t>
+        </is>
+      </c>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>RoomMembers
-[...3 lines deleted...]
-      <c r="G337" t="inlineStr"/>
+          <t>TopBarShow room members.</t>
+        </is>
+      </c>
+      <c r="G337" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать участников комнаты</t>
+        </is>
+      </c>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20187</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Invite more people</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>RoomMembersInvite more people</t>
-[...2 lines deleted...]
-      <c r="G338" t="inlineStr"/>
+          <t>TopBarThis room contains only verified devices.</t>
+        </is>
+      </c>
+      <c r="G338" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В этой комнате только проверенные устройства.</t>
+        </is>
+      </c>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20195</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Search...</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>RoomMembersSearch...</t>
-[...2 lines deleted...]
-      <c r="G339" t="inlineStr"/>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+        </is>
+      </c>
+      <c r="G339" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В этой комнате проверенные устройства и устройства, у которых никогда не менялся мастер-ключ.</t>
+        </is>
+      </c>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20205</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t xml:space="preserve">Sort by: </t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t xml:space="preserve">RoomMembersSort by: </t>
-[...2 lines deleted...]
-      <c r="G340" t="inlineStr"/>
+          <t>TopBarThis room contains unverified devices!</t>
+        </is>
+      </c>
+      <c r="G340" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В этой комнате есть непроверенные устройства!</t>
+        </is>
+      </c>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
-[...2 lines deleted...]
-      <c r="G341" t="inlineStr"/>
+          <t>TopBarSearch this room</t>
+        </is>
+      </c>
+      <c r="G341" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Поиск в этой комнате</t>
+        </is>
+      </c>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Unpin</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
-[...2 lines deleted...]
-      <c r="G342" t="inlineStr"/>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G342" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Открепить</t>
+        </is>
+      </c>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/TopBar.qml:23185</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t>Enter search query</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t>TopBarEnter search query</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Уровень доступа</t>
+          <t>Suggested in Weblate: Введите текст для поиска</t>
         </is>
       </c>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t xml:space="preserve">
+%n unread message</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
-[...2 lines deleted...]
-      <c r="G344" t="inlineStr"/>
+          <t>TrayIcon
+%n unread message(s)</t>
+        </is>
+      </c>
+      <c r="G344" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 
+%n непрочитанное сообщение, 
+%n непрочитанных сообщения, 
+%n непрочитанных сообщений</t>
+        </is>
+      </c>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
-[...2 lines deleted...]
-      <c r="G345" t="inlineStr"/>
+          <t>UserProfileFailed to ignore "%1": %2</t>
+        </is>
+      </c>
+      <c r="G345" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не удалось проигнорировать "%1": %2</t>
+        </is>
+      </c>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
-[...2 lines deleted...]
-      <c r="G346" t="inlineStr"/>
+          <t>UserProfileChange avatar globally.</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Изменить аватар глобально.
+Suggested in Weblate: Изменить аватар публично.</t>
+        </is>
+      </c>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
-[...2 lines deleted...]
-      <c r="G347" t="inlineStr"/>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Это профиль для комнаты. Отображаемое имя и аватар могут отличаться от публичных.
+Suggested in Weblate: Это профиль для комнаты. Отображаемое имя и аватар могут отличаться от публичных</t>
+        </is>
+      </c>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Room Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unignore the user.</t>
+        </is>
+      </c>
+      <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
-[...2 lines deleted...]
-      <c r="G348" t="inlineStr"/>
+          <t>UserProfileUnignore the user.</t>
+        </is>
+      </c>
+      <c r="G348" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не игнорировать.</t>
+        </is>
+      </c>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
-[...2 lines deleted...]
-      <c r="G349" t="inlineStr"/>
+          <t>UserProfileIgnore the user.</t>
+        </is>
+      </c>
+      <c r="G349" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Игнорировать.
+Suggested in Weblate: Игнорировать пользователя.</t>
+        </is>
+      </c>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
-[...2 lines deleted...]
-      <c r="C350" t="inlineStr"/>
+          <t>Theme</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr">
+        <is>
+          <t>Тема</t>
+        </is>
+      </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
-[...2 lines deleted...]
-      <c r="G350" t="inlineStr"/>
+          <t>UserSettingsModelTheme</t>
+        </is>
+      </c>
+      <c r="G350" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Тема</t>
+        </is>
+      </c>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="C351" t="inlineStr"/>
+          <t>Scale factor</t>
+        </is>
+      </c>
+      <c r="C351" t="inlineStr">
+        <is>
+          <t>Масштаб</t>
+        </is>
+      </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="G351" t="inlineStr"/>
+          <t>UserSettingsModelScale factor</t>
+        </is>
+      </c>
+      <c r="G351" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Масштаб</t>
+        </is>
+      </c>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>%n участник</t>
+          <t>Подсвечивать сообщение на панели</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: , , %n участник</t>
+          <t>Suggested in Weblate: Подсвечивать сообщение при наведении</t>
         </is>
       </c>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C353" t="inlineStr"/>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
-[...2 lines deleted...]
-      <c r="G353" t="inlineStr"/>
+          <t>UserSettingsModelEnable message bubbles</t>
+        </is>
+      </c>
+      <c r="G353" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Включить отображение сообщений в плашках
+Suggested in Weblate: Показывать рамки вокруг сообщений</t>
+        </is>
+      </c>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
-[...2 lines deleted...]
-      <c r="G354" t="inlineStr"/>
+          <t>UserSettingsModelShow images automatically</t>
+        </is>
+      </c>
+      <c r="G354" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Автоматический показ изображений</t>
+        </is>
+      </c>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
-[...2 lines deleted...]
-      <c r="C355" t="inlineStr"/>
+          <t>Typing notifications</t>
+        </is>
+      </c>
+      <c r="C355" t="inlineStr">
+        <is>
+          <t>Сообщать о наборе сообщения</t>
+        </is>
+      </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
-[...2 lines deleted...]
-      <c r="G355" t="inlineStr"/>
+          <t>UserSettingsModelTyping notifications</t>
+        </is>
+      </c>
+      <c r="G355" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показывать статус "собеседник печатает"</t>
+        </is>
+      </c>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="G356" t="inlineStr"/>
+          <t>UserSettingsModelHidden events</t>
+        </is>
+      </c>
+      <c r="G356" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скрытые события</t>
+        </is>
+      </c>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignored users</t>
+        </is>
+      </c>
+      <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: УВЕДОМЛЕНИЯ</t>
+          <t>Suggested in Weblate: Игнорируемые пользователи</t>
         </is>
       </c>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Notifications</t>
-[...6 lines deleted...]
-      </c>
+          <t>Decrypt notifications</t>
+        </is>
+      </c>
+      <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
-[...2 lines deleted...]
-      <c r="G358" t="inlineStr"/>
+          <t>UserSettingsModelDecrypt notifications</t>
+        </is>
+      </c>
+      <c r="G358" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Расшифровывать уведомления</t>
+        </is>
+      </c>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Muted</t>
-[...6 lines deleted...]
-      </c>
+          <t>Display fancy effects such as confetti</t>
+        </is>
+      </c>
+      <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
-[...2 lines deleted...]
-      <c r="G359" t="inlineStr"/>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+        </is>
+      </c>
+      <c r="G359" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показывать эффекты (например конфетти)</t>
+        </is>
+      </c>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>All messages</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reduce or disable animations</t>
+        </is>
+      </c>
+      <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
-[...2 lines deleted...]
-      <c r="G360" t="inlineStr"/>
+          <t>UserSettingsModelReduce or disable animations</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Уменьшить или отключить анимации</t>
+        </is>
+      </c>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
-[...2 lines deleted...]
-      <c r="C361" t="inlineStr"/>
+          <t>Touchscreen mode</t>
+        </is>
+      </c>
+      <c r="C361" t="inlineStr">
+        <is>
+          <t>Сенсорный режим</t>
+        </is>
+      </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
-[...2 lines deleted...]
-      <c r="G361" t="inlineStr"/>
+          <t>UserSettingsModelTouchscreen mode</t>
+        </is>
+      </c>
+      <c r="G361" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Режим сенсорного экрана</t>
+        </is>
+      </c>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
-[...2 lines deleted...]
-      <c r="G362" t="inlineStr"/>
+          <t>UserSettingsModelDisable swipe motions</t>
+        </is>
+      </c>
+      <c r="G362" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отключить жесты смахивания</t>
+        </is>
+      </c>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
-[...2 lines deleted...]
-      <c r="C363" t="inlineStr"/>
+          <t>Font size</t>
+        </is>
+      </c>
+      <c r="C363" t="inlineStr">
+        <is>
+          <t>Размер шрифта</t>
+        </is>
+      </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Разрешить заявки</t>
+          <t>Suggested in Weblate: Размер шрифта</t>
         </is>
       </c>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
-[...2 lines deleted...]
-      <c r="C364" t="inlineStr"/>
+          <t>Microphone</t>
+        </is>
+      </c>
+      <c r="C364" t="inlineStr">
+        <is>
+          <t>Микрофон</t>
+        </is>
+      </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
-[...2 lines deleted...]
-      <c r="G364" t="inlineStr"/>
+          <t>UserSettingsModelMicrophone</t>
+        </is>
+      </c>
+      <c r="G364" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Микрофон</t>
+        </is>
+      </c>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
-[...2 lines deleted...]
-      <c r="C365" t="inlineStr"/>
+          <t>Camera</t>
+        </is>
+      </c>
+      <c r="C365" t="inlineStr">
+        <is>
+          <t>Камера</t>
+        </is>
+      </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
-[...2 lines deleted...]
-      <c r="G365" t="inlineStr"/>
+          <t>UserSettingsModelCamera</t>
+        </is>
+      </c>
+      <c r="G365" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Камера</t>
+        </is>
+      </c>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Change</t>
-[...2 lines deleted...]
-      <c r="C366" t="inlineStr"/>
+          <t>Share keys with verified users and devices</t>
+        </is>
+      </c>
+      <c r="C366" t="inlineStr">
+        <is>
+          <t>Делиться ключами с проверенными участниками и устройствами</t>
+        </is>
+      </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
-[...2 lines deleted...]
-      <c r="G366" t="inlineStr"/>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
+        </is>
+      </c>
+      <c r="G366" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Делиться ключами с проверенными участниками и устройствами
+Suggested in Weblate: Делиться ключами с верифицированными пользователями и устройствами</t>
+        </is>
+      </c>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
-[...2 lines deleted...]
-      <c r="C367" t="inlineStr"/>
+          <t>Device ID</t>
+        </is>
+      </c>
+      <c r="C367" t="inlineStr">
+        <is>
+          <t>ID устройства</t>
+        </is>
+      </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
-[...2 lines deleted...]
-      <c r="G367" t="inlineStr"/>
+          <t>UserSettingsModelDevice ID</t>
+        </is>
+      </c>
+      <c r="G367" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ID устройства
+Suggested in Weblate: Идентификатор устройства</t>
+        </is>
+      </c>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
-[...2 lines deleted...]
-      <c r="C368" t="inlineStr"/>
+          <t>Device Fingerprint</t>
+        </is>
+      </c>
+      <c r="C368" t="inlineStr">
+        <is>
+          <t>Отпечаток устройства</t>
+        </is>
+      </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
-[...2 lines deleted...]
-      <c r="G368" t="inlineStr"/>
+          <t>UserSettingsModelDevice Fingerprint</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отпечаток устройства</t>
+        </is>
+      </c>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
-[...2 lines deleted...]
-      <c r="C369" t="inlineStr"/>
+          <t>GENERAL</t>
+        </is>
+      </c>
+      <c r="C369" t="inlineStr">
+        <is>
+          <t>ГЛАВНОЕ</t>
+        </is>
+      </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
-[...2 lines deleted...]
-      <c r="G369" t="inlineStr"/>
+          <t>UserSettingsModelGENERAL</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ГЛАВНОЕ</t>
+        </is>
+      </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
-[...2 lines deleted...]
-      <c r="G370" t="inlineStr"/>
+          <t>UserSettingsModelACCESSIBILITY</t>
+        </is>
+      </c>
+      <c r="G370" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ДОСТУПНОСТЬ</t>
+        </is>
+      </c>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
-[...2 lines deleted...]
-      <c r="G371" t="inlineStr"/>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ГЛОБАЛЬНАЯ ВИДИМОСТЬ СООБЩЕНИЯ</t>
+        </is>
+      </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
-[...2 lines deleted...]
-      <c r="C372" t="inlineStr"/>
+          <t>CALLS</t>
+        </is>
+      </c>
+      <c r="C372" t="inlineStr">
+        <is>
+          <t>ЗВОНКИ</t>
+        </is>
+      </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
-[...2 lines deleted...]
-      <c r="G372" t="inlineStr"/>
+          <t>UserSettingsModelCALLS</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ЗВОНКИ</t>
+        </is>
+      </c>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
-[...2 lines deleted...]
-      <c r="C373" t="inlineStr"/>
+          <t>ENCRYPTION</t>
+        </is>
+      </c>
+      <c r="C373" t="inlineStr">
+        <is>
+          <t>ШИФРОВАНИЕ</t>
+        </is>
+      </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
-[...2 lines deleted...]
-      <c r="G373" t="inlineStr"/>
+          <t>UserSettingsModelENCRYPTION</t>
+        </is>
+      </c>
+      <c r="G373" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ШИФРОВАНИЕ</t>
+        </is>
+      </c>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
-[...2 lines deleted...]
-      <c r="G374" t="inlineStr"/>
+          <t>UserSettingsModelPeriodically update community routing information</t>
+        </is>
+      </c>
+      <c r="G374" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Регулярно обновлять информацию о маршрутах сообщества
+Suggested in Weblate: Периодически обновлять информацию о маршрутах сообщества</t>
+        </is>
+      </c>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>Periodically delete expired events</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
-[...2 lines deleted...]
-      <c r="G375" t="inlineStr"/>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G375" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Регулярно удалять события с истёкшим сроком</t>
+        </is>
+      </c>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
-[...2 lines deleted...]
-      <c r="C376" t="inlineStr"/>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C376" t="inlineStr">
+        <is>
+          <t>Запускать приложение в фоне, без открытия окна.</t>
+        </is>
+      </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
-[...2 lines deleted...]
-      <c r="G376" t="inlineStr"/>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G376" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Запускать приложение в фоне, без открытия окна.</t>
+        </is>
+      </c>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
-[...2 lines deleted...]
-      <c r="G377" t="inlineStr"/>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G377" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Определяет, должны ли изображения отображаться автоматически. Доступны три варианта: всегда показывать изображения, показывать только в личных комнатах или каждый раз спрашивать разрешение.</t>
+        </is>
+      </c>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
-[...2 lines deleted...]
-      <c r="C378" t="inlineStr"/>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
+        </is>
+      </c>
+      <c r="C378" t="inlineStr">
+        <is>
+          <t>Отображать кнопки быстрого ответа, реакции или предоставления дополнительных опций рядом с каждым сообщением.</t>
+        </is>
+      </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
-[...2 lines deleted...]
-      <c r="G378" t="inlineStr"/>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
+        </is>
+      </c>
+      <c r="G378" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Отображать кнопки быстрого ответа, реакции и опций рядом с каждым сообщением.</t>
+        </is>
+      </c>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>Configure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
-[...2 lines deleted...]
-      <c r="G379" t="inlineStr"/>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G379" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Настройте отображение или скрытие определенных событий, таких как присоединение к комнате.</t>
+        </is>
+      </c>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
-[...2 lines deleted...]
-      <c r="G380" t="inlineStr"/>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
+        </is>
+      </c>
+      <c r="G380" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Расшифровывать сообщения, отображаемые в уведомлениях для зашифрованных чатов.</t>
+        </is>
+      </c>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
-[...2 lines deleted...]
-      <c r="G381" t="inlineStr"/>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
+        </is>
+      </c>
+      <c r="G381" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Выберите, где отображать общее количество уведомлений, содержащихся в сообществе или теге.</t>
+        </is>
+      </c>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
-[...2 lines deleted...]
-      <c r="G382" t="inlineStr"/>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+        </is>
+      </c>
+      <c r="G382" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Некоторые сообщения можно отправлять с визуальными эффектами. Например, сообщения, отправленные с помощью '/confetti', будут отображать конфетти на экране.</t>
+        </is>
+      </c>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
-[...2 lines deleted...]
-      <c r="G383" t="inlineStr"/>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="G383" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nheko использует анимацию для красоты. Это позволяет отключить её, если она вам не нравится.</t>
+        </is>
+      </c>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
-[...2 lines deleted...]
-      <c r="G384" t="inlineStr"/>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+        </is>
+      </c>
+      <c r="G384" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Это предотвратит действия, выполняемые с помощью жестов, таких как свайп влево/вправо между комнатами и лентой новостей, или свайп сообщения для ответа.</t>
+        </is>
+      </c>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr"/>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
-[...2 lines deleted...]
-      <c r="G385" t="inlineStr"/>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G385" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Автоматически предоставляет ключи по запросу других пользователей, если те прошли верификацию - даже если устройство в обычных условиях не должно иметь доступа к этим ключам</t>
+        </is>
+      </c>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
-[...2 lines deleted...]
-      <c r="G386" t="inlineStr"/>
+          <t>UserSettingsModelCommunities sidebar</t>
+        </is>
+      </c>
+      <c r="G386" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Боковая панель сообществ</t>
+        </is>
+      </c>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Show message counts for communities and tags</t>
         </is>
       </c>
       <c r="C387" t="inlineStr"/>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
-[...2 lines deleted...]
-      <c r="G387" t="inlineStr"/>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G387" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показать количество сообщений для сообществ и тегов</t>
+        </is>
+      </c>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C388" t="inlineStr"/>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Шифрование</t>
+          <t>Suggested in Weblate: Установить максимальную ширину сообщений в чате (в пикселях). Это может улучшить читаемость на широких экранах при разворачивании Nheko на весь экран.</t>
         </is>
       </c>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: оконечное шифрование</t>
+          <t>Suggested in Weblate: Показывать столбец с сообществами и тегами рядом со списком комнат.</t>
         </is>
       </c>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C390" t="inlineStr"/>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-[...3 lines deleted...]
-      <c r="G390" t="inlineStr"/>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+        </is>
+      </c>
+      <c r="G390" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Чтобы новые пользователи могли присоединяться к сообществу, оно должно предоставлять участникам информацию о том, какие серверы задействованы в комнате. Поскольку состав участников комнаты может меняться со временем, эту информацию необходимо периодически обновлять. Данная настройка включает фоновую задачу, которая делает это автоматически.</t>
+        </is>
+      </c>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>Permissions</t>
-[...6 lines deleted...]
-      </c>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+        </is>
+      </c>
+      <c r="C391" t="inlineStr"/>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
-[...2 lines deleted...]
-      <c r="G391" t="inlineStr"/>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Регулярно удалять просроченные события в соответствии с настройками срока хранения событий. Поскольку в настоящее время эта операция не выполняется на стороне сервера, необходимо, чтобы хотя бы один клиент регулярно выполнял её.</t>
+        </is>
+      </c>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C392" t="inlineStr"/>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
-[...2 lines deleted...]
-      <c r="G392" t="inlineStr"/>
+          <t>UserSettingsModelManage your ignored users.</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Управляйте пользователями, которых вы игнорируете.</t>
+        </is>
+      </c>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Aliases</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C393" t="inlineStr"/>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
-[...2 lines deleted...]
-      <c r="G393" t="inlineStr"/>
+          <t>UserSettingsModelAlways</t>
+        </is>
+      </c>
+      <c r="G393" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Всегда</t>
+        </is>
+      </c>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C394" t="inlineStr"/>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
-[...2 lines deleted...]
-      <c r="G394" t="inlineStr"/>
+          <t>UserSettingsModelOnly in private rooms</t>
+        </is>
+      </c>
+      <c r="G394" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Только в личных сообщениях</t>
+        </is>
+      </c>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C395" t="inlineStr"/>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
-[...2 lines deleted...]
-      <c r="G395" t="inlineStr"/>
+          <t>UserSettingsModelNever</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Никогда</t>
+        </is>
+      </c>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C396" t="inlineStr"/>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
-[...2 lines deleted...]
-      <c r="G396" t="inlineStr"/>
+          <t>UserSettingsModelSystem emoji font</t>
+        </is>
+      </c>
+      <c r="G396" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Системный шрифт эмодзи</t>
+        </is>
+      </c>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Open Sessions File</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>ИНФОРМАЦИЯ</t>
+          <t>Открыть файл сеансов</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
-[...2 lines deleted...]
-      <c r="G397" t="inlineStr"/>
+          <t>UserSettingsModelOpen Sessions File</t>
+        </is>
+      </c>
+      <c r="G397" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Открыть файл сеансов</t>
+        </is>
+      </c>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Внутренний ID</t>
+          <t>Ошибка</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G398" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Внутренний идентификатор</t>
+          <t>Suggested in Weblate: Ошибка</t>
         </is>
       </c>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
-[...2 lines deleted...]
-      <c r="C399" t="inlineStr"/>
+          <t>The password cannot be empty</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr">
+        <is>
+          <t>Пароль не может быть пустым</t>
+        </is>
+      </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
-[...2 lines deleted...]
-      <c r="G399" t="inlineStr"/>
+          <t>UserSettingsModelThe password cannot be empty</t>
+        </is>
+      </c>
+      <c r="G399" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пароль не может быть пустым</t>
+        </is>
+      </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Room Version</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C400" t="inlineStr"/>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
-[...2 lines deleted...]
-      <c r="G400" t="inlineStr"/>
+          <t>UserSettingsModelRepeat File Password</t>
+        </is>
+      </c>
+      <c r="G400" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пароль для повторения файла</t>
+        </is>
+      </c>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C401" t="inlineStr"/>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
-[...2 lines deleted...]
-      <c r="G401" t="inlineStr"/>
+          <t>UserSettingsModelRepeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="G401" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Повторите кодовую фразу:</t>
+        </is>
+      </c>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C402" t="inlineStr"/>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
-[...2 lines deleted...]
-      <c r="G402" t="inlineStr"/>
+          <t>UserSettingsModelPasswords don't match</t>
+        </is>
+      </c>
+      <c r="G402" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пароли не совпадают</t>
+        </is>
+      </c>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
-[...2 lines deleted...]
-      <c r="C403" t="inlineStr"/>
+          <t>File to save the exported session keys</t>
+        </is>
+      </c>
+      <c r="C403" t="inlineStr">
+        <is>
+          <t>Файл для сохранения экспортированных ключей сеанса</t>
+        </is>
+      </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Приглашение на рассмотрении.
-Suggested in Weblate: Приглашение отправлено.</t>
+          <t>Suggested in Weblate: Файл для сохранения экспортированных ключей сеанса</t>
         </is>
       </c>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C404" t="inlineStr"/>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G404" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Эта комната, возможно, недоступна</t>
+          <t>Suggested in Weblate: НАСТРОЙКА</t>
         </is>
       </c>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
-[...2 lines deleted...]
-      <c r="G405" t="inlineStr"/>
+          <t>WaitingWaiting for other party…</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ожидание другой стороны…</t>
+        </is>
+      </c>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C406" t="inlineStr"/>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
-[...2 lines deleted...]
-      <c r="G406" t="inlineStr"/>
+          <t>WelcomePageReduce animations</t>
+        </is>
+      </c>
+      <c r="G406" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Меньше анимаций</t>
+        </is>
+      </c>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
-[...2 lines deleted...]
-      <c r="G407" t="inlineStr"/>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="G407" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В Nheko анимация используется в нескольких местах для красоты. Это позволяет отключить её, если она вам не нравится.</t>
+        </is>
+      </c>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
-[...2 lines deleted...]
-      <c r="C408" t="inlineStr"/>
+          <t>People</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr">
+        <is>
+          <t>Люди</t>
+        </is>
+      </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
-[...2 lines deleted...]
-      <c r="G408" t="inlineStr"/>
+          <t>emoji-catagoryPeople</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Люди</t>
+        </is>
+      </c>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
-[...2 lines deleted...]
-      <c r="C409" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C409" t="inlineStr">
+        <is>
+          <t>Природа</t>
+        </is>
+      </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
-[...2 lines deleted...]
-      <c r="G409" t="inlineStr"/>
+          <t>emoji-catagoryNature</t>
+        </is>
+      </c>
+      <c r="G409" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Природа</t>
+        </is>
+      </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Method:</t>
-[...2 lines deleted...]
-      <c r="C410" t="inlineStr"/>
+          <t>Food</t>
+        </is>
+      </c>
+      <c r="C410" t="inlineStr">
+        <is>
+          <t>Еда</t>
+        </is>
+      </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
-[...2 lines deleted...]
-      <c r="G410" t="inlineStr"/>
+          <t>emoji-catagoryFood</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Еда</t>
+        </is>
+      </c>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Request screencast</t>
-[...2 lines deleted...]
-      <c r="C411" t="inlineStr"/>
+          <t>Activity</t>
+        </is>
+      </c>
+      <c r="C411" t="inlineStr">
+        <is>
+          <t>Активности</t>
+        </is>
+      </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
-[...2 lines deleted...]
-      <c r="G411" t="inlineStr"/>
+          <t>emoji-catagoryActivity</t>
+        </is>
+      </c>
+      <c r="G411" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Активности</t>
+        </is>
+      </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
-[...2 lines deleted...]
-      <c r="C412" t="inlineStr"/>
+          <t>Travel</t>
+        </is>
+      </c>
+      <c r="C412" t="inlineStr">
+        <is>
+          <t>Путешествие</t>
+        </is>
+      </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
-[...2 lines deleted...]
-      <c r="G412" t="inlineStr"/>
+          <t>emoji-catagoryTravel</t>
+        </is>
+      </c>
+      <c r="G412" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Путешествия</t>
+        </is>
+      </c>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
-[...2 lines deleted...]
-      <c r="C413" t="inlineStr"/>
+          <t>Objects</t>
+        </is>
+      </c>
+      <c r="C413" t="inlineStr">
+        <is>
+          <t>Предметы</t>
+        </is>
+      </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G413" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Сбой подключения к секретному хранилищу
-Suggested in Weblate: Не удалось подключиться к защищённому хранилищу</t>
+          <t>Suggested in Weblate: Предметы</t>
         </is>
       </c>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
-[...2 lines deleted...]
-      <c r="C414" t="inlineStr"/>
+          <t>Symbols</t>
+        </is>
+      </c>
+      <c r="C414" t="inlineStr">
+        <is>
+          <t>Символы</t>
+        </is>
+      </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G414" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nheko не может подключиться к безопасному хранилищу, чтобы сохранить ключи шифрования. Проверьте, что сервис D-Bus работает и Вы настроили сервис KWallet, Gnome Keyring, KeePassXC или любой аналогичный. Если ошибка сохраняется, не стесняйтесь открыть issue здесь: https://github.com/Nheko-Reborn/nheko/issues
-Suggested in Weblate: Nheko не удалось подключиться к защищённому хранилищу, чтобы поместить ключи шифрования. Проверьте, что D-Bus запущен и Вы правильным образом настроили необходимую службу (KWallet, Gnome Keyring, KeePassXC или аналогичную). Если ошибка не исчезла, Вы можете описать проблему по адресу: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Suggested in Weblate: Символы</t>
         </is>
       </c>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
-[...2 lines deleted...]
-      <c r="C415" t="inlineStr"/>
+          <t>Flags</t>
+        </is>
+      </c>
+      <c r="C415" t="inlineStr">
+        <is>
+          <t>Флаги</t>
+        </is>
+      </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
-[...2 lines deleted...]
-      <c r="G415" t="inlineStr"/>
+          <t>emoji-catagoryFlags</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Флаги</t>
+        </is>
+      </c>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
-[...2 lines deleted...]
-      <c r="G416" t="inlineStr"/>
+          <t>macosNotificationMessage contains spoiler.</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Сообщение содержит спойлер.</t>
+        </is>
+      </c>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C417" t="inlineStr"/>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G417" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не удалось включить шифрование: %1</t>
+          <t>Suggested in Weblate: Вы отправили спойлер.</t>
         </is>
       </c>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C418" t="inlineStr"/>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
-[...2 lines deleted...]
-      <c r="G418" t="inlineStr"/>
+          <t>message-description sent:%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отправил спойлер.</t>
+        </is>
+      </c>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Hello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckHello and welcome to Matrix!
-[...3 lines deleted...]
-      <c r="G419" t="inlineStr"/>
+          <t>message-description sent:You sent a chat effect</t>
+        </is>
+      </c>
+      <c r="G419" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вы отправили эффект чата</t>
+        </is>
+      </c>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17599</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Activate Encryption</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C420" t="inlineStr"/>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckActivate Encryption</t>
-[...2 lines deleted...]
-      <c r="G420" t="inlineStr"/>
+          <t>message-description sent:%1 sent a chat effect</t>
+        </is>
+      </c>
+      <c r="G420" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 отправил эффект чата</t>
+        </is>
+      </c>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17608</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-[...3 lines deleted...]
-      <c r="G421" t="inlineStr"/>
+          <t>message-description sent:* %1 spoils something.</t>
+        </is>
+      </c>
+      <c r="G421" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: * %1 что-то раскрывает.</t>
+        </is>
+      </c>
       <c r="H421" t="inlineStr"/>
-    </row>
-[...7528 lines deleted...]
-      <c r="H680" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>