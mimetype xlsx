--- v0 (2025-12-05)
+++ v1 (2026-03-18)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1136,28492 +1136,28643 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Henüz listede olmayan ek odalar girin…</t>
         </is>
       </c>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 ve %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 ve %n diğer</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 ve diğer %n, %1 ve %n diğerleri</t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Boş Oda</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Görüntülü Görüşme</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Sesli Arama</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Mikrofon bulunamadı.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bulunan mikrofon yok.</t>
         </is>
       </c>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Görüntülü Görüşme</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Sesli Arama</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Cihazlar</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Aygıtlar</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Kabul et</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Mikrofon bulunamadı.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bulunan mikrofon yok.</t>
         </is>
       </c>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Bilinmeyen mikrofon: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Bilinmeyen kamera: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Reddet</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Bütün ekran</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Kullanıcı davet edilemedi: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Kullanıcı davet edildi: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%1 odasında %n okunmamış mesaj
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: %1 odasında %n okunmamış ileti
 </t>
         </is>
       </c>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Çıkışı onayla</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Oturumu kapatmayı onayla</t>
         </is>
       </c>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Diskinizdeki önbelleğin versiyonu Nheko'nun desteklediğinden daha yeni. Lütfen Nheko'yu güncelleyin ya da önbelleğinizi temizleyin.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Diskinizdeki önbellek sürümü Nheko’nun desteklediğinden daha yeni. Lütfen Nheko’yu güncelleyin veya önbelleğinizi temizleyin.</t>
         </is>
       </c>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Veritabanı açılamadı, çıkış yapılıyor!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Veritabanı açılamadı, oturum kapatılıyor!</t>
         </is>
       </c>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Oda kapısını tıklat</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>%1'in kapısını tıklatmak istediğinize emin misiniz? İsterseniz diğerlerinin tıklatmanızı kabul etmeleri için bir sebep de yazabilirsiniz:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 kapısını tıklatmak istediğinizden emin misiniz? İsterseniz diğerlerinin tıklatmanızı kabul etmeleri için bir sebep de yazabilirsiniz:</t>
         </is>
       </c>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Odanın kapısı tıklatılamadı: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Oda oluşturma başarısız: Hatalı Adres</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Oda oluşturma başarısız: Hatalı adres</t>
         </is>
       </c>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>%1 odası oluşturuldu.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Daveti onayla</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>%1 (%2) adlı kişiyi davet etmek istediğinize emin misiniz?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 (%2) adlı kişiyi davet etmek istediğinizden emin misiniz?</t>
         </is>
       </c>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>%1 adlı kişi %2'ye davet edilemedi: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 adlı kişi %2 odasına davet edilemedi: %3</t>
         </is>
       </c>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Kullanıcı atıldı: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>%1 adlı kişi %2'den yasaklanamadı: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 adlı kişi %2 odasından yasaklanamadı: %3</t>
         </is>
       </c>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Kullanıcı yasaklandı: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Yasak kaldırmayı onayla</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>%1 (%2) adlı kişinin yasağını kaldırmak istediğinizden emin misiniz?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>%2'de %1 adlı kişinin yasağı kaldırılamadı: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %2 odasında %1 adlı kişinin yasağı kaldırılamadı: %3</t>
         </is>
       </c>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Yasak kaldırıldı: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>%1 adlı kişiyle özel konuşma başlatmak istediğinize emin misiniz?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 adlı kişiyle özel konuşma başlatmak istediğinizden emin misiniz?</t>
         </is>
       </c>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Önbellek transferi başarısız!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Önbellek aktarımı başarısız!</t>
         </is>
       </c>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Nheko, şu sebeplerden dolayı sizi giriş sayfasına yönlendiriyor:
 %1
 Eğer bunun bir hata olduğunu düşünüyorsanız Nheko'yu kapatabilir ve şifreleme anahtarlarınızı kurtarmaya çalışabilirsiniz. Giriş sayfasına yönlendirildiğinizde tekrar her zamanki gibi giriş yapabilirsiniz.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Nheko, şu sebeplerden dolayı sizi giriş sayfasına yönlendiriyor:
 %1
 Eğer bunun bir hata olduğunu düşünüyorsanız Nheko’yu kapatabilir ve şifreleme anahtarlarınızı kurtarmaya çalışabilirsiniz. Giriş sayfasına yönlendirildiğinizde tekrar her zamanki gibi oturum açabilirsiniz.</t>
         </is>
       </c>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Önbelleği şu anki sürüme taşıma işlemi başarısız oldu. Bunun birden çok sebebi olabilir. Lütfen https://github.com/Nheko-Reborn/nheko linkinden bir hata kaydı oluşturun ve geçici bir süreliğine eski bir versiyonu kullanmayı deneyin. Alternatif olarak önbelleği manuel olarak silmeyi deneyebilirsiniz.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Önbelleği şu anki sürüme taşıma işlemi başarısız oldu. Bunun birden çok sebebi olabilir. Lütfen https://github.com/Nheko-Reborn/nheko linkinden bir hata kaydı oluşturun ve geçici bir süreliğine eski bir sürümü kullanmayı deneyin. Alternatif olarak, önbelleği elle silmeyi deneyebilirsiniz.</t>
         </is>
       </c>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Uyumsuz önbellek versiyonu</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Uyumsuz önbellek sürümü</t>
         </is>
       </c>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>OLM hesabınız yüklenemedi. Lütfen tekrar giriş yapın.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>Suggested in Weblate: OLM hesabınız yüklenemedi. Lütfen tekrar oturum açın.
 Suggested in Weblate: OLM hesabınız geri yüklenemedi. Lütfen tekrar giriş yapın.</t>
         </is>
       </c>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Kayıtlı veriler yüklenemedi. Lütfen tekrar giriş yapın.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Kayıtlı veriler geri yüklenemedi. Lütfen tekrar oturum açın.</t>
         </is>
       </c>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Şifreleme anahtarları oluşturulamadı. Sunucunun yanıtı: %1 %2. Lütfen daha sonra tekrar deneyin.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Lütfen tekrar giriş yapmayı deneyin: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>%1 adlı odaya katılamadınız. Diğerlerinin sizi içeri alması için kapı tıklatmayı deneyebilirsiniz. Şimdi denemek ister misiniz?
 İsterseniz diğerlerinin sizi kabul etmesi için bir sebep de sunabilirsiniz:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Odaya katılınamadı: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Davet kaldırılamadı: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Oda oluşturma başarısız: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Odadan ayrılma başarısız: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Atmak için sebep</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>%1 (%2) adlı kişiyi atmak için bir sebep girin ya da enter tuşuna basarak boş bırakın:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>%1 adlı kişi %2'den atılamadı: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Yasaklama sebebi</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>%1 (%2) adlı kişiyi yasaklamak için bir sebep girin ya da enter tuşuna basarak boş bırakın:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Ağ bağlantısı kurulamadı</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;mesaj&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;metin&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!odaid|#adres&gt; [sebep]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!odaid|#adres&gt; [sebep]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [sebep]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [sebep]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$olayid|@kullaniciid&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;görünürisim&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [mesaj]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;mesaj&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;mesaj&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;mesaj&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;mesaj&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;mesaj&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;mesaj&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;mesaj&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [mesaj]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/invite &lt;@kullaniciid&gt; [sebep]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@kullaniciid&gt; [sebep]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@kullaniciid&gt; [sebep]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@kullaniciid&gt; [sebep]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;mesaj referansı&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Bir eylem belirten mesaj gönderin.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Bir mesaja yanıt verirken &lt;metin&gt;'i tepki olarak gönderin.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Bir odaya katıl. Sebep isteğe bağlı.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Bir odaya katılmak için izin iste. Sebep isteğe bağlı.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Bir odadan ayrıl. Sebep isteğe bağlı.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Bir kullanıcıyı şu anki odaya davet et. Sebep isteğe bağlı.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Bu odadaki görünür adınızı değiştirin.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>İsteğe bağlı bir mesajla ¯\_(ツ)_/¯.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Bu odanın yerel önbellekte tutulan mesajlarını temizle.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Bu odanın durumunu yenile.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Şu anki simetrik şifreleme anahtarını döndür.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Markdown ile formatlanmış bir mesaj gönderin (küresel ayarları gözardı ederek).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>/md'ye kıyasla çoğu uzantıyı devre dışı bırakan commonmark bir mesaj gönderin.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Formatlanmamış bir mesaj gönderin (küresel ayarları gözardı ederek).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Gökkuşağı renklerinde bir mesaj gönderin.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Gökkuşağı renklerinde /me komutu gönderin.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Bir bot mesajı gönderin.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Gökkuşağı renklerinde bir bot mesajı gönderin.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Konfetili bir mesaj gönderin.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Gökkuşağı renklerinde konfetili bir mesaj gönderin.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Bir olay IDsi, indis veya matrix: linki ile belirli bir mesaja gidin</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Bu odayı bir direkt konuşmaya çevir.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Bu direkt konuşmayı bir odaya çevir.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Genişlet</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Daralt</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Bu topluluk veya etiket için bildirim sayısını gösterme.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Varsayılan olarak bu etikete sahip ya da bu topluluktan gelen odaları gizle.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Tüm odalar</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Tüm odaları filtresiz göster.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Direkt Konuşmalar</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Direkt konuşmaları göster.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Favoriler</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Favoriye aldığınız odalar.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Düşük Öncelik</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Düşük öncelikli odalar.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Sunucu Bildirileri</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Sunucunuzdan ya da yöneticinizden gelen mesajlar.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Topluluk güncellenemedi: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Oda topluluktan silinemedi: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Oda için topluluk güncellenemedi: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Topluluk, odadan kaldırılamadı: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Topluluğa katılmayı onayla</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Odaya katılmayı onayla</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n üye</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Bu odaya direkt olarak katılamazsınız. Ama yine de odanın kapısını tıklatabilir ve oda üyelerinden giriş izni isteyebilirsiniz. İsterseniz aşağıdan bir sebep de belirtebilirsiniz:</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Bu odaya katılmak istiyor musunuz? İsterseniz aşağıdan bir sebep belirtebilirsiniz:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Kapıyı tıklat</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Katıl</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Direkt Sohbet Oluştur</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Davet edilecek kullanıcı</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@kullanici:sunucu.tld</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Şifreleme</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Yeni Topluluk</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Yeni Oda</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>İsim</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>İsimsiz</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Konu</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Konu yok</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Herkese Açık</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Herkese açık odalara herkes katılabilir; Gizli odalara katılmak için davet gereklidir.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Güvenildi</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Bütün davetlilere oda yapımcısıyla aynı yetkiler verilir</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Şifreleme</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Dikkat: Şifreleme devre dışı bırakılamaz</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Oda Oluştur</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Gizli anahtarları deşifre et</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Gizli anahtarlarınızı kurtarmak için anahtarınızı ya da parolanızı girin:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Gizli anahtarlarınızı kurtarmak için anahtarınızı ya da %1 adlı parolanızı girin:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Şifre çözme başarısız</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Verilen kurtarma anahtarı veya parolayla gizli anahtarların şifresi çözülemedi</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Doğrulama Kodu</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Lütfen emoji kullanarak doğrulayın. Her iki tarafta da aynı emojileri görmeniz lazım. Eğer aynı değillerse, lütfen 'Eşleşmiyorlar!' düğmesine basıp doğrulamayı iptal edin!</t>
         </is>
       </c>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Eşleşmiyorlar!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Eşleşiyorlar!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Doğrulama Kodu</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Lütfen emoji kullanarak doğrulayın. Her iki tarafta da aynı emojileri görmeniz lazım. Eğer aynı değillerse, lütfen 'Eşleşmiyorlar!' düğmesine basıp doğrulamayı iptal edin!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Görünen emojiler fontlar yüzünden farklı programlarda farklı biçimde görünebilir. Aynı şekilde başka dillere de çevrilmiş olabilirler. Yine de 64 farklı obje veya hayvanlardan oluşmalılar. Örnek olarak bir aslan ve kedi emojisi farklı, fakat bir kedinin kafasının veya bütün vücudunun görünmesi aynıdır.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Eşleşmiyorlar!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Eşleşiyorlar!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Bu mesajı çözmek için anahtar yok. Anahtarı otomatik olarak talep ettik ama sabırsızlanıyorsanız yine de tekrar istemeyi deneyebilirsiniz.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Bu mesaj çözülemedi çünkü sadece yeni mesajlar için anahtarımız var. Bu mesaj için erişim istemeyi deneyebilirsiniz.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Şifreleme anahtarlarını veritabanından okurken bir hata oluştu.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Bu mesajı çözmede bir hata oluştu.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>İleti ayrıştırılamadı.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Şifreleme anahtarı tekrar kullanıldı! Birileri bu sohbete sahte mesajlar yerleştirmeye çalışıyor olabilir!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Bilinmeyen şifre çözme hatası</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Anahtar talep et</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 uçtan uça şifrelmeyi aktive etti</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Şifreleme, mesajlarınızı sadece gönderen kişinin okumasını sağlayarak daha güvenli hale getirir. Ekstra güvenlik için, eğer doğru kişiyle konuştuğunuza emin olmak istiyorsanız, onları gerçek hayatta doğrulayabilirsiniz.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Bu mesaj şifreli değil!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Doğrulanmış bir cihaz tarafından şifrelendi</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Doğrulanmamış bir cihaz tarafından şifrelendi, fakat bu kullanıcıya şu ana kadar güvendiniz.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Doğrulanmış bir cihaz tarafından şifrelendi</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Doğrulama başarısız</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Diğer kullanıcı bizim doğrulama protokolümüzü desteklemiyor.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Anahtar uyuşmazlığı tespit edildi!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Cihaz doğrulaması zaman aşımına uğradı.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Diğer taraf doğrulamayı iptal etti.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Doğrulama mesajları hatalı sırayla alındı!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Bilinmeyen doğrulama hatası.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Kapat</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr"/>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>İlet</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr"/>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr"/>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
+          <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+          <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr"/>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr"/>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr"/>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr"/>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr"/>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr"/>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr"/>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Remove</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackSettingsDialogRemove</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
-[...2 lines deleted...]
-      <c r="C292" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>Kapat</t>
+        </is>
+      </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
-[...2 lines deleted...]
-      <c r="G292" t="inlineStr"/>
+          <t>ImagePackSettingsDialogClose</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kapat</t>
+        </is>
+      </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C294" t="inlineStr"/>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>InviteDialog
-Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
+          <t>InviteDialogSearch user</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12988</t>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Search on Server</t>
+          <t>@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>InviteDialogSearch on Server</t>
+          <t>InviteDialog
+Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr"/>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
-[...6 lines deleted...]
-      </c>
+          <t>Room ID or alias</t>
+        </is>
+      </c>
+      <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
-[...6 lines deleted...]
-      </c>
+          <t>JoinRoomDialogRoom ID or alias</t>
+        </is>
+      </c>
+      <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
-[...2 lines deleted...]
-      <c r="C306" t="inlineStr"/>
+          <t>Join</t>
+        </is>
+      </c>
+      <c r="C306" t="inlineStr">
+        <is>
+          <t>Katıl</t>
+        </is>
+      </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
-[...2 lines deleted...]
-      <c r="G306" t="inlineStr"/>
+          <t>JoinRoomDialogJoin</t>
+        </is>
+      </c>
+      <c r="G306" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Katıl</t>
+        </is>
+      </c>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr"/>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr"/>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr"/>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr"/>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr"/>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr"/>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr"/>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr"/>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr"/>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="C326" t="inlineStr"/>
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...29 lines deleted...]
-      </c>
+      <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
-[...2 lines deleted...]
-      <c r="G327" t="inlineStr"/>
+          <t>LoginPagePassword</t>
+        </is>
+      </c>
+      <c r="G327" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: şifre</t>
+        </is>
+      </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Homeserver address</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>The address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>LoginPageThe address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>LoginPageyourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13673</t>
+          <t>../qml/pages/LoginPage.qml:13653</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>The address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C334" t="inlineStr"/>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>LoginPageLOGIN</t>
+          <t>LoginPageThe address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageInputStickers</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
-[...2 lines deleted...]
-      <c r="G347" t="inlineStr"/>
+          <t>MessageInputEmoji</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: emoji</t>
+        </is>
+      </c>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
+          <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr"/>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
+          <t>MessageView&amp;Pin</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
+          <t>MessageView&amp;Read receipts</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr"/>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr"/>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr"/>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
-[...6 lines deleted...]
-      </c>
+          <t>Start verification</t>
+        </is>
+      </c>
+      <c r="C390" t="inlineStr"/>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
-[...6 lines deleted...]
-      </c>
+          <t>NewVerificationRequestStart verification</t>
+        </is>
+      </c>
+      <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
-[...2 lines deleted...]
-      <c r="C391" t="inlineStr"/>
+          <t>Accept</t>
+        </is>
+      </c>
+      <c r="C391" t="inlineStr">
+        <is>
+          <t>Kabul et</t>
+        </is>
+      </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
-[...2 lines deleted...]
-      <c r="G391" t="inlineStr"/>
+          <t>NewVerificationRequestAccept</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kabul et</t>
+        </is>
+      </c>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C392" t="inlineStr"/>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>NotificationsManager
-Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
+          <t>NotificationsManager%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15031</t>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
-          <t>%1 replied: %2</t>
+          <t>%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="C393" t="inlineStr"/>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
           <t>NotificationsManager
-Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
+Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15030</t>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
-          <t>%1 replied with an encrypted message</t>
+          <t>%1 replied: %2</t>
         </is>
       </c>
       <c r="C394" t="inlineStr"/>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied with an encrypted message</t>
+          <t>NotificationsManager
+Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr"/>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr"/>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr"/>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Place a call to %1?</t>
+        </is>
+      </c>
+      <c r="C398" t="inlineStr"/>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
-[...6 lines deleted...]
-      </c>
+          <t>PlaceCallPlace a call to %1?</t>
+        </is>
+      </c>
+      <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
-[...2 lines deleted...]
-      <c r="C399" t="inlineStr"/>
+          <t>No microphone found.</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr">
+        <is>
+          <t>Mikrofon bulunamadı.</t>
+        </is>
+      </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
-[...2 lines deleted...]
-      <c r="G399" t="inlineStr"/>
+          <t>PlaceCallNo microphone found.</t>
+        </is>
+      </c>
+      <c r="G399" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mikrofon bulunamadı.</t>
+        </is>
+      </c>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr"/>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr"/>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr"/>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr"/>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr"/>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr"/>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr"/>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
       <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr"/>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
-[...2 lines deleted...]
-      <c r="G411" t="inlineStr"/>
+          <t>PowerLevelEditorAdministrator (%1)</t>
+        </is>
+      </c>
+      <c r="G411" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: </t>
+        </is>
+      </c>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr"/>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr"/>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr"/>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr"/>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
-[...6 lines deleted...]
-      </c>
+          <t>Add event type</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelEditorAdd event type</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr"/>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
-[...2 lines deleted...]
-      <c r="C418" t="inlineStr"/>
+          <t>Add</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr">
+        <is>
+          <t>Ekle</t>
+        </is>
+      </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
-[...2 lines deleted...]
-      <c r="G418" t="inlineStr"/>
+          <t>PowerLevelEditorAdd</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ekle</t>
+        </is>
+      </c>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr"/>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr"/>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr"/>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr"/>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr"/>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr"/>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr"/>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr"/>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
       <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr"/>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr"/>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr"/>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr"/>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr"/>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr"/>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr"/>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr"/>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr"/>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr"/>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr"/>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr"/>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr"/>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr"/>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr"/>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr"/>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr"/>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr"/>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr"/>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr"/>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr"/>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr"/>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr"/>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr"/>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr"/>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr"/>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr"/>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr"/>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr"/>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr"/>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr"/>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr"/>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr"/>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr"/>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr"/>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr"/>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr"/>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr"/>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr"/>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr"/>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr"/>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr"/>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr"/>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr"/>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr"/>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr"/>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr"/>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr"/>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr"/>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr"/>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr"/>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr"/>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr"/>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr"/>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr"/>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr"/>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr"/>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr"/>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr"/>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr"/>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr"/>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr"/>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageUsername</t>
+        </is>
+      </c>
+      <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr"/>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr"/>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr"/>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="G508" t="inlineStr"/>
+          <t>RegisterPagePassword</t>
+        </is>
+      </c>
+      <c r="G508" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: şifre</t>
+        </is>
+      </c>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr"/>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr"/>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr"/>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Device name</t>
+        </is>
+      </c>
+      <c r="C512" t="inlineStr"/>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageDevice name</t>
+        </is>
+      </c>
+      <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr"/>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr"/>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
-[...2 lines deleted...]
-      <c r="C515" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C515" t="inlineStr">
+        <is>
+          <t>Kapat</t>
+        </is>
+      </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
-[...2 lines deleted...]
-      <c r="G515" t="inlineStr"/>
+          <t>ReplyPopupClose</t>
+        </is>
+      </c>
+      <c r="G515" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kapat</t>
+        </is>
+      </c>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C516" t="inlineStr"/>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C517" t="inlineStr"/>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr"/>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
-[...6 lines deleted...]
-      </c>
+          <t>Serious</t>
+        </is>
+      </c>
+      <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReportMessageSerious</t>
+        </is>
+      </c>
+      <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr"/>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
-[...2 lines deleted...]
-      <c r="C528" t="inlineStr"/>
+          <t>Join</t>
+        </is>
+      </c>
+      <c r="C528" t="inlineStr">
+        <is>
+          <t>Katıl</t>
+        </is>
+      </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
-[...2 lines deleted...]
-      <c r="G528" t="inlineStr"/>
+          <t>RoomDirectoryJoin</t>
+        </is>
+      </c>
+      <c r="G528" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Katıl</t>
+        </is>
+      </c>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open</t>
+        </is>
+      </c>
+      <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomDirectoryOpen</t>
+        </is>
+      </c>
+      <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr"/>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr"/>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
-[...2 lines deleted...]
-      <c r="C532" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C532" t="inlineStr">
+        <is>
+          <t>Kapat</t>
+        </is>
+      </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
-[...2 lines deleted...]
-      <c r="G532" t="inlineStr"/>
+          <t>RoomDirectoryClose</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kapat</t>
+        </is>
+      </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr"/>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr"/>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr"/>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr"/>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr"/>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr"/>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr"/>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr"/>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr"/>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr"/>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr"/>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr"/>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr"/>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr"/>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
-      <c r="H550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Encryption not set up</t>
+        </is>
+      </c>
+      <c r="C551" t="inlineStr"/>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
-[...7 lines deleted...]
-      <c r="H551" t="inlineStr"/>
+          <t>RoomListEncryption not set up</t>
+        </is>
+      </c>
+      <c r="G551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr"/>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr"/>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
-[...2 lines deleted...]
-      <c r="C554" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C554" t="inlineStr">
+        <is>
+          <t>Kapat</t>
+        </is>
+      </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
-[...2 lines deleted...]
-      <c r="G554" t="inlineStr"/>
+          <t>RoomListClose</t>
+        </is>
+      </c>
+      <c r="G554" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kapat</t>
+        </is>
+      </c>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr"/>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr"/>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr"/>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr"/>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr"/>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr"/>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListLeave room</t>
+        </is>
+      </c>
+      <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr"/>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListCopy room link</t>
+        </is>
+      </c>
+      <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr"/>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListTag room as:</t>
+        </is>
+      </c>
+      <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr"/>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
-[...2 lines deleted...]
-      <c r="G563" t="inlineStr"/>
+          <t>RoomListFavourite</t>
+        </is>
+      </c>
+      <c r="G563" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Favoriler</t>
+        </is>
+      </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr"/>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
-[...2 lines deleted...]
-      <c r="G564" t="inlineStr"/>
+          <t>RoomListLow priority</t>
+        </is>
+      </c>
+      <c r="G564" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Düşük Öncelik</t>
+        </is>
+      </c>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr"/>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>RoomMembers
-[...3 lines deleted...]
-      <c r="G565" t="inlineStr"/>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Sunucu Bildirileri</t>
+        </is>
+      </c>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20187</t>
+          <t>../qml/RoomList.qml:20179</t>
         </is>
       </c>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Invite more people</t>
+          <t>Create new tag…</t>
         </is>
       </c>
       <c r="C566" t="inlineStr"/>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>RoomMembersInvite more people</t>
+          <t>RoomListCreate new tag...</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20195</t>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
         </is>
       </c>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Search...</t>
+          <t>Members of %1</t>
         </is>
       </c>
       <c r="C567" t="inlineStr"/>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>RoomMembersSearch...</t>
+          <t>RoomMembersMembers of %1</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20205</t>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
         </is>
       </c>
       <c r="B568" t="inlineStr">
         <is>
-          <t xml:space="preserve">Sort by: </t>
+          <t>%n person in %1</t>
         </is>
       </c>
       <c r="C568" t="inlineStr"/>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t xml:space="preserve">RoomMembersSort by: </t>
+          <t>RoomMembers
+Summary above list of members%n people in %1</t>
         </is>
       </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr"/>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr"/>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr"/>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">RoomMembersSort by: </t>
+        </is>
+      </c>
+      <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr"/>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr"/>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr"/>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
-[...2 lines deleted...]
-      <c r="G574" t="inlineStr"/>
+          <t>RoomMembersPower level</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: güç seviyesi</t>
+        </is>
+      </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr"/>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr"/>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr"/>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr"/>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr"/>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr"/>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr"/>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr"/>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr"/>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr"/>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>Room Settings</t>
         </is>
       </c>
       <c r="C585" t="inlineStr"/>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change room avatar.</t>
+        </is>
+      </c>
+      <c r="C586" t="inlineStr"/>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr"/>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
-[...2 lines deleted...]
-      <c r="C589" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C589" t="inlineStr">
+        <is>
+          <t>%n üye</t>
+        </is>
+      </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
-[...2 lines deleted...]
-      <c r="G589" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n üye, %n üye</t>
+        </is>
+      </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C590" t="inlineStr"/>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr"/>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr"/>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C596" t="inlineStr"/>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr"/>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr"/>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr"/>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr"/>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr"/>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr"/>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr"/>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr"/>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr"/>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr"/>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr"/>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr"/>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr"/>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr"/>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr"/>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr"/>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr"/>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr"/>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr"/>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr"/>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr"/>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr"/>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr"/>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr"/>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr"/>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr"/>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automatic event deletion</t>
+        </is>
+      </c>
+      <c r="C623" t="inlineStr"/>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
+        </is>
+      </c>
+      <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr"/>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+        </is>
+      </c>
+      <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C625" t="inlineStr"/>
       <c r="D625" t="inlineStr"/>
       <c r="E625" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F625" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
         </is>
       </c>
       <c r="G625" t="inlineStr"/>
       <c r="H625" t="inlineStr"/>
     </row>
     <row r="626">
       <c r="A626" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
         </is>
       </c>
       <c r="B626" t="inlineStr">
         <is>
-          <t>Permissions</t>
-[...2 lines deleted...]
-      <c r="C626" t="inlineStr"/>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Şifreleme</t>
+        </is>
+      </c>
       <c r="D626" t="inlineStr"/>
       <c r="E626" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F626" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
-[...2 lines deleted...]
-      <c r="G626" t="inlineStr"/>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Şifreleme</t>
+        </is>
+      </c>
       <c r="H626" t="inlineStr"/>
     </row>
     <row r="627">
       <c r="A627" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B627" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
+          <t>End-to-End Encryption</t>
         </is>
       </c>
       <c r="C627" t="inlineStr"/>
       <c r="D627" t="inlineStr"/>
       <c r="E627" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F627" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
-[...2 lines deleted...]
-      <c r="G627" t="inlineStr"/>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Uçtan uca şifreleme</t>
+        </is>
+      </c>
       <c r="H627" t="inlineStr"/>
     </row>
     <row r="628">
       <c r="A628" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B628" t="inlineStr">
         <is>
-          <t>Aliases</t>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="C628" t="inlineStr"/>
       <c r="D628" t="inlineStr"/>
       <c r="E628" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F628" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr"/>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr"/>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr"/>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr"/>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr"/>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr"/>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr"/>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr"/>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr"/>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr"/>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr"/>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr"/>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr"/>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr"/>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr"/>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C644" t="inlineStr"/>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr"/>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr"/>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr"/>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr"/>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr"/>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr"/>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr"/>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr"/>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr"/>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr"/>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr"/>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr"/>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr"/>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr"/>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr"/>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr"/>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr"/>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr"/>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr"/>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr"/>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
         <is>
-          <t>Hello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>Encryption setup successfully</t>
         </is>
       </c>
       <c r="C665" t="inlineStr"/>
       <c r="D665" t="inlineStr"/>
       <c r="E665" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F665" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckHello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
         </is>
       </c>
       <c r="G665" t="inlineStr"/>
       <c r="H665" t="inlineStr"/>
     </row>
     <row r="666">
       <c r="A666" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17599</t>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
         </is>
       </c>
       <c r="B666" t="inlineStr">
         <is>
-          <t>Activate Encryption</t>
+          <t>Failed to setup encryption: %1</t>
         </is>
       </c>
       <c r="C666" t="inlineStr"/>
       <c r="D666" t="inlineStr"/>
       <c r="E666" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F666" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckActivate Encryption</t>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
         </is>
       </c>
       <c r="G666" t="inlineStr"/>
       <c r="H666" t="inlineStr"/>
     </row>
     <row r="667">
       <c r="A667" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17608</t>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
         </is>
       </c>
       <c r="B667" t="inlineStr">
         <is>
-          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>Setup Encryption</t>
         </is>
       </c>
       <c r="C667" t="inlineStr"/>
       <c r="D667" t="inlineStr"/>
       <c r="E667" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F667" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>SelfVerificationCheckSetup Encryption</t>
         </is>
       </c>
       <c r="G667" t="inlineStr"/>
       <c r="H667" t="inlineStr"/>
     </row>
     <row r="668">
       <c r="A668" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17613</t>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
         </is>
       </c>
       <c r="B668" t="inlineStr">
         <is>
-          <t>verify</t>
+          <t>Hello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="C668" t="inlineStr"/>
       <c r="D668" t="inlineStr"/>
       <c r="E668" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F668" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckverify</t>
+          <t>SelfVerificationCheckHello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="G668" t="inlineStr"/>
       <c r="H668" t="inlineStr"/>
     </row>
     <row r="669">
       <c r="A669" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17622</t>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
         </is>
       </c>
       <c r="B669" t="inlineStr">
         <is>
-          <t>enter passphrase</t>
+          <t>Activate Encryption</t>
         </is>
       </c>
       <c r="C669" t="inlineStr"/>
       <c r="D669" t="inlineStr"/>
       <c r="E669" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F669" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckenter passphrase</t>
+          <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
       <c r="G669" t="inlineStr"/>
       <c r="H669" t="inlineStr"/>
     </row>
     <row r="670">
       <c r="A670" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17675</t>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
         </is>
       </c>
       <c r="B670" t="inlineStr">
         <is>
-          <t>Failed to create keys for cross-signing!</t>
+          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="C670" t="inlineStr"/>
       <c r="D670" t="inlineStr"/>
       <c r="E670" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F670" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
+          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr"/>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr"/>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr"/>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr"/>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr"/>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr"/>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr"/>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr"/>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr"/>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr"/>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr"/>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr"/>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr"/>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr"/>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr"/>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr"/>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr"/>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr"/>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr"/>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sent</t>
+        </is>
+      </c>
+      <c r="C690" t="inlineStr"/>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr"/>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr"/>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
-[...2 lines deleted...]
-      <c r="C693" t="inlineStr"/>
+          <t>Search</t>
+        </is>
+      </c>
+      <c r="C693" t="inlineStr">
+        <is>
+          <t>Ara</t>
+        </is>
+      </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="C694" t="inlineStr"/>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
-[...6 lines deleted...]
-      </c>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G694" t="inlineStr"/>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr"/>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr"/>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
-[...2 lines deleted...]
-      <c r="C697" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C697" t="inlineStr">
+        <is>
+          <t>Kapat</t>
+        </is>
+      </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
-[...2 lines deleted...]
-      <c r="G697" t="inlineStr"/>
+          <t>SuccessClose</t>
+        </is>
+      </c>
+      <c r="G697" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kapat</t>
+        </is>
+      </c>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr"/>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr"/>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr"/>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr"/>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 placed a call.</t>
         </is>
       </c>
       <c r="G701" t="inlineStr"/>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr"/>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G702" t="inlineStr"/>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr"/>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G703" t="inlineStr"/>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr"/>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr"/>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr"/>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr"/>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr"/>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr"/>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr"/>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr"/>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr"/>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr"/>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr"/>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr"/>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
-          <t>TimelineModel
-Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
+          <t>TimelineModelSave video</t>
         </is>
       </c>
       <c r="G715" t="inlineStr"/>
       <c r="H715" t="inlineStr"/>
     </row>
     <row r="716">
       <c r="A716" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
         </is>
       </c>
       <c r="B716" t="inlineStr">
         <is>
-          <t>%1 opened the room to the public.</t>
+          <t>Save audio</t>
         </is>
       </c>
       <c r="C716" t="inlineStr"/>
       <c r="D716" t="inlineStr"/>
       <c r="E716" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F716" t="inlineStr">
         <is>
-          <t>TimelineModel%1 opened the room to the public.</t>
+          <t>TimelineModelSave audio</t>
         </is>
       </c>
       <c r="G716" t="inlineStr"/>
       <c r="H716" t="inlineStr"/>
     </row>
     <row r="717">
       <c r="A717" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21554</t>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
         </is>
       </c>
       <c r="B717" t="inlineStr">
         <is>
-          <t>%1 allowed to join this room by knocking.</t>
+          <t>Save file</t>
         </is>
       </c>
       <c r="C717" t="inlineStr"/>
       <c r="D717" t="inlineStr"/>
       <c r="E717" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F717" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed to join this room by knocking.</t>
+          <t>TimelineModelSave file</t>
         </is>
       </c>
       <c r="G717" t="inlineStr"/>
       <c r="H717" t="inlineStr"/>
     </row>
     <row r="718">
       <c r="A718" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21561</t>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
         </is>
       </c>
       <c r="B718" t="inlineStr">
         <is>
-          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
+          <t>%1%2 is typing.</t>
         </is>
       </c>
       <c r="C718" t="inlineStr"/>
       <c r="D718" t="inlineStr"/>
       <c r="E718" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F718" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
+          <t>TimelineModel
+Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr"/>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr"/>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr"/>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr"/>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr"/>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr"/>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr"/>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr"/>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr"/>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr"/>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr"/>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr"/>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr"/>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr"/>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr"/>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr"/>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr"/>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr"/>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr"/>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr"/>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr"/>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr"/>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr"/>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr"/>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr"/>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr"/>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr"/>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr"/>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr"/>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr"/>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr"/>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr"/>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr"/>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr"/>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr"/>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr"/>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr"/>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr"/>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr"/>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr"/>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr"/>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr"/>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr"/>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr"/>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr"/>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>Removed by %1</t>
         </is>
       </c>
       <c r="C764" t="inlineStr"/>
       <c r="D764" t="inlineStr"/>
       <c r="E764" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F764" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>TimelineModelRemoved by %1</t>
         </is>
       </c>
       <c r="G764" t="inlineStr"/>
       <c r="H764" t="inlineStr"/>
     </row>
     <row r="765">
       <c r="A765" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22212</t>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
         </is>
       </c>
       <c r="B765" t="inlineStr">
         <is>
-          <t>%2 revoked the invite to %1.</t>
+          <t>%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="C765" t="inlineStr"/>
       <c r="D765" t="inlineStr"/>
       <c r="E765" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F765" t="inlineStr">
         <is>
-          <t>TimelineModel%2 revoked the invite to %1.</t>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="G765" t="inlineStr"/>
       <c r="H765" t="inlineStr"/>
     </row>
     <row r="766">
       <c r="A766" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22207</t>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
         </is>
       </c>
       <c r="B766" t="inlineStr">
         <is>
-          <t>%2 kicked %1.</t>
+          <t>Removed by %1 because: %2</t>
         </is>
       </c>
       <c r="C766" t="inlineStr"/>
       <c r="D766" t="inlineStr"/>
       <c r="E766" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F766" t="inlineStr">
         <is>
-          <t>TimelineModel%2 kicked %1.</t>
+          <t>TimelineModelRemoved by %1 because: %2</t>
         </is>
       </c>
       <c r="G766" t="inlineStr"/>
       <c r="H766" t="inlineStr"/>
     </row>
     <row r="767">
       <c r="A767" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22214</t>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
         </is>
       </c>
       <c r="B767" t="inlineStr">
         <is>
-          <t>%2 unbanned %1.</t>
+          <t>%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="C767" t="inlineStr"/>
       <c r="D767" t="inlineStr"/>
       <c r="E767" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F767" t="inlineStr">
         <is>
-          <t>TimelineModel%2 unbanned %1.</t>
+          <t>TimelineModel%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr"/>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr"/>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr"/>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr"/>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr"/>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr"/>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr"/>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr"/>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr"/>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr"/>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C778" t="inlineStr"/>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr"/>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr"/>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr"/>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr"/>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr"/>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr"/>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr"/>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr"/>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr"/>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr"/>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr"/>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
+          <t>%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="C790" t="inlineStr"/>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr"/>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr"/>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
+          <t>%n hour later</t>
         </is>
       </c>
       <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr"/>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr"/>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
-          <t>TimelineModel
-This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
+          <t>TimelineModel%1 invited %2.</t>
         </is>
       </c>
       <c r="G795" t="inlineStr"/>
       <c r="H795" t="inlineStr"/>
     </row>
     <row r="796">
       <c r="A796" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22228</t>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
         </is>
       </c>
       <c r="B796" t="inlineStr">
         <is>
-          <t>%1 banned %2</t>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
         </is>
       </c>
       <c r="C796" t="inlineStr"/>
       <c r="D796" t="inlineStr"/>
       <c r="E796" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F796" t="inlineStr">
         <is>
-          <t>TimelineModel%1 banned %2</t>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
         </is>
       </c>
       <c r="G796" t="inlineStr"/>
       <c r="H796" t="inlineStr"/>
     </row>
     <row r="797">
       <c r="A797" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22231</t>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
         </is>
       </c>
       <c r="B797" t="inlineStr">
         <is>
-          <t>%1 knocked.</t>
+          <t>%1 has changed their display name to %2.</t>
         </is>
       </c>
       <c r="C797" t="inlineStr"/>
       <c r="D797" t="inlineStr"/>
       <c r="E797" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F797" t="inlineStr">
         <is>
-          <t>TimelineModel%1 knocked.</t>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
         </is>
       </c>
       <c r="G797" t="inlineStr"/>
       <c r="H797" t="inlineStr"/>
     </row>
     <row r="798">
       <c r="A798" t="inlineStr">
         <is>
-          <t>../qml/TimelineSectionHeader.qml:22370</t>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
         </is>
       </c>
       <c r="B798" t="inlineStr">
         <is>
-          <t>%1's status message</t>
+          <t>%1 left after having already left!</t>
         </is>
       </c>
       <c r="C798" t="inlineStr"/>
       <c r="D798" t="inlineStr"/>
       <c r="E798" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F798" t="inlineStr">
         <is>
-          <t>TimelineSectionHeader%1's status message</t>
+          <t>TimelineModel
+This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr"/>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr"/>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr"/>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr"/>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr"/>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C804" t="inlineStr"/>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr"/>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...6 lines deleted...]
-      </c>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+        </is>
+      </c>
+      <c r="C806" t="inlineStr"/>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+        </is>
+      </c>
+      <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr"/>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C808" t="inlineStr"/>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
-[...2 lines deleted...]
-      <c r="C809" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C809" t="inlineStr">
+        <is>
+          <t>%n üye</t>
+        </is>
+      </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
-[...2 lines deleted...]
-      <c r="G809" t="inlineStr"/>
+          <t>TimelineView%n member(s)</t>
+        </is>
+      </c>
+      <c r="G809" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n üye</t>
+        </is>
+      </c>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr"/>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr"/>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C812" t="inlineStr"/>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr"/>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr"/>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr"/>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr"/>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C817" t="inlineStr"/>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr"/>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr"/>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr"/>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr"/>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr"/>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr"/>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
       <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr"/>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr"/>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr"/>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr"/>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr"/>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr"/>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr"/>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr"/>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr"/>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr"/>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr"/>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
         <is>
-          <t xml:space="preserve">
-%n unread message</t>
+          <t>Unpin</t>
         </is>
       </c>
       <c r="C836" t="inlineStr"/>
       <c r="D836" t="inlineStr"/>
       <c r="E836" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F836" t="inlineStr">
         <is>
-          <t>TrayIcon
-%n unread message(s)</t>
+          <t>TopBarUnpin</t>
         </is>
       </c>
       <c r="G836" t="inlineStr"/>
       <c r="H836" t="inlineStr"/>
     </row>
     <row r="837">
       <c r="A837" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23300</t>
+          <t>../qml/TopBar.qml:23185</t>
         </is>
       </c>
       <c r="B837" t="inlineStr">
         <is>
-          <t>No available registration flows!</t>
+          <t>Enter search query</t>
         </is>
       </c>
       <c r="C837" t="inlineStr"/>
       <c r="D837" t="inlineStr"/>
       <c r="E837" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F837" t="inlineStr">
         <is>
-          <t>UIANo available registration flows!</t>
+          <t>TopBarEnter search query</t>
         </is>
       </c>
       <c r="G837" t="inlineStr"/>
       <c r="H837" t="inlineStr"/>
     </row>
     <row r="838">
       <c r="A838" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23385</t>
+          <t>../../src/TrayIcon.cpp:23295</t>
         </is>
       </c>
       <c r="B838" t="inlineStr">
         <is>
-          <t>Registration aborted</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C838" t="inlineStr"/>
       <c r="D838" t="inlineStr"/>
       <c r="E838" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F838" t="inlineStr">
         <is>
-          <t>UIARegistration aborted</t>
+          <t>TrayIconShow</t>
         </is>
       </c>
       <c r="G838" t="inlineStr"/>
       <c r="H838" t="inlineStr"/>
     </row>
     <row r="839">
       <c r="A839" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23362</t>
+          <t>../../src/TrayIcon.cpp:23296</t>
         </is>
       </c>
       <c r="B839" t="inlineStr">
         <is>
-          <t>Please enter a valid registration token.</t>
+          <t>Quit</t>
         </is>
       </c>
       <c r="C839" t="inlineStr"/>
       <c r="D839" t="inlineStr"/>
       <c r="E839" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F839" t="inlineStr">
         <is>
-          <t>UIAPlease enter a valid registration token.</t>
+          <t>TrayIconQuit</t>
         </is>
       </c>
       <c r="G839" t="inlineStr"/>
       <c r="H839" t="inlineStr"/>
     </row>
     <row r="840">
       <c r="A840" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23522</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B840" t="inlineStr">
         <is>
-          <t>Invalid token</t>
+          <t xml:space="preserve">
+%n unread message</t>
         </is>
       </c>
       <c r="C840" t="inlineStr"/>
       <c r="D840" t="inlineStr"/>
       <c r="E840" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F840" t="inlineStr">
         <is>
-          <t>UIAInvalid token</t>
+          <t>TrayIcon
+%n unread message(s)</t>
         </is>
       </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr"/>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr"/>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr"/>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C844" t="inlineStr"/>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr"/>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr"/>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr"/>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C848" t="inlineStr"/>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr"/>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr"/>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr"/>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr"/>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr"/>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr"/>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr"/>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr"/>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr"/>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr"/>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr"/>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr"/>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr"/>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr"/>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
+          <t>UserProfileOpen the global profile for this user.</t>
         </is>
       </c>
       <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C863" t="inlineStr"/>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr"/>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr"/>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ban the user.</t>
+        </is>
+      </c>
+      <c r="C866" t="inlineStr"/>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileBan the user.</t>
+        </is>
+      </c>
+      <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr"/>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr"/>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr"/>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
-[...2 lines deleted...]
-      <c r="C870" t="inlineStr"/>
+          <t>Devices</t>
+        </is>
+      </c>
+      <c r="C870" t="inlineStr">
+        <is>
+          <t>Cihazlar</t>
+        </is>
+      </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
-[...2 lines deleted...]
-      <c r="G870" t="inlineStr"/>
+          <t>UserProfileDevices</t>
+        </is>
+      </c>
+      <c r="G870" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cihazlar</t>
+        </is>
+      </c>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr"/>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr"/>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr"/>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr"/>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr"/>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr"/>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr"/>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr"/>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr"/>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr"/>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr"/>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr"/>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr"/>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr"/>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C885" t="inlineStr"/>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr"/>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr"/>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr"/>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr"/>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr"/>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr"/>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr"/>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr"/>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr"/>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr"/>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr"/>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr"/>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr"/>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr"/>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr"/>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr"/>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr"/>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr"/>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr"/>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr"/>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C907" t="inlineStr"/>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr"/>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr"/>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C910" t="inlineStr"/>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr"/>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr"/>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr"/>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr"/>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr"/>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr"/>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr"/>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr"/>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr"/>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr"/>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr"/>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr"/>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr"/>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr"/>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr"/>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr"/>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr"/>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr"/>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr"/>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr"/>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr"/>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr"/>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr"/>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr"/>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr"/>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C936" t="inlineStr"/>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr"/>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr"/>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr"/>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr"/>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr"/>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr"/>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr"/>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr"/>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C945" t="inlineStr"/>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C946" t="inlineStr"/>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr"/>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C948" t="inlineStr"/>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr"/>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr"/>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr"/>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="C952" t="inlineStr"/>
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...76 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr"/>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr"/>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
         <is>
-          <t>Allow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>Keep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="C955" t="inlineStr"/>
       <c r="D955" t="inlineStr"/>
       <c r="E955" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F955" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="G955" t="inlineStr"/>
       <c r="H955" t="inlineStr"/>
     </row>
     <row r="956">
       <c r="A956" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26255</t>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
         </is>
       </c>
       <c r="B956" t="inlineStr">
         <is>
-          <t>Invert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>Start the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="C956" t="inlineStr"/>
       <c r="D956" t="inlineStr"/>
       <c r="E956" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F956" t="inlineStr">
         <is>
-          <t>UserSettingsModelInvert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="G956" t="inlineStr"/>
       <c r="H956" t="inlineStr"/>
     </row>
     <row r="957">
       <c r="A957" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26259</t>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
         </is>
       </c>
       <c r="B957" t="inlineStr">
         <is>
-          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>Shows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="C957" t="inlineStr"/>
       <c r="D957" t="inlineStr"/>
       <c r="E957" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F957" t="inlineStr">
         <is>
-          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="G957" t="inlineStr"/>
       <c r="H957" t="inlineStr"/>
     </row>
     <row r="958">
       <c r="A958" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26262</t>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
         </is>
       </c>
       <c r="B958" t="inlineStr">
         <is>
-          <t>Avatars are resized to fit above the message.</t>
+          <t>Allow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="C958" t="inlineStr"/>
       <c r="D958" t="inlineStr"/>
       <c r="E958" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F958" t="inlineStr">
         <is>
-          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
+          <t>UserSettingsModelAllow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr"/>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C960" t="inlineStr"/>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
         <is>
-          <t>Show who is typing in a room.
-This will also enable or disable sending typing notifications to others.</t>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
         </is>
       </c>
       <c r="C961" t="inlineStr"/>
       <c r="D961" t="inlineStr"/>
       <c r="E961" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F961" t="inlineStr">
         <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr"/>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
+        <is>
+          <t>Show who is typing in a room.
+This will also enable or disable sending typing notifications to others.</t>
+        </is>
+      </c>
+      <c r="C963" t="inlineStr"/>
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
+        <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="C964" t="inlineStr"/>
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="C965" t="inlineStr"/>
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...50 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr"/>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
         <is>
-          <t>Change the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>Configure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="C967" t="inlineStr"/>
       <c r="D967" t="inlineStr"/>
       <c r="E967" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F967" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="G967" t="inlineStr"/>
       <c r="H967" t="inlineStr"/>
     </row>
     <row r="968">
       <c r="A968" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26321</t>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
         </is>
       </c>
       <c r="B968" t="inlineStr">
         <is>
-          <t>Decrypt messages shown in notifications for encrypted chats.</t>
+          <t>Notify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="C968" t="inlineStr"/>
       <c r="D968" t="inlineStr"/>
       <c r="E968" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F968" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="G968" t="inlineStr"/>
       <c r="H968" t="inlineStr"/>
     </row>
     <row r="969">
       <c r="A969" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26323</t>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
         </is>
       </c>
       <c r="B969" t="inlineStr">
         <is>
-          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
+          <t>Change the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="C969" t="inlineStr"/>
       <c r="D969" t="inlineStr"/>
       <c r="E969" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F969" t="inlineStr">
         <is>
-          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
+          <t>UserSettingsModelChange the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr"/>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr"/>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr"/>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C973" t="inlineStr"/>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr"/>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C975" t="inlineStr"/>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
         <is>
-          <t>Show an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="C976" t="inlineStr"/>
       <c r="D976" t="inlineStr"/>
       <c r="E976" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F976" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="G976" t="inlineStr"/>
       <c r="H976" t="inlineStr"/>
     </row>
     <row r="977">
       <c r="A977" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25923</t>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
         </is>
       </c>
       <c r="B977" t="inlineStr">
         <is>
-          <t>Communities sidebar</t>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="C977" t="inlineStr"/>
       <c r="D977" t="inlineStr"/>
       <c r="E977" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F977" t="inlineStr">
         <is>
-          <t>UserSettingsModelCommunities sidebar</t>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="G977" t="inlineStr"/>
       <c r="H977" t="inlineStr"/>
     </row>
     <row r="978">
       <c r="A978" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25971</t>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
         </is>
       </c>
       <c r="B978" t="inlineStr">
         <is>
-          <t>Show message counts for communities and tags</t>
+          <t>Show an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="C978" t="inlineStr"/>
       <c r="D978" t="inlineStr"/>
       <c r="E978" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F978" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow message counts for communities and tags</t>
+          <t>UserSettingsModelShow an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr"/>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
       <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr"/>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr"/>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr"/>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="C985" t="inlineStr"/>
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...108 lines deleted...]
-      </c>
       <c r="G985" t="inlineStr"/>
       <c r="H985" t="inlineStr"/>
     </row>
     <row r="986">
       <c r="A986" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26332</t>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
         </is>
       </c>
       <c r="B986" t="inlineStr">
         <is>
-          <t>When the window loses focus, the timeline will
-be blurred.</t>
+          <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="C986" t="inlineStr"/>
       <c r="D986" t="inlineStr"/>
       <c r="E986" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F986" t="inlineStr">
         <is>
-          <t>UserSettingsModelWhen the window loses focus, the timeline will
-be blurred.</t>
+          <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="G986" t="inlineStr"/>
       <c r="H986" t="inlineStr"/>
     </row>
     <row r="987">
       <c r="A987" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26334</t>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
         </is>
       </c>
       <c r="B987" t="inlineStr">
         <is>
-          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>Opens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C987" t="inlineStr"/>
       <c r="D987" t="inlineStr"/>
       <c r="E987" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F987" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>UserSettingsModelOpens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G987" t="inlineStr"/>
       <c r="H987" t="inlineStr"/>
     </row>
     <row r="988">
       <c r="A988" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26343</t>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
         </is>
       </c>
       <c r="B988" t="inlineStr">
         <is>
-          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>Opens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C988" t="inlineStr"/>
       <c r="D988" t="inlineStr"/>
       <c r="E988" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F988" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>UserSettingsModelOpens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G988" t="inlineStr"/>
       <c r="H988" t="inlineStr"/>
     </row>
     <row r="989">
       <c r="A989" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26346</t>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
         </is>
       </c>
       <c r="B989" t="inlineStr">
         <is>
-          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>Decrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="C989" t="inlineStr"/>
       <c r="D989" t="inlineStr"/>
       <c r="E989" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F989" t="inlineStr">
         <is>
-          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>UserSettingsModelDecrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="G989" t="inlineStr"/>
       <c r="H989" t="inlineStr"/>
     </row>
     <row r="990">
       <c r="A990" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26353</t>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
         </is>
       </c>
       <c r="B990" t="inlineStr">
         <is>
-          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>When the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="C990" t="inlineStr"/>
       <c r="D990" t="inlineStr"/>
       <c r="E990" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F990" t="inlineStr">
         <is>
-          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>UserSettingsModelWhen the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr"/>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr"/>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr"/>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
         <is>
-          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="C994" t="inlineStr"/>
       <c r="D994" t="inlineStr"/>
       <c r="E994" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F994" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="G994" t="inlineStr"/>
       <c r="H994" t="inlineStr"/>
     </row>
     <row r="995">
       <c r="A995" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26402</t>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
         </is>
       </c>
       <c r="B995" t="inlineStr">
         <is>
-          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="C995" t="inlineStr"/>
       <c r="D995" t="inlineStr"/>
       <c r="E995" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F995" t="inlineStr">
         <is>
-          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="G995" t="inlineStr"/>
       <c r="H995" t="inlineStr"/>
     </row>
     <row r="996">
       <c r="A996" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26408</t>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
         </is>
       </c>
       <c r="B996" t="inlineStr">
         <is>
-          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="C996" t="inlineStr"/>
       <c r="D996" t="inlineStr"/>
       <c r="E996" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F996" t="inlineStr">
         <is>
-          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="G996" t="inlineStr"/>
       <c r="H996" t="inlineStr"/>
     </row>
     <row r="997">
       <c r="A997" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26412</t>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
         </is>
       </c>
       <c r="B997" t="inlineStr">
         <is>
-          <t>Manage your ignored users.</t>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="C997" t="inlineStr"/>
       <c r="D997" t="inlineStr"/>
       <c r="E997" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F997" t="inlineStr">
         <is>
-          <t>UserSettingsModelManage your ignored users.</t>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="G997" t="inlineStr"/>
       <c r="H997" t="inlineStr"/>
     </row>
     <row r="998">
       <c r="A998" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
         </is>
       </c>
       <c r="B998" t="inlineStr">
         <is>
-          <t>Always</t>
+          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="C998" t="inlineStr"/>
       <c r="D998" t="inlineStr"/>
       <c r="E998" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F998" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlways</t>
+          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr"/>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr"/>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr"/>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr"/>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C1003" t="inlineStr"/>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C1004" t="inlineStr"/>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
       <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
       <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...6 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
       <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr"/>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr"/>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr"/>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C1011" t="inlineStr"/>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>Open Sessions File</t>
         </is>
       </c>
       <c r="C1012" t="inlineStr"/>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C1013" t="inlineStr"/>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr"/>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr"/>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr"/>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr"/>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
+          <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C1018" t="inlineStr"/>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C1019" t="inlineStr"/>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C1020" t="inlineStr"/>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C1021" t="inlineStr"/>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C1022" t="inlineStr"/>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr"/>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr"/>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr"/>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr"/>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr"/>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr"/>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C1029" t="inlineStr"/>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr"/>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr"/>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr"/>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr"/>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr"/>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr"/>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr"/>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
-[...6 lines deleted...]
-      </c>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+        </is>
+      </c>
+      <c r="C1037" t="inlineStr"/>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enjoy your stay!</t>
+        </is>
+      </c>
+      <c r="C1038" t="inlineStr"/>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
-[...6 lines deleted...]
-      </c>
+          <t>REGISTER</t>
+        </is>
+      </c>
+      <c r="C1039" t="inlineStr"/>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
-[...6 lines deleted...]
-      </c>
+          <t>LOGIN</t>
+        </is>
+      </c>
+      <c r="C1040" t="inlineStr"/>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reduce animations</t>
+        </is>
+      </c>
+      <c r="C1041" t="inlineStr"/>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C1042" t="inlineStr"/>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
-[...6 lines deleted...]
-      </c>
+          <t>Yesterday</t>
+        </is>
+      </c>
+      <c r="C1043" t="inlineStr"/>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Bayraklar</t>
+          <t>İnsanlar</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1045" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C1045" t="inlineStr">
+        <is>
+          <t>Doğa</t>
+        </is>
+      </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
-[...2 lines deleted...]
-      <c r="C1046" t="inlineStr"/>
+          <t>Food</t>
+        </is>
+      </c>
+      <c r="C1046" t="inlineStr">
+        <is>
+          <t>Yiyecekler</t>
+        </is>
+      </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
-[...2 lines deleted...]
-      <c r="C1047" t="inlineStr"/>
+          <t>Activity</t>
+        </is>
+      </c>
+      <c r="C1047" t="inlineStr">
+        <is>
+          <t>Aktiviteler</t>
+        </is>
+      </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
-[...2 lines deleted...]
-      <c r="C1048" t="inlineStr"/>
+          <t>Travel</t>
+        </is>
+      </c>
+      <c r="C1048" t="inlineStr">
+        <is>
+          <t>Seyahat</t>
+        </is>
+      </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
-[...2 lines deleted...]
-      <c r="C1049" t="inlineStr"/>
+          <t>Objects</t>
+        </is>
+      </c>
+      <c r="C1049" t="inlineStr">
+        <is>
+          <t>Objeler</t>
+        </is>
+      </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
-[...2 lines deleted...]
-      <c r="C1050" t="inlineStr"/>
+          <t>Symbols</t>
+        </is>
+      </c>
+      <c r="C1050" t="inlineStr">
+        <is>
+          <t>Semboller</t>
+        </is>
+      </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
-[...2 lines deleted...]
-      <c r="C1051" t="inlineStr"/>
+          <t>Flags</t>
+        </is>
+      </c>
+      <c r="C1051" t="inlineStr">
+        <is>
+          <t>Bayraklar</t>
+        </is>
+      </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
+          <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C1052" t="inlineStr"/>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr"/>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr"/>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr"/>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr"/>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr"/>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1 sent a file</t>
         </is>
       </c>
       <c r="C1058" t="inlineStr"/>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You sent a video</t>
         </is>
       </c>
       <c r="C1059" t="inlineStr"/>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr"/>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr"/>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C1062" t="inlineStr"/>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C1063" t="inlineStr"/>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
+          <t>%1 sent a notification</t>
         </is>
       </c>
       <c r="C1064" t="inlineStr"/>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C1065" t="inlineStr"/>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C1066" t="inlineStr"/>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr"/>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr"/>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C1069" t="inlineStr"/>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C1070" t="inlineStr"/>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C1071" t="inlineStr"/>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr"/>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr"/>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr"/>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr"/>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr"/>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr"/>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr"/>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr"/>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr"/>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr"/>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr"/>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>