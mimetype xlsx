--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1123,31370 +1123,31505 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Введіть додаткові кімнати, яких ще немає в списку...</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 та %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 і ще %n</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Порожня кімната</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Відеодзвінок</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Голосовий виклик</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Мікрофон не знайдено.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Відеодзвінок</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Голосовий виклик</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Пристрої</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>прийняти</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Мікрофон не знайдено.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Невідомий мікрофон: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Невідома камера: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Відхилити</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Весь екран</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Не вдалося запросити користувача: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Запрошений користувач: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n непрочитане повідомлення у кімнаті %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: %n непрочитане повідомлення в кімнаті %1
 , %n непрочитані повідомлення в кімнаті %1
 , %n непрочитаних повідомлень в кімнаті %1
 </t>
         </is>
       </c>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Підтвердьте вихід</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Кеш на вашому диску новіший, ніж підтримує ця версія Nheko. Оновіть Nheko або очистіть кеш.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Не вдалося відкрити базу даних, вихід із системи!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Постукати в кімнату</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Ви дійсно хочете постукати до %1? За бажанням ви можете вказати причину, щоб інші прийняли ваш стукіт:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Не вдалося постукати в кімнату: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Не вдалося створити кімнату: поганий псевдонім</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Кімната %1 створена.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Підтвердити запрошення</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Ви справді хочете запросити %1 (%2)?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Не вдалося запросити %1 до %2: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Вигнано користувача: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Не вдалося заблокувати %1 у %2: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Заблоковано користувача: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Підтвердити розблокування</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Ви дійсно хочете розблокувати %1 (%2)?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Не вдалося розблокувати %1 у %2: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Розблоковано користувача: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Ви справді хочете розпочати приватну бесіду з %1?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Помилка міграції кешу!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>З наступних причин Nheko хоче перекинути вас на сторінку входу:
 %1
 Якщо ви вважаєте, що це помилка, ви можете закрити Nheko, щоб, можливо, відновити свої ключі шифрування. Після того, як вас перекинули на сторінку входу, ви можете знову ввійти, використовуючи звичайні методи.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Не вдалося перенести кеш до поточної версії. Це може мати різні причини. Будь ласка, відкрийте проблему на https://github.com/Nheko-Reborn/nheko та тим часом спробуйте використати старішу версію. Крім того, ви можете спробувати видалити кеш вручну.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Несумісна версія кешу</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Не вдалося відновити обліковий запис OLM. Увійдіть ще раз.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Не вдалося відновити збережені дані. Увійдіть ще раз.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Не вдалося налаштувати ключі шифрування. Відповідь сервера: %1 %2. Будь-ласка, спробуйте пізніше.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Спробуйте увійти знову: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Вам не вдалося приєднатися до %1. Ви можете спробувати постукати, щоб інші запросили вас увійти. Ви хочете це зробити?
 За бажанням ви можете вказати причину, щоб інші прийняли ваш стукіт:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Не вдалося приєднатися до кімнати: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Не вдалося видалити запрошення: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Не вдалося створити кімнату: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Не вдалося залишити кімнату: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Причина вигону</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Введіть причину вигону %1 (%2) або натисніть Enter щоб не уточнювати причину:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Не вдалося вигнати %1 з %2: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Причина блокування</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Введіть причину блокування %1 (%2) або натисніть Enter щоб не уточнювати причину:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Немає підключення до мережі</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;текст&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!ідентифікатор-кімнати|#псевдонім&gt; [причина]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!ідентифікатор-кімнати|#псевдонім&gt; [причина]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [причина]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [причина]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$ідентифікатор-події|@ідентифікатор-користувача&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;відображуване-ім'я&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [повідомлення]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [повідомлення]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [повідомлення]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/invite &lt;@ідентифікатор-користувача [причина]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@ідентифікатор-користувача&gt; [причина]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@ідентифікатор-користувача&lt; [причина]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@ідентифікатор-користувача&gt; [причина]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [повідомлення]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [повідомлення]</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>/glitch &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /gradualglitch &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;посилання на повідомлення&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Надіслати повідомлення, що виражає дію.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Надіслати &lt;текст&gt; як реакцію, коли ви відповідаєте на повідомлення.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Приєднатися до кімнати. Причина необов'язкова.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Попросити приєднатися до кімнати. Причина необов'язкова.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Вийти з кімнати. Причина необов'язкова.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Запросити користувача в поточну кімнату. Причина необов'язкова.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Змінити своє відображуване ім'я в цій кімнаті.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ з додатковим повідомленням.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Очистити кешовані повідомлення в цій кімнаті.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Повторно отримати стан цієї кімнати.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Обернути поточний ключ симетричного шифрування.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Надіслати повідомлення у форматі markdown (ігноруючи глобальне налаштування).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Надіслати повідомлення у форматі commonmark, вимкнувши більшість розширень порівняно з /md.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Надіслати неформатоване повідомлення (ігноруючи глобальне налаштування).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Надіслати повідомлення в кольорах веселки.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Надіслати /me в кольорах веселки.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Надіслати повідомлення боту.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Надіслати повідомлення боту в кольорах веселки.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Надіслати повідомлення з конфетті.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Надіслати повідомлення в кольорах веселки з конфетті.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Надсилає повідомлення з дощем.</t>
         </is>
       </c>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Надсилає повідомлення з власним типом повідомлення.</t>
         </is>
       </c>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Надсилає повідомлення з ефектом глюку.</t>
         </is>
       </c>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Надсилає повідомлення, яке поступово стає більш глючним.</t>
         </is>
       </c>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Перейдіть до певного повідомлення за допомогою ідентифікатора події, індексу або matrix:link</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Перетворити цю кімнату на особистий чат.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Перетворити цей особистий чат на кімнату.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ігнорувати користувача.</t>
         </is>
       </c>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Перестати ігнорувати користувача.</t>
         </is>
       </c>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Розгорнути</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Згорнути</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Не показувати кількість сповіщень для цієї спільноти чи тегу.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Приховати кімнати з цим тегом або від цієї спільноти за умовчанням.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Всі кімнати</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Показує всі кімнати без фільтрації.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Особисті чати</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Показати особисті чати.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Вибране</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Кімнати, які ви вибрали.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Низький пріоритет</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Кімнати з низьким пріоритетом.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Повідомлення сервера</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Повідомлення від вашого сервера або адміністратора.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Не вдалося оновити спільноту: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Не вдалося видалити кімнату зі спільноти: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Не вдалося оновити спільноту для кімнати: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Не вдалося видалити спільноту з кімнати: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Підтвердити приєднання до спільноти</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Підтвердити приєднання до кімнати</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n учасник</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>До цієї кімнати не можна приєднатися безпосередньо. Однак ви можете постукати в кімнату, і учасники кімнати зможуть прийняти або відхилити цей запит на приєднання. Нижче ви можете додатково вказати причину, щоб вони вас впустили:</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Ви хочете приєднатися до цієї кімнати? Ви можете додати причину нижче:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Стукнути</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Приєднатися</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Створити прямий чат</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Користувач для запрошення</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@користувач:сервер.домен</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Шифрування</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Нова спільнота</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Нова кімната</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Ім'я</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Без імені</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Тема</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Немає теми</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Псевдонім</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <t>Suggested in Weblate: псевдонім</t>
         </is>
       </c>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Загальнодоступна</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>До загальнодоступних кімнат може приєднатися кожен; приватні кімнати потребують явних запрошень.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Довірена</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Усім запрошеним надається той самий рівень влади, що й творцю</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Шифрування</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Застереження: шифрування не можна вимкнути</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Створити кімнату</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Розшифрувати ключі</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Введіть ключ відновлення або парольну фразу, щоб розшифрувати свої ключі:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Введіть ключ відновлення або парольну фразу %1, щоб розшифрувати свої ключі:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Не вдалося розшифрувати</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Не вдалося розшифрувати ключі за допомогою наданого ключа відновлення або парольної фрази</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Код підтвердження</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>Suggested in Weblate: код підтвердження</t>
         </is>
       </c>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Перевірте наступні цифри.   Ви повинні побачити однакові цифри з обох сторін.   Якщо вони відрізняються, натисніть «Вони не збігаються!» щоб перервати перевірку!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Вони не збігаються!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Вони збігаються!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Код підтвердження</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>Suggested in Weblate: код підтвердження</t>
         </is>
       </c>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Перевірте наступні емодзі. Ви повинні побачити однакові емодзі з обох сторін. Якщо вони відрізняються, натисніть «Вони не збігаються!» щоб перервати перевірку!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Відображені емодзі можуть виглядати по-різному в різних клієнтах, якщо використовується інший шрифт. Так само вони можуть бути перекладені різними мовами. Тим не менш, вони повинні зображати один із 64 різних предметів або тварин. Наприклад, лев і кіт різні, але кіт однаковий, навіть якщо один клієнт показує лише котяче обличчя, а інший показує повне котяче тіло.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Вони не збігаються!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Вони збігаються!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Немає ключа для розблокування цього повідомлення. Ми запросили ключ автоматично, але Ви можете спробувати запросити його знову вручну.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Це повідомлення не вдалося розшифрувати, оскільки ми маємо ключ лише для нових повідомлень. Ви можете спробувати надіслати запит на доступ до цього повідомлення.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Під час читання ключа розшифровки з бази даних сталася внутрішня помилка.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Під час розшифровки цього повідомлення сталася помилка.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Не вдалося проаналізувати повідомлення.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Ключ шифрування використано повторно! Можливо, хтось намагається вставити неправдиві повідомлення в цей чат!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Невідома помилка дешифрування</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Запитати ключ</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 увімкнув наскрізне шифрування</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Шифрування зберігає ваші повідомлення в безпеці, дозволяючи прочитати повідомлення лише людям, яким ви надіслали. Для додаткової безпеки, якщо ви хочете переконатися, що спілкуєтеся з потрібними людьми, ви можете перевірити їх у реальному житті.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Це повідомлення не зашифровано!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Зашифровано перевіреним пристроєм</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Зашифровано неперевіреним пристроєм, але ви довіряєте цьому користувачеві.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Зашифровано неперевіреним пристроєм.
 Suggested in Weblate: Зашифровано перевіреним пристроєм</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Не вдалося встановити приховані події: %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Не вдалося встановити приховані події: %1</t>
         </is>
       </c>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Не вдалося перевірити</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Інший клієнт не підтримує наш протокол перевірки.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Виявлено невідповідність ключів!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Час перевірки пристрою минув.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Інша сторона скасувала перевірку.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Перевірка була прийнята іншим пристроєм.</t>
         </is>
       </c>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Повідомлення про підтвердження отримано не в порядку!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Невідома помилка підтвердження.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Закрити</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Відкрийте резервну копію, виконайте кроки та підтвердіть їх після завершення.</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Відкрийте резервну копію, виконайте кроки та підтвердить їх після завершення.</t>
         </is>
       </c>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Відкрити резервну копію в браузері</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Скасувати</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Скасувати</t>
         </is>
       </c>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Підтвердити</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Переслати повідомлення</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Не вдалося встановити приховані події: %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Приховані події для %1</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Приховані події</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Ці події будуть &lt;b&gt;показані&lt;/b&gt; в %1:</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Ці події &lt;b&gt;відображатимуться&lt;/b&gt; в усіх кімнатах:</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Події користувача</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Приєднання, виходи, зміни аватара та імені, блокування, …</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Зміна прав доступу</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Надсилається, коли додається/видаляється модератор або змінюються дозволи кімнати.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Наліпки</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
-[...6 lines deleted...]
-      </c>
+          <t>HiddenEventsDialogAllowed server changes</t>
+        </is>
+      </c>
+      <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ігнорування користувача ховає усі його повідомлення (але вони все ще можуть бачити ваші!)</t>
+          <t>Suggested in Weblate: Ігноровані користувачі</t>
         </is>
       </c>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Перестати ігнорувати</t>
+          <t>Suggested in Weblate: Ігнорування користувача ховає усі його повідомлення (але вони все ще можуть бачити ваші!)</t>
         </is>
       </c>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
-[...6 lines deleted...]
-      </c>
+          <t>Stop Ignoring.</t>
+        </is>
+      </c>
+      <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
+          <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Показати</t>
+          <t>Suggested in Weblate: Перестати ігнорувати</t>
         </is>
       </c>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="C262" t="inlineStr"/>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Показати</t>
+        </is>
+      </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+          <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Ви впевнені, що хочете видалити пак наліпок '%1'?</t>
+          <t>Suggested in Weblate: Показати</t>
         </is>
       </c>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
-[...6 lines deleted...]
-      </c>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
-[...2 lines deleted...]
-      <c r="G263" t="inlineStr"/>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+        </is>
+      </c>
+      <c r="G263" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ви впевнені, що хочете видалити пак наліпок '%1'?</t>
+        </is>
+      </c>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Додати зображення</t>
+          <t>Редагування набору зображень</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Зображення (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Додати зображення</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Вибрати зображення для набору</t>
+          <t>Зображення (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Додати до набору</t>
+          <t>Вибрати зображення для набору</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Змінити оглядове зображення для цього набору</t>
+          <t>Додати до набору</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Оглядове зображення (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Змінити оглядове зображення для цього набору</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Вибрати оглядове зображення для набору</t>
+          <t>Оглядове зображення (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Унікальне ім'я</t>
+          <t>Вибрати оглядове зображення для набору</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Назва набору</t>
+          <t>Унікальне ім'я</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Атрибуція</t>
+          <t>Назва набору</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Використовувати як емодзі</t>
+          <t>Атрибуція</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Використовувати як наліпку</t>
+          <t>Використовувати як емодзі</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Короткий код</t>
+          <t>Використовувати як наліпку</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackEditorDialogUse as Sticker</t>
+        </is>
+      </c>
+      <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Тіло</t>
+          <t>Короткий код</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
-[...2 lines deleted...]
-      <c r="G277" t="inlineStr"/>
+          <t>ImagePackEditorDialogShortcode</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: короткий код</t>
+        </is>
+      </c>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Вилучити з набору</t>
+          <t>Тіло</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Вилучити</t>
+          <t>Вилучити з набору</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Налаштування набору зображень</t>
+          <t>Вилучити</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Створити обліковий запис</t>
+          <t>Налаштування набору зображень</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Новий набір кімнат</t>
+          <t>Створити обліковий запис</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Приватний набір</t>
+          <t>Новий набір кімнат</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Набір з цієї кімнати</t>
+          <t>Приватний набір</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Набір з батьківської спільноти</t>
+          <t>Набір з цієї кімнати</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Увімкнений глобально набір</t>
+          <t>Набір з батьківської спільноти</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Увімкнути глобально</t>
+          <t>Увімкнений глобально набір</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Дозволяє використовувати цей пакет у всіх кімнатах</t>
+          <t>Увімкнути глобально</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Змінити</t>
+          <t>Дозволяє використовувати цей пакет у всіх кімнатах</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Вилучити</t>
+          <t>Змінити</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackSettingsDialogEdit</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Закрити</t>
+          <t>Вилучити</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
-[...2 lines deleted...]
-      <c r="G291" t="inlineStr"/>
+          <t>ImagePackSettingsDialogRemove</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Вилучити</t>
+        </is>
+      </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
-[...2 lines deleted...]
-      <c r="C292" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>Закрити</t>
+        </is>
+      </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackSettingsDialogClose</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Select file(s)</t>
+        </is>
+      </c>
+      <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
-[...2 lines deleted...]
-      <c r="G293" t="inlineStr"/>
+          <t>InputBarSelect file(s)</t>
+        </is>
+      </c>
+      <c r="G293" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Обрати файл(и)</t>
+        </is>
+      </c>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
-[...2 lines deleted...]
-      <c r="C294" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Усі файли (*)</t>
+        </is>
+      </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Failed to fetch user %1</t>
+        </is>
+      </c>
+      <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Запросити користувачів до %1</t>
+          <t>Помилка завантаження "%1"</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Пошук користувача</t>
+          <t>Запросити користувачів до %1</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="C299" t="inlineStr"/>
+          <t>Search user</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>Пошук користувача</t>
+        </is>
+      </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr"/>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr">
+      <c r="G300" t="inlineStr">
         <is>
           <t>Suggested in Weblate: @користувач:вашсервер.приклад.com</t>
         </is>
       </c>
-      <c r="H299" t="inlineStr"/>
-[...28 lines deleted...]
-      <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Запросити</t>
+          <t>Пошук на сервері</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Скасувати</t>
+          <t>Запросити</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Приєднатися до кімнати</t>
+          <t>Скасувати</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>ID кімнати або псевдонім</t>
+          <t>Приєднатися до кімнати</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Приєднатися</t>
+          <t>ID кімнати або псевдонім</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Залишити кімнату</t>
+          <t>Приєднатися</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Ви впевнені, що хочете піти?</t>
+          <t>Залишити кімнату</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="C308" t="inlineStr"/>
+          <t>Are you sure you want to leave?</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>Ви впевнені, що хочете піти?</t>
+        </is>
+      </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
-[...6 lines deleted...]
-      </c>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Помилка автовиявлення. Невідома помилка під час запиту .well-known.</t>
+          <t>Помилка автовиявлення. Отримано неправильну відповідь.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Потрібні кінцеві точки не знайдено. Можливо, це не сервер Matrix.</t>
+          <t>Помилка автовиявлення. Невідома помилка під час запиту .well-known.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Отримано неправильну відповідь. Переконайтеся, що домен домашнього сервера дійсний.</t>
+          <t>Потрібні кінцеві точки не знайдено. Можливо, це не сервер Matrix.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Сталася невідома помилка. Переконайтеся, що домен домашнього сервера дійсний.</t>
+          <t>Отримано неправильну відповідь. Переконайтеся, що домен домашнього сервера дійсний.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
-[...2 lines deleted...]
-      <c r="C314" t="inlineStr"/>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>Сталася невідома помилка. Переконайтеся, що домен домашнього сервера дійсний.</t>
+        </is>
+      </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Продовжуйте з Facebook</t>
+          <t>Увійдіть за допомогою Apple</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Увійдіть за допомогою Google</t>
+          <t>Продовжуйте з Facebook</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Увійдіть за допомогою Twitter</t>
+          <t>Увійдіть за допомогою Google</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Увійдіть за допомогою %1</t>
+          <t>Увійдіть за допомогою Twitter</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>ВХІД SSO</t>
+          <t>Увійдіть за допомогою %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Порожній пароль</t>
+          <t>ВХІД SSO</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Помилка входу SSO</t>
+          <t>Порожній пароль</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Ідентифікатор Matrix</t>
+          <t>Помилка входу SSO</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="C324" t="inlineStr"/>
+          <t>Matrix ID</t>
+        </is>
+      </c>
+      <c r="C324" t="inlineStr">
+        <is>
+          <t>Ідентифікатор Matrix</t>
+        </is>
+      </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr"/>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="C326" t="inlineStr"/>
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...33 lines deleted...]
-      </c>
+      <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Ваш пароль.</t>
+          <t>Пароль</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
-[...2 lines deleted...]
-      <c r="G327" t="inlineStr"/>
+          <t>LoginPagePassword</t>
+        </is>
+      </c>
+      <c r="G327" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: пароль</t>
+        </is>
+      </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
-[...2 lines deleted...]
-      <c r="C328" t="inlineStr"/>
+          <t>Your password.</t>
+        </is>
+      </c>
+      <c r="C328" t="inlineStr">
+        <is>
+          <t>Ваш пароль.</t>
+        </is>
+      </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
-[...6 lines deleted...]
-      </c>
+          <t>LoginPageYour password.</t>
+        </is>
+      </c>
+      <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show/Hide Password</t>
+        </is>
+      </c>
+      <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
-[...2 lines deleted...]
-      <c r="G329" t="inlineStr"/>
+          <t>LoginPageShow/Hide Password</t>
+        </is>
+      </c>
+      <c r="G329" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Показати/Сховати пароль</t>
+        </is>
+      </c>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Ім’я цього пристрою, яке буде показано іншим під час перевірки ваших пристроїв. Якщо нічого не вказано, використовується значення за умовчанням.</t>
+          <t>Ім'я пристрою</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Адреса домашнього сервера</t>
+          <t>Ім’я цього пристрою, яке буде показано іншим під час перевірки ваших пристроїв. Якщо нічого не вказано, використовується значення за умовчанням.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
-[...2 lines deleted...]
-      <c r="C332" t="inlineStr"/>
+          <t>Homeserver address</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr">
+        <is>
+          <t>Адреса домашнього сервера</t>
+        </is>
+      </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>The address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>The address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr"/>
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Назад</t>
+          <t>ВХІД</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Вийти</t>
+          <t>Назад</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Триває дзвінок. Вийти?</t>
+          <t>Вийти</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Ви впевнені, що хочете вийти?</t>
+          <t>Триває дзвінок. Вийти?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Не вдалося завантажити медіа. Будь ласка спробуйте ще раз.</t>
+          <t>Ви впевнені, що хочете вийти?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Покласти трубку</t>
+          <t>Не вдалося завантажити медіа. Будь ласка спробуйте ще раз.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Вже на дзвінку</t>
+          <t>Покласти трубку</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Зателефонувати</t>
+          <t>Вже на дзвінку</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Надіслати файл</t>
+          <t>Зателефонувати</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Написати повідомлення…</t>
+          <t>Надіслати файл</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Наліпки</t>
+          <t>Написати повідомлення…</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Емодзі</t>
+          <t>Наліпки</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageInputStickers</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Надіслати</t>
+          <t>Емодзі</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
-[...2 lines deleted...]
-      <c r="G347" t="inlineStr"/>
+          <t>MessageInputEmoji</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: емодзі</t>
+        </is>
+      </c>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Ви не маєте дозволу надсилати повідомлення в цій кімнаті</t>
+          <t>Надіслати</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
-[...2 lines deleted...]
-      <c r="C349" t="inlineStr"/>
+          <t>You don't have permission to send messages in this room</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>Ви не маєте дозволу надсилати повідомлення в цій кімнаті</t>
+        </is>
+      </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
-[...6 lines deleted...]
-      </c>
+          <t>Don't mention them in this message</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Реагувати</t>
+          <t>Змінити</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Відповісти в ланцюжку</t>
+          <t>Реагувати</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Новий ланцюжок</t>
+          <t>Відповісти в ланцюжку</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Відповісти</t>
+          <t>Новий ланцюжок</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
-[...2 lines deleted...]
-      <c r="C355" t="inlineStr"/>
+          <t>Reply</t>
+        </is>
+      </c>
+      <c r="C355" t="inlineStr">
+        <is>
+          <t>Відповісти</t>
+        </is>
+      </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewReply</t>
+        </is>
+      </c>
+      <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
-[...6 lines deleted...]
-      </c>
+          <t>Go to message</t>
+        </is>
+      </c>
+      <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
-[...2 lines deleted...]
-      <c r="G356" t="inlineStr"/>
+          <t>MessageViewGo to message</t>
+        </is>
+      </c>
+      <c r="G356" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перейти до повідомлення</t>
+        </is>
+      </c>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Введіть причину видалення або натисніть Enter щоб видалити без причини:</t>
+          <t>Опції</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Причина видалення</t>
+          <t>Введіть причину видалення або натисніть Enter щоб видалити без причини:</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
-[...2 lines deleted...]
-      <c r="C359" t="inlineStr"/>
+          <t>Reason for removal</t>
+        </is>
+      </c>
+      <c r="C359" t="inlineStr">
+        <is>
+          <t>Причина видалення</t>
+        </is>
+      </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewReason for removal</t>
+        </is>
+      </c>
+      <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
-[...6 lines deleted...]
-      </c>
+          <t>Go to &amp;message</t>
+        </is>
+      </c>
+      <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
-[...2 lines deleted...]
-      <c r="G360" t="inlineStr"/>
+          <t>MessageViewGo to &amp;message</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Перейти до &amp;message</t>
+        </is>
+      </c>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Копіювати &amp;посилання розташування</t>
+          <t>&amp;Копіювати</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Ре&amp;агувати</t>
+          <t>Копіювати &amp;посилання розташування</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Відпо&amp;вісти</t>
+          <t>Ре&amp;агувати</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Змінити</t>
+          <t>Відпо&amp;вісти</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>&amp;Зв'язок</t>
+          <t>Змінити</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Від&amp;кріпити</t>
+          <t>&amp;Зв'язок</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>&amp;Закріпити</t>
+          <t>Від&amp;кріпити</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>&amp;Прочитати квитанції</t>
+          <t>&amp;Закріпити</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Pin</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>&amp;Вперед</t>
+          <t>&amp;Прочитати квитанції</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
-[...2 lines deleted...]
-      <c r="G369" t="inlineStr"/>
+          <t>MessageView&amp;Read receipts</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Прочитати квитанції</t>
+        </is>
+      </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>&amp;Відзначити як прочитане</t>
+          <t>&amp;Вперед</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Переглянути необроблене повідомлення</t>
+          <t>&amp;Відзначити як прочитане</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Переглянути розшифроване необроблене повідомлення</t>
+          <t>Переглянути необроблене повідомлення</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Ви&amp;далити повідомлення</t>
+          <t>Переглянути розшифроване необроблене повідомлення</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
-[...2 lines deleted...]
-      <c r="C374" t="inlineStr"/>
+          <t>Remo&amp;ve message</t>
+        </is>
+      </c>
+      <c r="C374" t="inlineStr">
+        <is>
+          <t>Ви&amp;далити повідомлення</t>
+        </is>
+      </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageViewRemo&amp;ve message</t>
+        </is>
+      </c>
+      <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
-[...6 lines deleted...]
-      </c>
+          <t>Report message</t>
+        </is>
+      </c>
+      <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
-[...2 lines deleted...]
-      <c r="G375" t="inlineStr"/>
+          <t>MessageViewReport message</t>
+        </is>
+      </c>
+      <c r="G375" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Повідомити о порушенні правил</t>
+        </is>
+      </c>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>&amp;Відкрити у зовнішній програмі</t>
+          <t>&amp;Зберегти як</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Копіювати посилання на &amp;подію</t>
+          <t>&amp;Відкрити у зовнішній програмі</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>&amp;Перейти до цитованого повідомлення</t>
+          <t>Копіювати посилання на &amp;подію</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Надіслати запит на підтвердження</t>
+          <t>&amp;Перейти до цитованого повідомлення</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Отримано запит на підтвердження</t>
+          <t>Надіслати запит на підтвердження</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Щоб дозволити іншим користувачам бачити, які з ваших пристроїв насправді належать вам, ви можете підтвердити їх. Це також дозволяє резервне копіювання ключів працювати автоматично. Перевірити неперевірений пристрій зараз? (Переконайтеся, що у вас є один із цих пристроїв.)</t>
+          <t>Отримано запит на підтвердження</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Щоб дозволити іншим користувачам бачити, які з ваших пристроїв насправді належать вам, ви можете перевірити їх. Це також дозволяє резервне копіювання ключів працювати автоматично. Перевірити %1 зараз?</t>
+          <t>Щоб дозволити іншим користувачам бачити, які з ваших пристроїв насправді належать вам, ви можете підтвердити їх. Це також дозволяє резервне копіювання ключів працювати автоматично. Перевірити неперевірений пристрій зараз? (Переконайтеся, що у вас є один із цих пристроїв.)</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Щоб переконатися, що жоден зловмисник не зможе підслухати ваші зашифровані повідомлення, ви можете перевірити іншу сторону.</t>
+          <t>Щоб дозволити іншим користувачам бачити, які з ваших пристроїв насправді належать вам, ви можете перевірити їх. Це також дозволяє резервне копіювання ключів працювати автоматично. Перевірити %1 зараз?</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 надіслав запит на перевірку свого пристрою %2.</t>
+          <t>Щоб переконатися, що жоден зловмисник не зможе підслухати ваші зашифровані повідомлення, ви можете перевірити іншу сторону.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>%1, використовуя пристрій %2, надіслав запит на перевірку.</t>
+          <t>%1 надіслав запит на перевірку свого пристрою %2.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Ваш пристрій (%1) надіслав запит на перевірку.</t>
+          <t>%1, використовуя пристрій %2, надіслав запит на перевірку.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Скасувати</t>
+          <t>Ваш пристрій (%1) надіслав запит на перевірку.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Відказати</t>
+          <t>Скасувати</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Почати перевірку</t>
+          <t>Відказати</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Прийняти</t>
+          <t>Почати перевірку</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 надіслав зашифроване повідомлення</t>
+          <t>Прийняти</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C392" t="inlineStr"/>
+          <t>%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>%1 надіслав зашифроване повідомлення</t>
+        </is>
+      </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr"/>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr">
+      <c r="G393" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 відповів схованим повідомленням.</t>
         </is>
       </c>
-      <c r="H392" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 відповів: %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 відповів на повідомлення</t>
+          <t>%1 відповів зашифрованим повідомленням</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 надіслав повідомлення</t>
+          <t>%1 відповів на повідомлення</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Зателефонувати %1?</t>
+          <t>%1 надіслав повідомлення</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Мікрофон не знайдено.</t>
+          <t>Зателефонувати %1?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Голос</t>
+          <t>Мікрофон не знайдено.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Відео</t>
+          <t>Голос</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Екран</t>
+          <t>Відео</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Скасувати</t>
+          <t>Екран</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">нереалізована подія: </t>
+          <t>Скасувати</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Дозволи в %1</t>
+          <t xml:space="preserve">нереалізована подія: </t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Будьте обережні під час редагування дозволів. Ви не можете знизити дозволи для людей з таким самим або вищим рівнем, ніж ваш. Будьте обережні, просуваючи інших.</t>
+          <t>Дозволи в %1</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Ролі</t>
+          <t>Будьте обережні під час редагування дозволів. Ви не можете знизити дозволи для людей з таким самим або вищим рівнем, ніж ваш. Будьте обережні, просуваючи інших.</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Користувачі</t>
+          <t>Ролі</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Переміщуйте дозволи між ролями, щоб змінювати їх</t>
+          <t>Користувачі</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Адміністратор (%1)</t>
+          <t>Переміщуйте дозволи між ролями, щоб змінювати їх</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
+      <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Користувач (%1)</t>
+          <t>Адміністратор (%1)</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Спеціальний (%1)</t>
+          <t>Модератор (%1)</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Видалити тип події</t>
+          <t>Користувач (%1)</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Додати тип події</t>
+          <t>Спеціальний (%1)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Додати нову роль</t>
+          <t>Видалити тип події</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Додати</t>
+          <t>Додати тип події</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Перемістіть користувачів вгору або вниз, щоб змінити їхні дозволи</t>
+          <t>Додати нову роль</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Видалити користувача</t>
+          <t>Додати</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Додати користувача</t>
+          <t>Перемістіть користувачів вгору або вниз, щоб змінити їхні дозволи</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Застосувати зміни дозволів</t>
+          <t>Видалити користувача</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>До яких підспільнот і кімнат слід застосувати ці дозволи?</t>
+          <t>Додати користувача</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Застосувати дозволи рекурсивно</t>
+          <t>Застосувати зміни дозволів</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Перезаписати наявні зміни в кімнатах</t>
+          <t>До яких підспільнот і кімнат слід застосувати ці дозволи?</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Тут немає дозволів для застосування нових дозволів</t>
+          <t>Застосувати дозволи рекурсивно</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Зміни не потрібні</t>
+          <t>Перезаписати наявні зміни в кімнатах</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Існуючі зміни дозволів у цій кімнаті буде перезаписано</t>
+          <t>Тут немає дозволів для застосування нових дозволів</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Дозволи синхронізовані з спільнотою</t>
+          <t>Зміни не потрібні</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Не вдалося оновити рівень потужності: %1</t>
+          <t>Існуючі зміни дозволів у цій кімнаті буде перезаписано</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Не вдалося оновити рівень потужності: %1</t>
+          <t>Дозволи синхронізовані з спільнотою</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Адміністратор: %1</t>
+          <t>Не вдалося оновити рівень потужності: %1</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Модератор: %1</t>
+          <t>Не вдалося оновити рівень потужності: %1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Інші події</t>
+          <t>Адміністратор (%1)</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Інші адміністративні події</t>
+          <t>Модератор: %1</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Видалити інших користувачів</t>
+          <t>Користувач: %1</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Забанити інших користувачів</t>
+          <t>Інші події</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Запросити інших користувачів</t>
+          <t>Інші адміністративні події</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Редагувати події, надіслані іншими</t>
+          <t>Видалити інших користувачів</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Реакції</t>
+          <t>Забанити інших користувачів</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Застарілі події псевдонімів</t>
+          <t>Запросити інших користувачів</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Змінити аватар кімнати</t>
+          <t>Редагувати події, надіслані іншими</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Змінити адреси кімнат</t>
+          <t>Реакції</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Надіслати зашифровані повідомлення</t>
+          <t>Застарілі події псевдонімів</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Увімкнути шифрування</t>
+          <t>Змінити аватар кімнати</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Змінити гостьовий доступ</t>
+          <t>Змінити адреси кімнат</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Змінити видимість історії</t>
+          <t>Надіслати зашифровані повідомлення</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Змінити тих, хто може приєднатися</t>
+          <t>Увімкнути шифрування</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Надіслати повідомлення</t>
+          <t>Змінити гостьовий доступ</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Змінити назву кімнати</t>
+          <t>Змінити видимість історії</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Змінити дозволи кімнати</t>
+          <t>Змінити тих, хто може приєднатися</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Змінити тему кімнат</t>
+          <t>Надіслати повідомлення</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Змінити віджети</t>
+          <t>Змінити назву кімнати</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Змінити віджети (експериментально)</t>
+          <t>Змінити дозволи кімнати</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Редагувати власні події</t>
+          <t>Змінити тему кімнат</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Змінити закріплені події</t>
+          <t>Змінити віджети</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Оновити кімнату</t>
+          <t>Змінити віджети (експериментально)</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Надіслати наліпки</t>
+          <t>Редагувати власні події</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Заборонити користувачів за допомогою правил політики</t>
+          <t>Змінити закріплені події</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Заборонити кімнати за правилами політики</t>
+          <t>Оновити кімнату</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Заборонити сервери за допомогою правил політики</t>
+          <t>Надіслати наліпки</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Редагувати дочірні спільноти та кімнати</t>
+          <t>Заборонити користувачів за допомогою правил політики</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Змінити батьківські громади</t>
+          <t>Заборонити кімнати за правилами політики</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Розпочати дзвінок</t>
+          <t>Заборонити сервери за допомогою правил політики</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Домовитися про дзвінок</t>
+          <t>Редагувати дочірні спільноти та кімнати</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Відповісти на дзвінок</t>
+          <t>Змінити батьківські громади</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Покласти трубку</t>
+          <t>Розпочати дзвінок</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Відхилити дзвінок</t>
+          <t>Домовитися про дзвінок</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Змінити емоції кімнати</t>
+          <t>Відповісти на дзвінок</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Інші користувачі</t>
+          <t>Покласти трубку</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Створити унікальний профіль, який дозволить вам входити в кілька облікових записів одночасно та запускати кілька екземплярів nheko.</t>
+          <t>Відхилити дзвінок</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>профіль</t>
+          <t>Змінити емоції кімнати</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>імя профілю</t>
+          <t>Інші користувачі</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Псевдонім для '--log-level trace'.</t>
+          <t>Створити унікальний профіль, який дозволить вам входити в кілька облікових записів одночасно та запускати кілька екземплярів nheko.</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Установіть глобальний рівень журналу або розділений комами список пар &lt;component&gt;=&lt;level&gt;, або обидва. Наприклад, щоб встановити рівень журналу за замовчуванням на «попередження», але вимкнути журналювання для компонента «ui», передайте «warn,ui=off». рівні: {trace,debug,info,warning,error,critical,off} компоненти:{crypto,db,mtx,net,qml,ui}</t>
+          <t>профіль</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>рівень</t>
+          <t>імя профілю</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Встановіть тип виведення журналу. Допускається список, розділений комами. Типовим є 'file,stderr'. типи: {file, stderr, none}</t>
+          <t>Псевдонім для '--log-level trace'.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>тип</t>
+          <t>Установіть глобальний рівень журналу або розділений комами список пар &lt;component&gt;=&lt;level&gt;, або обидва. Наприклад, щоб встановити рівень журналу за замовчуванням на «попередження», але вимкнути журналювання для компонента «ui», передайте «warn,ui=off». рівні: {trace,debug,info,warning,error,critical,off} компоненти:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
-[...2 lines deleted...]
-      <c r="C478" t="inlineStr"/>
+          <t>level</t>
+        </is>
+      </c>
+      <c r="C478" t="inlineStr">
+        <is>
+          <t>рівень</t>
+        </is>
+      </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Відповісти</t>
+          <t>Встановіть тип виведення журналу. Допускається список, розділений комами. Типовим є 'file,stderr'. типи: {file, stderr, none}</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Надіслати</t>
+          <t>тип</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
-[...6 lines deleted...]
-      </c>
+          <t>Recompacts the database which might improve performance.</t>
+        </is>
+      </c>
+      <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Розгадайте reCAPTCHA і натисніть кнопку підтвердження</t>
+          <t>Відповісти</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Відкрити reCAPTCHA</t>
+          <t>Надіслати</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Скасувати</t>
+          <t>Написати повідомлення…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>QObjectWrite a message...</t>
+        </is>
+      </c>
+      <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Підтвердити</t>
+          <t>Розгадайте reCAPTCHA і натисніть кнопку підтвердження</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+        </is>
+      </c>
+      <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Прочитати квитанції</t>
+          <t>Відкрити reCAPTCHA</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Учора, %1</t>
+          <t>Скасувати</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
-[...2 lines deleted...]
-      <c r="G487" t="inlineStr"/>
+          <t>ReCaptchaDialogCancel</t>
+        </is>
+      </c>
+      <c r="G487" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скасувати</t>
+        </is>
+      </c>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Помилка автовиявлення. Отримано неправильну відповідь.</t>
+          <t>Підтвердити</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
-[...2 lines deleted...]
-      <c r="G488" t="inlineStr"/>
+          <t>ReCaptchaDialogConfirm</t>
+        </is>
+      </c>
+      <c r="G488" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Підтвердити</t>
+        </is>
+      </c>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Помилка автовиявлення. Невідома помилка під час запиту .well-known.</t>
+          <t>Прочитати квитанції</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Потрібні кінцеві точки не знайдено. Можливо, це не сервер Matrix.</t>
+          <t>Учора, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Отримано неправильну відповідь. Переконайтеся, що домен домашнього сервера дійсний.</t>
+          <t>Помилка автовиявлення. Отримано неправильну відповідь.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Сталася невідома помилка. Переконайтеся, що домен домашнього сервера дійсний.</t>
+          <t>Помилка автовиявлення. Невідома помилка під час запиту .well-known.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
-[...2 lines deleted...]
-      <c r="C493" t="inlineStr"/>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr">
+        <is>
+          <t>Потрібні кінцеві точки не знайдено. Можливо, це не сервер Matrix.</t>
+        </is>
+      </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Сервер не підтримує потоки реєстрації запитів!</t>
+          <t>Отримано неправильну відповідь. Переконайтеся, що домен домашнього сервера дійсний.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Сервер не підтримує реєстрацію.</t>
+          <t>Сталася невідома помилка. Переконайтеся, що домен домашнього сервера дійсний.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Ім'я вже використовується.</t>
+          <t>Сервер не підтримує потоки реєстрації запитів!</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Частина зарезервованого простору імен.</t>
+          <t>Сервер не підтримує реєстрацію.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Домашній сервер</t>
+          <t>Невірне ім'я користувача.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>ваш.сервер</t>
+          <t>Ім'я вже використовується.</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Сервер, який дозволяє реєструватися. Оскільки матриця децентралізована, вам потрібно спочатку знайти сервер, на якому можна зареєструватися, або розмістити власний.</t>
+          <t>Частина зарезервованого простору імен.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Ім'я користувача</t>
+          <t>Домашній сервер</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Ім’я користувача не має бути порожнім і має містити лише символи a-z, 0-9, ., _, =, - та /.</t>
+          <t>ваш.сервер</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Назад</t>
+          <t>Сервер, який дозволяє реєструватися. Оскільки матриця децентралізована, вам потрібно спочатку знайти сервер, на якому можна зареєструватися, або розмістити власний.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Пароль</t>
+          <t>Ім'я користувача</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageUsername</t>
+        </is>
+      </c>
+      <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Виберіть надійний пароль. Точні вимоги до надійності пароля можуть залежати від вашого сервера.</t>
+          <t>Ім’я користувача не має бути порожнім і має містити лише символи a-z, 0-9, ., _, =, - та /.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Підтвердження паролю</t>
+          <t>Назад</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Ваші паролі не збігаються!</t>
+          <t>Пароль</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="G508" t="inlineStr"/>
+          <t>RegisterPagePassword</t>
+        </is>
+      </c>
+      <c r="G508" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: пароль</t>
+        </is>
+      </c>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Ім'я пристрою</t>
+          <t>Виберіть надійний пароль. Точні вимоги до надійності пароля можуть залежати від вашого сервера.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Ім’я цього пристрою, яке буде показано іншим під час перевірки ваших пристроїв. Якщо нічого не вказано, використовується значення за умовчанням.</t>
+          <t>Підтвердження паролю</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>ЗАРЕЄСТРУВАТИСЯ</t>
+          <t>Ваші паролі не збігаються!</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Закрити</t>
+          <t>Ім'я пристрою</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Скасувати редагування</t>
+          <t>Ім’я цього пристрою, яке буде показано іншим під час перевірки ваших пристроїв. Якщо нічого не вказано, використовується значення за умовчанням.</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Скасувати ланцюжок</t>
+          <t>ЗАРЕЄСТРУВАТИСЯ</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
-[...2 lines deleted...]
-      <c r="C515" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C515" t="inlineStr">
+        <is>
+          <t>Закрити</t>
+        </is>
+      </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
-[...2 lines deleted...]
-      <c r="C516" t="inlineStr"/>
+          <t>Cancel Edit</t>
+        </is>
+      </c>
+      <c r="C516" t="inlineStr">
+        <is>
+          <t>Скасувати редагування</t>
+        </is>
+      </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
-[...2 lines deleted...]
-      <c r="C517" t="inlineStr"/>
+          <t>Cancel Thread</t>
+        </is>
+      </c>
+      <c r="C517" t="inlineStr">
+        <is>
+          <t>Скасувати ланцюжок</t>
+        </is>
+      </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr"/>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bad</t>
+        </is>
+      </c>
+      <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
-[...6 lines deleted...]
-      </c>
+          <t>Serious</t>
+        </is>
+      </c>
+      <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReportMessageSerious</t>
+        </is>
+      </c>
+      <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
-[...6 lines deleted...]
-      </c>
+          <t>ReportMessageExtremely serious</t>
+        </is>
+      </c>
+      <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Пошук громадських кімнат</t>
+          <t>Досліджуйте громадські кімнати</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Вибрати спеціальний домашній сервер</t>
+          <t>Приєднатися</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
-[...2 lines deleted...]
-      <c r="G528" t="inlineStr"/>
+          <t>RoomDirectoryJoin</t>
+        </is>
+      </c>
+      <c r="G528" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Приєднатися</t>
+        </is>
+      </c>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open</t>
+        </is>
+      </c>
+      <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Закрити</t>
+          <t>Suggested in Weblate: Відкрити</t>
         </is>
       </c>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>версія не збережена</t>
+          <t>Пошук громадських кімнат</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Почати новий чат</t>
+          <t>Вибрати спеціальний домашній сервер</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Приєднатися до кімнати</t>
+          <t>Закрити</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
-[...2 lines deleted...]
-      <c r="G532" t="inlineStr"/>
+          <t>RoomDirectoryClose</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Закрити</t>
+        </is>
+      </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Створити нову кімнату</t>
+          <t>версія не збережена</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Розпочати прямий чат</t>
+          <t>Почати новий чат</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Створити нову спільноту</t>
+          <t>Приєднатися до кімнати</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Каталог кімнат</t>
+          <t>Створити нову кімнату</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Пошук кімнат (Ctrl+K)</t>
+          <t>Розпочати прямий чат</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Налаштування користувача</t>
+          <t>Створити нову спільноту</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Вийти</t>
+          <t>Каталог кімнат</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Введіть своє повідомлення про статус:</t>
+          <t>Пошук кімнат (Ctrl+K)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Повідомлення про статус</t>
+          <t>Налаштування користувача</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Налаштування профілю</t>
+          <t>Вийти</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Встановити повідомлення про статус</t>
+          <t>Введіть своє повідомлення про статус:</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
-[...2 lines deleted...]
-      <c r="C544" t="inlineStr"/>
+          <t>Status Message</t>
+        </is>
+      </c>
+      <c r="C544" t="inlineStr">
+        <is>
+          <t>Повідомлення про статус</t>
+        </is>
+      </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
-[...2 lines deleted...]
-      <c r="C545" t="inlineStr"/>
+          <t>Profile settings</t>
+        </is>
+      </c>
+      <c r="C545" t="inlineStr">
+        <is>
+          <t>Налаштування профілю</t>
+        </is>
+      </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListProfile settings</t>
+        </is>
+      </c>
+      <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
-[...2 lines deleted...]
-      <c r="C546" t="inlineStr"/>
+          <t>Set status message</t>
+        </is>
+      </c>
+      <c r="C546" t="inlineStr">
+        <is>
+          <t>Встановити повідомлення про статус</t>
+        </is>
+      </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListSet status message</t>
+        </is>
+      </c>
+      <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListAutomatic online status</t>
+        </is>
+      </c>
+      <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
-[...6 lines deleted...]
-      </c>
+          <t>Online</t>
+        </is>
+      </c>
+      <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
-[...7 lines deleted...]
-      </c>
+          <t>RoomListOnline</t>
+        </is>
+      </c>
+      <c r="G548" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В мережі</t>
+        </is>
+      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unavailable</t>
+        </is>
+      </c>
+      <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
-[...7 lines deleted...]
-      </c>
+          <t>RoomListUnavailable</t>
+        </is>
+      </c>
+      <c r="G549" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не доступний</t>
+        </is>
+      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>Offline</t>
+        </is>
+      </c>
+      <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
-[...7 lines deleted...]
-      </c>
+          <t>RoomListOffline</t>
+        </is>
+      </c>
+      <c r="G550" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не в мережі</t>
+        </is>
+      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Закрити</t>
+          <t>Шифрування не встановлено</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Введіть тег, який ви хочете використовувати:</t>
+          <t>Неперевірений вхід</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Новий тег</t>
+          <t>Будь ласка, перевірте інші пристрої</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Відкрити окремо</t>
+          <t>Закрити</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
-[...2 lines deleted...]
-      <c r="C555" t="inlineStr"/>
+          <t>Enter the tag you want to use:</t>
+        </is>
+      </c>
+      <c r="C555" t="inlineStr">
+        <is>
+          <t>Введіть тег, який ви хочете використовувати:</t>
+        </is>
+      </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
+          <t>RoomListEnter the tag you want to use:</t>
+        </is>
+      </c>
+      <c r="G555" t="inlineStr"/>
+      <c r="H555" t="inlineStr"/>
+    </row>
+    <row r="556">
+      <c r="A556" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20108</t>
+        </is>
+      </c>
+      <c r="B556" t="inlineStr">
+        <is>
+          <t>New tag</t>
+        </is>
+      </c>
+      <c r="C556" t="inlineStr">
+        <is>
+          <t>Новий тег</t>
+        </is>
+      </c>
+      <c r="D556" t="inlineStr"/>
+      <c r="E556" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F556" t="inlineStr">
+        <is>
+          <t>RoomListNew tag</t>
+        </is>
+      </c>
+      <c r="G556" t="inlineStr"/>
+      <c r="H556" t="inlineStr"/>
+    </row>
+    <row r="557">
+      <c r="A557" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20115</t>
+        </is>
+      </c>
+      <c r="B557" t="inlineStr">
+        <is>
+          <t>Open separately</t>
+        </is>
+      </c>
+      <c r="C557" t="inlineStr">
+        <is>
+          <t>Відкрити окремо</t>
+        </is>
+      </c>
+      <c r="D557" t="inlineStr"/>
+      <c r="E557" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F557" t="inlineStr">
+        <is>
+          <t>RoomListOpen separately</t>
+        </is>
+      </c>
+      <c r="G557" t="inlineStr"/>
+      <c r="H557" t="inlineStr"/>
+    </row>
+    <row r="558">
+      <c r="A558" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20127</t>
+        </is>
+      </c>
+      <c r="B558" t="inlineStr">
+        <is>
+          <t>Mark as read</t>
+        </is>
+      </c>
+      <c r="C558" t="inlineStr"/>
+      <c r="D558" t="inlineStr"/>
+      <c r="E558" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F558" t="inlineStr">
+        <is>
           <t>RoomListMark as read</t>
         </is>
       </c>
-      <c r="G555" t="inlineStr">
+      <c r="G558" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Відмітити як прочитане
 Suggested in Weblate: &amp;Відзначити як прочитане</t>
         </is>
       </c>
-      <c r="H555" t="inlineStr"/>
-[...88 lines deleted...]
-      <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Позначити кімнату як:</t>
+          <t>Налаштування кімнати</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Вибране</t>
+          <t>Залишити кімнату</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Низький пріоритет</t>
+          <t>Копіювати посилання на кімнату</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Повідомлення сервера</t>
+          <t>Позначити кімнату як:</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>RoomListTag room as:</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Створити новий тег…</t>
+          <t>Вибране</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Члени %1</t>
+          <t>Низький пріоритет</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n людина в %1</t>
+          <t>Повідомлення сервера</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr"/>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Створити новий тег…</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Члени %1</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n людина в %1</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Ідентифікатор користувача</t>
+          <t>Запросити більше людей</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Відображуване ім'я</t>
+          <t>Пошук...</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Рівень доступу</t>
+          <t xml:space="preserve">Сортувати за: </t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">RoomMembersSort by: </t>
+        </is>
+      </c>
+      <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Ця кімната не зашифрована!</t>
+          <t>Ідентифікатор користувача</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Цей користувач перевірений.</t>
+          <t>Відображуване ім'я</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Цей користувач не перевірений, але все ще використовує той самий головний ключ, який був у вашій першій зустрічі.</t>
+          <t>Рівень доступу</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
-[...2 lines deleted...]
-      <c r="G574" t="inlineStr"/>
+          <t>RoomMembersPower level</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: рівень доступу</t>
+        </is>
+      </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Цей користувач має неперевірені пристрої!</t>
+          <t>Ця кімната не зашифрована!</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Не вдалося ввімкнути шифрування: %1</t>
+          <t>Цей користувач перевірений.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Вибрати аватар</t>
+          <t>Цей користувач не перевірений, але все ще використовує той самий головний ключ, який був у вашій першій зустрічі.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Усі файли (*)</t>
+          <t>Цей користувач має неперевірені пристрої!</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Вибраний файл не є зображенням</t>
+          <t>Не вдалося ввімкнути шифрування: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Помилка під час читання файлу: %1</t>
+          <t>Вибрати аватар</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Не вдалося завантажити зображення: %s</t>
+          <t>Усі файли (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Налаштування кімнати</t>
+          <t>Вибраний файл не є зображенням</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsThe selected file is not an image</t>
+        </is>
+      </c>
+      <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Змінити аватар кімнати.</t>
+          <t>Помилка під час читання файлу: %1</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Змінити назву цієї кімнати</t>
+          <t>Не вдалося завантажити зображення: %s</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="C585" t="inlineStr"/>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Налаштування кімнати</t>
+        </is>
+      </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="G585" t="inlineStr"/>
+          <t>RoomSettingsDialogRoom Settings</t>
+        </is>
+      </c>
+      <c r="G585" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Налаштування кімнати</t>
+        </is>
+      </c>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...2 lines deleted...]
-      <c r="C586" t="inlineStr"/>
+          <t>Change room avatar.</t>
+        </is>
+      </c>
+      <c r="C586" t="inlineStr">
+        <is>
+          <t>Змінити аватар кімнати.</t>
+        </is>
+      </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr"/>
+      <c r="H586" t="inlineStr"/>
+    </row>
+    <row r="587">
+      <c r="A587" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
+        </is>
+      </c>
+      <c r="B587" t="inlineStr">
+        <is>
+          <t>Change name of this room</t>
+        </is>
+      </c>
+      <c r="C587" t="inlineStr">
+        <is>
+          <t>Змінити назву цієї кімнати</t>
+        </is>
+      </c>
+      <c r="D587" t="inlineStr"/>
+      <c r="E587" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F587" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogChange name of this room</t>
+        </is>
+      </c>
+      <c r="G587" t="inlineStr"/>
+      <c r="H587" t="inlineStr"/>
+    </row>
+    <row r="588">
+      <c r="A588" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
+        </is>
+      </c>
+      <c r="B588" t="inlineStr">
+        <is>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="C588" t="inlineStr"/>
+      <c r="D588" t="inlineStr"/>
+      <c r="E588" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F588" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="G588" t="inlineStr"/>
+      <c r="H588" t="inlineStr"/>
+    </row>
+    <row r="589">
+      <c r="A589" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
+        </is>
+      </c>
+      <c r="B589" t="inlineStr">
+        <is>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C589" t="inlineStr"/>
+      <c r="D589" t="inlineStr"/>
+      <c r="E589" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F589" t="inlineStr">
+        <is>
           <t>RoomSettingsDialog%n member(s)</t>
         </is>
       </c>
-      <c r="G586" t="inlineStr">
+      <c r="G589" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %n учасник, %n учасника, %n учасників
 Suggested in Weblate: , , %n учасник</t>
         </is>
       </c>
-      <c r="H586" t="inlineStr"/>
-[...92 lines deleted...]
-      <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="C590" t="inlineStr"/>
+          <t>View members of %1</t>
+        </is>
+      </c>
+      <c r="C590" t="inlineStr">
+        <is>
+          <t>Переглянути учасників %1</t>
+        </is>
+      </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="G590" t="inlineStr"/>
+          <t>RoomSettingsDialogView members of %1</t>
+        </is>
+      </c>
+      <c r="G590" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Переглянути учасників %1</t>
+        </is>
+      </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>СПОВІЩЕННЯ</t>
+          <t>Тема не встановлена</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogNo topic set</t>
+        </is>
+      </c>
+      <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Сповіщення</t>
+          <t>Змінити тему цієї кімнати</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Лише згадки</t>
+          <t>СПОВІЩЕННЯ</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
-[...2 lines deleted...]
-      <c r="G594" t="inlineStr"/>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: СПОВІЩЕННЯ</t>
+        </is>
+      </c>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Всі повідомлення</t>
+          <t>Сповіщення</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
-[...2 lines deleted...]
-      <c r="C596" t="inlineStr"/>
+          <t>Muted</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr">
+        <is>
+          <t>Приглушений</t>
+        </is>
+      </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Будь-хто може приєднатися</t>
+          <t>Лише згадки</t>
         </is>
       </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Дозволити стукіт</t>
+          <t>Всі повідомлення</t>
         </is>
       </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
-[...6 lines deleted...]
-      </c>
+          <t>ENTRY PERMISSIONS</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>Кімнати для приєднання</t>
+          <t>Будь-хто може приєднатися</t>
         </is>
       </c>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Змінити</t>
+          <t>Дозволити стукіт</t>
         </is>
       </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Змінити список кімнат, через які користувачі можуть приєднатися до цієї кімнати. Зазвичай це офіційна спільнота цієї кімнати.</t>
+          <t>Дозволити приєднання через інші кімнати</t>
         </is>
       </c>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Дозволити гостям приєднатися</t>
+          <t>Кімнати для приєднання</t>
         </is>
       </c>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>Застосувати правила доступу</t>
+          <t>Змінити</t>
         </is>
       </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
-[...2 lines deleted...]
-      <c r="C605" t="inlineStr"/>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr">
+        <is>
+          <t>Змінити список кімнат, через які користувачі можуть приєднатися до цієї кімнати. Зазвичай це офіційна спільнота цієї кімнати.</t>
+        </is>
+      </c>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
-[...2 lines deleted...]
-      <c r="C606" t="inlineStr"/>
+          <t>Allow guests to join</t>
+        </is>
+      </c>
+      <c r="C606" t="inlineStr">
+        <is>
+          <t>Дозволити гостям приєднатися</t>
+        </is>
+      </c>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
-[...2 lines deleted...]
-      <c r="C607" t="inlineStr"/>
+          <t>Apply access rules</t>
+        </is>
+      </c>
+      <c r="C607" t="inlineStr">
+        <is>
+          <t>Застосувати правила доступу</t>
+        </is>
+      </c>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr"/>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr"/>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr"/>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr"/>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr"/>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr"/>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr"/>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr"/>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr"/>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr"/>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
-[...6 lines deleted...]
-      </c>
+          <t>Members can only see messages since after they joined.</t>
+        </is>
+      </c>
+      <c r="C618" t="inlineStr"/>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Apply visibility changes</t>
+        </is>
+      </c>
+      <c r="C619" t="inlineStr"/>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr"/>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
-[...2 lines deleted...]
-      <c r="C621" t="inlineStr"/>
+          <t>Configure</t>
+        </is>
+      </c>
+      <c r="C621" t="inlineStr">
+        <is>
+          <t>Налаштувати</t>
+        </is>
+      </c>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
-[...2 lines deleted...]
-      <c r="C622" t="inlineStr"/>
+          <t>Select events to hide in this room</t>
+        </is>
+      </c>
+      <c r="C622" t="inlineStr">
+        <is>
+          <t>Вибрати події, які потрібно приховати в цій кімнаті</t>
+        </is>
+      </c>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automatic event deletion</t>
+        </is>
+      </c>
+      <c r="C623" t="inlineStr"/>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
+        </is>
+      </c>
+      <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Select if your events get automatically deleted in this room.</t>
+        </is>
+      </c>
+      <c r="C624" t="inlineStr"/>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+        </is>
+      </c>
+      <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C625" t="inlineStr"/>
       <c r="D625" t="inlineStr"/>
       <c r="E625" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F625" t="inlineStr">
         <is>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Шифрування</t>
+        </is>
+      </c>
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Шифрування</t>
+        </is>
+      </c>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Наскрізне шифрування</t>
+        </is>
+      </c>
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Наскрізне шифрування</t>
+        </is>
+      </c>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
+        <is>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
+        </is>
+      </c>
+      <c r="C628" t="inlineStr"/>
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
+        <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="G625" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Переглянути та змінити адреси/псевдоніми цієї кімнати</t>
+          <t>Дозволи</t>
         </is>
       </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Налаштування наліпок і емоцій</t>
+          <t>Переглянути та змінити дозволи в цій кімнаті</t>
         </is>
       </c>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>Змінити увімкнені пакети, видалити пакети або створіть нові</t>
+          <t>Псевдоніми</t>
         </is>
       </c>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>ІНФО</t>
+          <t>Переглянути та змінити адреси/псевдоніми цієї кімнати</t>
         </is>
       </c>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+        </is>
+      </c>
+      <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>Внутрішній ID</t>
+          <t>Налаштування наліпок і емоцій</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>Скопійовано в буфер обміну</t>
+          <t>Змінити увімкнені пакети, видалити пакети або створіть нові</t>
         </is>
       </c>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Версія кімнати</t>
+          <t>ІНФО</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
-[...2 lines deleted...]
-      <c r="G635" t="inlineStr"/>
+          <t>RoomSettingsDialogINFO</t>
+        </is>
+      </c>
+      <c r="G635" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ІНФО</t>
+        </is>
+      </c>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>показати менше</t>
+          <t>Внутрішній ID</t>
         </is>
       </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>показати більше</t>
+          <t>Скопійовано в буфер обміну</t>
         </is>
       </c>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Очікує запрошення.</t>
+          <t>Версія кімнати</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Попередній перегляд цієї кімнати</t>
+          <t>показати менше</t>
         </is>
       </c>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>Попередній перегляд недоступний</t>
+          <t>показати більше</t>
         </is>
       </c>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
-[...2 lines deleted...]
-      <c r="C641" t="inlineStr"/>
+          <t>Pending invite.</t>
+        </is>
+      </c>
+      <c r="C641" t="inlineStr">
+        <is>
+          <t>Очікує запрошення.</t>
+        </is>
+      </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Щоб продовжити, введіть свій пароль для входу:</t>
+          <t>Попередній перегляд цієї кімнати</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Щоб продовжити, введіть дійсну електронну адресу:</t>
+          <t>Попередній перегляд недоступний</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room is possibly inaccessible</t>
+        </is>
+      </c>
+      <c r="C644" t="inlineStr"/>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Будь ласка, введіть токен, який вам було надіслано:</t>
+          <t>Щоб продовжити, введіть свій пароль для входу:</t>
         </is>
       </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Зачекайте, поки надійде посилання для підтвердження, а потім продовжуйте.</t>
+          <t>Щоб продовжити, введіть дійсну електронну адресу:</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Поділитися робочим столом із %1?</t>
+          <t>Щоб продовжити, введіть дійсний номер телефону:</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
-[...2 lines deleted...]
-      <c r="C648" t="inlineStr"/>
+          <t>Please enter the token which has been sent to you:</t>
+        </is>
+      </c>
+      <c r="C648" t="inlineStr">
+        <is>
+          <t>Будь ласка, введіть токен, який вам було надіслано:</t>
+        </is>
+      </c>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Вікно:</t>
+          <t>Зачекайте, поки надійде посилання для підтвердження, а потім продовжуйте.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
-[...2 lines deleted...]
-      <c r="C650" t="inlineStr"/>
+          <t>Share desktop with %1?</t>
+        </is>
+      </c>
+      <c r="C650" t="inlineStr">
+        <is>
+          <t>Поділитися робочим столом із %1?</t>
+        </is>
+      </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Method:</t>
+        </is>
+      </c>
+      <c r="C651" t="inlineStr"/>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Увімкнути камеру «картинка в картинці»</t>
+          <t>Вікно:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
-[...6 lines deleted...]
-      </c>
+          <t>Request screencast</t>
+        </is>
+      </c>
+      <c r="C653" t="inlineStr"/>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Переглядайте камеру абонента, як під час звичайного відеодзвінка</t>
+          <t>Частота кадрів:</t>
         </is>
       </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Приховати курсор миші</t>
+          <t>Увімкнути камеру «картинка в картинці»</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Поділитися</t>
+          <t>Запит на віддалену камеру</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Попередній перегляд</t>
+          <t>Переглядайте камеру абонента, як під час звичайного відеодзвінка</t>
         </is>
       </c>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Скасувати</t>
+          <t>Приховати курсор миші</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Не вдалося підключитися до секретного сховища</t>
+          <t>Поділитися</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Nheko не зміг підключитися до безпечного сховища для збереження секретів шифрування. Це може мати кілька причин. Перевірте, чи працює ваша служба D-Bus і чи налаштовано ви службу, наприклад KWallet, Gnome Keyring, KeePassXC або еквівалент для вашої платформи. Якщо у вас виникли проблеми, не соромтеся відкрити проблему тут: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Попередній перегляд</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Це ваш ключ відновлення. Він знадобиться для відновлення доступу до ваших зашифрованих повідомлень і ключів підтвердження. Зберігайте його в безпеці. Ні з ким не діліться і не втрачайте! Не проходьте Go! Не збирайте 200$!</t>
+          <t>Скасувати</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Шифрування налаштовано успішно</t>
+          <t>Не вдалося підключитися до секретного сховища</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Не вдалося встановити шифрування: %1</t>
+          <t>Nheko не зміг підключитися до безпечного сховища для збереження секретів шифрування. Це може мати кілька причин. Перевірте, чи працює ваша служба D-Bus і чи налаштовано ви службу, наприклад KWallet, Gnome Keyring, KeePassXC або еквівалент для вашої платформи. Якщо у вас виникли проблеми, не соромтеся відкрити проблему тут: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+        </is>
+      </c>
+      <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Налаштувати шифрування</t>
+          <t>Це ваш ключ відновлення. Він знадобиться для відновлення доступу до ваших зашифрованих повідомлень і ключів підтвердження. Зберігайте його в безпеці. Ні з ким не діліться і не втрачайте! Не проходьте Go! Не збирайте 200$!</t>
         </is>
       </c>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Шифрування налаштовано успішно</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr"/>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Не вдалося встановити шифрування: %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Не вдалося ввімкнути шифрування: %1</t>
+        </is>
+      </c>
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C667" t="inlineStr">
+        <is>
+          <t>Налаштувати шифрування</t>
+        </is>
+      </c>
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>Привіт і ласкаво просимо до Матриці!
 Здається, ти новачок. Перш ніж ви зможете надійно зашифрувати свої повідомлення, нам потрібно налаштувати кілька дрібниць. Ви можете відразу натиснути «Прийняти» або налаштувати кілька основних параметрів. Ми також намагаємося пояснити деякі основи. Ви можете пропустити ці частини, але вони можуть виявитися корисними!</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="G668" t="inlineStr"/>
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Активувати шифрування</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Здається, ви вже налаштували шифрування для цього облікового запису. Щоб отримати доступ до зашифрованих повідомлень і зробити цей пристрій надійним, ви можете підтвердити наявний пристрій або (якщо він у вас є) ввести парольну фразу для відновлення. Виберіть один із наведених нижче варіантів.
 Якщо ви виберете перевірку, у вас повинен бути доступний інший пристрій. Якщо ви вибрали «ввести парольну фразу», вам знадобиться ваш ключ відновлення або парольна фраза. Якщо ви натиснете «Скасувати», ви зможете підтвердити себе пізніше.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Не вдалося створити ключі для онлайн-резервного копіювання ключів!</t>
+          <t>перевірити</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Не вдалося створити ключі для безпечного секретного сховища на стороні сервера!</t>
+          <t>введіть парольну фразу</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Налаштування шифрування</t>
+          <t>Не вдалося створити ключі для перехресного підпису!</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Помилка налаштування шифрування: %1</t>
+          <t>Не вдалося створити ключі для онлайн-резервного копіювання ключів!</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Ключ ідентифікації змінено. Це порушує роботу E2EE, тому виходимо із системи.</t>
+          <t>Не вдалося створити ключі для безпечного секретного сховища на стороні сервера!</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Не вдалося оновити пакет зображень: %1</t>
+          <t>Налаштування шифрування</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Не вдалося видалити старий пакет зображень: %1</t>
+          <t>Помилка налаштування шифрування: %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Не вдалося відкрити зображення: %1</t>
+          <t>Ключ ідентифікації змінено. Це порушує роботу E2EE, тому виходимо із системи.</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Не вдалося завантажити зображення: %1</t>
+          <t>Не вдалося оновити пакет зображень: %1</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Додати або видалити зі спільноти...</t>
+          <t>Не вдалося видалити старий пакет зображень: %1</t>
         </is>
       </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>Офіційна спільнота цієї кімнати</t>
+          <t>Не вдалося відкрити зображення: %1</t>
         </is>
       </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>Афілійована спільнота для цієї кімнати</t>
+          <t>Не вдалося завантажити зображення: %1</t>
         </is>
       </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>Наведено лише для учасників спільноти</t>
+          <t>Додати або видалити зі спільноти...</t>
         </is>
       </c>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>Наведено лише для учасників кімнати</t>
+          <t>Офіційна спільнота цієї кімнати</t>
         </is>
       </c>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>Не пов'язано</t>
+          <t>Афілійована спільнота для цієї кімнати</t>
         </is>
       </c>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>Не вдалося</t>
+          <t>Наведено лише для учасників спільноти</t>
         </is>
       </c>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Надіслано</t>
+          <t>Наведено лише для учасників кімнати</t>
         </is>
       </c>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Отримано</t>
+          <t>Не пов'язано</t>
         </is>
       </c>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Прочитано</t>
+          <t>Не вдалося</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Пошук</t>
+          <t>Надіслано</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>Змінити увімкнені пакети, видалити пакети або створіть нові</t>
+          <t>Отримано</t>
         </is>
       </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
-[...6 lines deleted...]
-      </c>
+          <t>StatusIndicatorReceived</t>
+        </is>
+      </c>
+      <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Успішна перевірка</t>
+          <t>Прочитано</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Перевірка успішна!  Обидві сторони перевірили свої пристрої!</t>
+          <t>Пошук</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Закрити</t>
+          <t>Змінити увімкнені пакети, видалити пакети або створіть нові</t>
         </is>
       </c>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
-[...2 lines deleted...]
-      <c r="G694" t="inlineStr"/>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G694" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Змінити увімкнені пакети, видалити пакети або створіть нові</t>
+        </is>
+      </c>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Частина нитки розмови</t>
+          <t>Успішна перевірка</t>
         </is>
       </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 зробив голосовий виклик.</t>
+          <t>Перевірка успішна!  Обидві сторони перевірили свої пристрої!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 здійснив відеодзвінок.</t>
+          <t>Закрити</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>%1 зателефонував.</t>
+          <t>Частина нитки розмови</t>
         </is>
       </c>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
+        </is>
+      </c>
+      <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 відповів на дзвінок.</t>
+          <t>%1 зробив голосовий виклик.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>%1 відхилив виклик.</t>
+          <t>%1 здійснив відеодзвінок.</t>
         </is>
       </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a video call.</t>
+        </is>
+      </c>
+      <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="C701" t="inlineStr"/>
+          <t>%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="C701" t="inlineStr">
+        <is>
+          <t>%1 зателефонував.</t>
+        </is>
+      </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="G701" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G701" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 зателефонував</t>
+        </is>
+      </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 завершив виклик.</t>
+          <t>%1 відповів на дзвінок.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
-[...2 lines deleted...]
-      <c r="G702" t="inlineStr"/>
+          <t>TimelineEvent%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="G702" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 відповів на дзвінок</t>
+        </is>
+      </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>%1 обговорює виклик...</t>
+          <t>%1 відхилив виклик.</t>
         </is>
       </c>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
-[...2 lines deleted...]
-      <c r="G703" t="inlineStr"/>
+          <t>TimelineEvent%1 rejected the call.</t>
+        </is>
+      </c>
+      <c r="G703" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 відхилив виклик</t>
+        </is>
+      </c>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="C704" t="inlineStr"/>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Цю кімнату було замінено з такої причини: %1</t>
+          <t>%1 завершив виклик.</t>
         </is>
       </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>Йти до кімнати заміни</t>
+          <t>%1 обговорює виклик...</t>
         </is>
       </c>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Відредаговано</t>
+          <t>Дозволити їм увійти</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>Частина нитки розмови</t>
+          <t>Цю кімнату було замінено з такої причини: %1</t>
         </is>
       </c>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Помилка редагування повідомлення: %1</t>
+          <t>Йти до кімнати заміни</t>
         </is>
       </c>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Не вдалося зашифрувати подію, надсилання перервано!</t>
+          <t>Відредаговано</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Зберегти зображення</t>
+          <t>Частина нитки розмови</t>
         </is>
       </c>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Зберегти відео</t>
+          <t>Помилка редагування повідомлення: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Зберегти аудіо</t>
+          <t>Не вдалося зашифрувати подію, надсилання перервано!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Зберегти файл</t>
+          <t>Зберегти зображення</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1%2 друкує.</t>
+          <t>Зберегти відео</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Зберегти аудіо</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Зберегти файл</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1%2 друкує.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 відкрив кімнату для гостей.</t>
+          <t>%1 відкрив кімнату для всіх.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 закрив кімнату для гостьового доступу.</t>
+          <t>%1 дозволив приєднатися до цієї кімнати, постукавши.</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 зробив історію кімнат читабельною. Події тепер можуть читати люди, які не приєдналися.</t>
+          <t>%1 дозволив членам наступних кімнат автоматично приєднатися до цієї кімнати: %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 зробив історію кімнати видимою для учасників з цього моменту.</t>
+          <t>%1 відкрив кімнату для гостей.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 зробив історію кімнати видимою для учасників з моменту запрошення.</t>
+          <t>%1 закрив кімнату для гостьового доступу.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 зробив історію кімнати видимою для учасників після того, як вони приєдналися до кімнати.</t>
+          <t>%1 зробив історію кімнат читабельною. Події тепер можуть читати люди, які не приєдналися.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 змінив дозволи кімнати.</t>
+          <t>%1 зробив історію кімнати видимою для учасників з цього моменту.</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу для можливості вигнання людей із кімнати з %2 на %3.</t>
+          <t>%1 зробив історію кімнати видимою для учасників з моменту запрошення.</t>
         </is>
       </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>%n учасник тепер може викидати учасників кімнати.</t>
+          <t>%1 зробив історію кімнати видимою для учасників після того, як вони приєдналися до кімнати.</t>
         </is>
       </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>%1 тепер може викидати учасників кімнати.</t>
+          <t>%1 змінив дозволи кімнати.</t>
         </is>
       </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>%1 змінив рівень потужності редагування кімнати з %2 на %3.</t>
+          <t>%1 змінив рівень доступу для можливості вигнання людей із кімнати з %2 на %3.</t>
         </is>
       </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>%n учасник тепер може редагувати повідомлення кімнати.</t>
+          <t>%n учасник тепер може викидати учасників кімнати.</t>
         </is>
       </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>%1 тепер може редагувати повідомлення кімнати.</t>
+          <t>%1 тепер може викидати учасників кімнати.</t>
         </is>
       </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу для можливості блокування учасників з %2 на %3.</t>
+          <t>%1 змінив рівень потужності редагування кімнати з %2 на %3.</t>
         </is>
       </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>%n учасник тепер може заблокувати учасників кімнати.</t>
+          <t>%n учасник тепер може редагувати повідомлення кімнати.</t>
         </is>
       </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>%1 тепер може блокувати учасників кімнати.</t>
+          <t>%1 тепер може редагувати повідомлення кімнати.</t>
         </is>
       </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу кімнати state_default з %2 на %3.</t>
+          <t>%1 змінив рівень доступу для можливості блокування учасників з %2 на %3.</t>
         </is>
       </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>%n учасник тепер може надсилати події стану.</t>
+          <t>%n учасник тепер може заблокувати учасників кімнати.</t>
         </is>
       </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>%1 тепер може надсилати події стану.</t>
+          <t>%1 тепер може блокувати учасників кімнати.</t>
         </is>
       </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу, потрібного для запрошення до кімнати з %2 на %3.</t>
+          <t>%1 змінив рівень доступу кімнати state_default з %2 на %3.</t>
         </is>
       </c>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу events_default кімнати з %2 на %3. Нові користувачі тепер не можуть надсилати жодні події.</t>
+          <t>%n учасник тепер може надсилати події стану.</t>
         </is>
       </c>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу events_default кімнати з %2 на %3. Нові користувачі тепер можуть надсилати події, які не обмежені іншим чином.</t>
+          <t>%1 тепер може надсилати події стану.</t>
         </is>
       </c>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу events_default кімнати з %2 на %3.</t>
+          <t>%1 змінив рівень доступу, потрібного для запрошення до кімнати з %2 на %3.</t>
         </is>
       </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>%1 призначив %2 адміністратором цієї кімнати.</t>
+          <t>%1 змінив рівень доступу events_default кімнати з %2 на %3. Нові користувачі тепер не можуть надсилати жодні події.</t>
         </is>
       </c>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>%1 призначив %2 модератором цієї кімнати.</t>
+          <t>%1 змінив рівень доступу events_default кімнати з %2 на %3. Нові користувачі тепер можуть надсилати події, які не обмежені іншим чином.</t>
         </is>
       </c>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>%1 знизив статус %2 до модератора цієї кімнати.</t>
+          <t>%1 змінив рівень доступу events_default кімнати з %2 на %3.</t>
         </is>
       </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу %2 з %3 на %4.</t>
+          <t>%1 призначив %2 адміністратором цієї кімнати.</t>
         </is>
       </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>%1 дозволив лише адміністраторам надсилати "%2".</t>
+          <t>%1 призначив %2 модератором цієї кімнати.</t>
         </is>
       </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>%1 дозволив лише модераторам надсилати "%2".</t>
+          <t>%1 знизив статус %2 до модератора цієї кімнати.</t>
         </is>
       </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>%1 дозволив усім надсилати "%2".</t>
+          <t>%1 змінив рівень доступу %2 з %3 на %4.</t>
         </is>
       </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу до типу події "%2" із типового на %3.</t>
+          <t>%1 дозволив лише адміністраторам надсилати "%2".</t>
         </is>
       </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>%1 змінив рівень доступу до типу події "%2" з %3 на %4.</t>
+          <t>%1 дозволив лише модераторам надсилати "%2".</t>
         </is>
       </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>(порожньо)</t>
+          <t>%1 дозволив усім надсилати "%2".</t>
         </is>
       </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>%1 видалив такі зображення з набору %2:&lt;br&gt;%3</t>
+          <t>%1 змінив рівень доступу до типу події "%2" із типового на %3.</t>
         </is>
       </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>%1 додав такі зображення до набору %2:&lt;br&gt;%3</t>
+          <t>%1 змінив рівень доступу до типу події "%2" з %3 на %4.</t>
         </is>
       </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>%1 змінив наклейку та емоції в цій кімнаті.</t>
+          <t>(порожньо)</t>
         </is>
       </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>%1 вимкнув правило блокування користувачів, які відповідають %2.</t>
+          <t>%1 видалив такі зображення з набору %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>%1 додав правило для блокування користувачів, які відповідають %2 за '%3'.</t>
+          <t>%1 додав такі зображення до набору %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>%1 вимкнув правило блокування кімнат, які відповідають %2.</t>
+          <t>%1 змінив наклейку та емоції в цій кімнаті.</t>
         </is>
       </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>%1 додав правило для блокування кімнат, які відповідають %2 для '%3'.</t>
+          <t>%1 вимкнув правило блокування користувачів, які відповідають %2.</t>
         </is>
       </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>%1 вимкнув правило блокування серверів, які відповідають %2.</t>
+          <t>%1 додав правило для блокування користувачів, які відповідають %2 за '%3'.</t>
         </is>
       </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>%1 додав правило для блокування серверів, які відповідають %2 для '%3'.</t>
+          <t>%1 вимкнув правило блокування кімнат, які відповідають %2.</t>
         </is>
       </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>Видалено %1</t>
+          <t>%1 додав правило для блокування кімнат, які відповідають %2 для '%3'.</t>
         </is>
       </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) видалив це повідомлення в %3</t>
+          <t>%1 вимкнув правило блокування серверів, які відповідають %2.</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>Видалено %1 через: %2</t>
+          <t>%1 додав правило для блокування серверів, які відповідають %2 для '%3'.</t>
         </is>
       </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>Видалено %1</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr"/>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) видалив це повідомлення в %3</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>Видалено %1 через: %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr"/>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) видалив це повідомлення в %3
 Причина: %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>%2 відхилив стукіт від %1.</t>
+          <t>%2 відкликав запрошення до %1.</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 змінив свій аватар.</t>
+          <t>%2 вигнав %1.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>%1 змінив деяку інформацію профілю.</t>
+          <t>%2 розблоковано %1.</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>%1 приєднався.</t>
+          <t>%2 відхилив стукіт від %1.</t>
         </is>
       </c>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>%1 приєднався через авторизацію з сервера %2.</t>
+          <t>%1 змінив свій аватар.</t>
         </is>
       </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 відхилив їхнє запрошення.</t>
+          <t>%1 змінив деяку інформацію профілю.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 залишив кімнату.</t>
+          <t>%1 приєднався.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Причина: %1</t>
+          <t>%1 приєднався через авторизацію з сервера %2.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 відредагував свій стукіт.</t>
+          <t>%1 відхилив їхнє запрошення.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
-[...2 lines deleted...]
-      <c r="C777" t="inlineStr"/>
+          <t>%1 left the room.</t>
+        </is>
+      </c>
+      <c r="C777" t="inlineStr">
+        <is>
+          <t>%1 залишив кімнату.</t>
+        </is>
+      </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
-[...2 lines deleted...]
-      <c r="C778" t="inlineStr"/>
+          <t>Reason: %1</t>
+        </is>
+      </c>
+      <c r="C778" t="inlineStr">
+        <is>
+          <t>Причина: %1</t>
+        </is>
+      </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>%2 змінив назву кімнати на: %2 {1 ?}</t>
+          <t>%1 відредагував свій стукіт.</t>
         </is>
       </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr"/>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 removed the room name.</t>
+        </is>
+      </c>
+      <c r="C781" t="inlineStr"/>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
-[...2 lines deleted...]
-      <c r="C782" t="inlineStr"/>
+          <t>%1 changed the room name to: %2</t>
+        </is>
+      </c>
+      <c r="C782" t="inlineStr">
+        <is>
+          <t>%2 змінив назву кімнати на: %2 {1 ?}</t>
+        </is>
+      </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr"/>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>%1 змінив закріплені повідомлення.</t>
+          <t>%2 змінив тему на: %2 {1 ?}</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the room avatar to: %2</t>
+        </is>
+      </c>
+      <c r="C785" t="inlineStr"/>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 removed the room avatar.</t>
+        </is>
+      </c>
+      <c r="C786" t="inlineStr"/>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>%1 створив і налаштував кімнату: %2</t>
+          <t>%1 змінив закріплені повідомлення.</t>
         </is>
       </c>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
-[...2 lines deleted...]
-      <c r="C788" t="inlineStr"/>
+          <t>%1 changed the addresses for this room.</t>
+        </is>
+      </c>
+      <c r="C788" t="inlineStr">
+        <is>
+          <t>%1 змінив адреси для цієї кімнати.</t>
+        </is>
+      </c>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr">
         <is>
-          <t>Ви приєдналися до цієї кімнати.</t>
+          <t>%1 змінив батьківські спільноти для цієї кімнати.</t>
         </is>
       </c>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C790" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 створив і налаштував кімнату: %2</t>
+        </is>
+      </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed unknown state event %2.</t>
+        </is>
+      </c>
+      <c r="C791" t="inlineStr"/>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>%1 запрошено %2.</t>
+          <t>Ви приєдналися до цієї кімнати.</t>
         </is>
       </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 змінив своє відображуване ім’я на %2.</t>
+          <t>%1 зробив так, щоб ця кімната потребувала запрошення, щоб приєднатися.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>%1 залишився після того, як уже пішов!</t>
+          <t>%1 запрошено %2.</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 змінив свій аватар і відображуване ім’я на %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 змінив своє відображуване ім’я на %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 залишився після того, як уже пішов!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...84 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Немає відкритих кімнат</t>
+          <t>%1 заблоковано %2</t>
         </is>
       </c>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Ви збираєтеся повідомити всю кімнату</t>
+          <t>%1 постукав.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr"/>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
-[...2 lines deleted...]
-      <c r="C802" t="inlineStr"/>
+          <t>No room open</t>
+        </is>
+      </c>
+      <c r="C802" t="inlineStr">
+        <is>
+          <t>Немає відкритих кімнат</t>
+        </is>
+      </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
-[...2 lines deleted...]
-      <c r="C803" t="inlineStr"/>
+          <t>You are about to notify the whole room</t>
+        </is>
+      </c>
+      <c r="C803" t="inlineStr">
+        <is>
+          <t>Ви збираєтеся повідомити всю кімнату</t>
+        </is>
+      </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
-[...6 lines deleted...]
-      </c>
+          <t>You will be mentioning %1</t>
+        </is>
+      </c>
+      <c r="C804" t="inlineStr"/>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+        </is>
+      </c>
+      <c r="C805" t="inlineStr"/>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...6 lines deleted...]
-      </c>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+        </is>
+      </c>
+      <c r="C806" t="inlineStr"/>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>Переглянути учасників %1</t>
+          <t>Попередній перегляд недоступний</t>
         </is>
       </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
-[...2 lines deleted...]
-      <c r="C808" t="inlineStr"/>
+          <t>Settings</t>
+        </is>
+      </c>
+      <c r="C808" t="inlineStr">
+        <is>
+          <t>Налаштування</t>
+        </is>
+      </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>приєднатися до розмови</t>
+          <t>%n учасник</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>прийняти запрошення</t>
+          <t>Переглянути учасників %1</t>
         </is>
       </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+        </is>
+      </c>
+      <c r="C811" t="inlineStr"/>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
-[...2 lines deleted...]
-      <c r="C812" t="inlineStr"/>
+          <t>join the conversation</t>
+        </is>
+      </c>
+      <c r="C812" t="inlineStr">
+        <is>
+          <t>приєднатися до розмови</t>
+        </is>
+      </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
-[...2 lines deleted...]
-      <c r="C813" t="inlineStr"/>
+          <t>accept invite</t>
+        </is>
+      </c>
+      <c r="C813" t="inlineStr">
+        <is>
+          <t>прийняти запрошення</t>
+        </is>
+      </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
-[...2 lines deleted...]
-      <c r="C814" t="inlineStr"/>
+          <t>decline invite</t>
+        </is>
+      </c>
+      <c r="C814" t="inlineStr">
+        <is>
+          <t>відхилити запрошення</t>
+        </is>
+      </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
-[...6 lines deleted...]
-      </c>
+          <t>decline invite and ignore user</t>
+        </is>
+      </c>
+      <c r="C815" t="inlineStr"/>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
-[...6 lines deleted...]
-      </c>
+          <t>leave</t>
+        </is>
+      </c>
+      <c r="C816" t="inlineStr"/>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
-[...6 lines deleted...]
-      </c>
+          <t>Invited by %1 (%2)</t>
+        </is>
+      </c>
+      <c r="C817" t="inlineStr"/>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>Кімнату не вибрано</t>
+          <t>Приховати причину запрошення</t>
         </is>
       </c>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>У %1</t>
+          <t>Показати причину запрошення</t>
         </is>
       </c>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Назад до списку кімнат</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>Показати або приховати закріплені повідомлення</t>
+          <t>Кімнату не вибрано</t>
         </is>
       </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>Показати членів кімнати.</t>
+          <t>У %1</t>
         </is>
       </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Ця кімната містить лише перевірені пристрої.</t>
+          <t>Назад до списку кімнат</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>Ця кімната містить неперевірені пристрої!</t>
+          <t>Показати або приховати закріплені повідомлення</t>
         </is>
       </c>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>Шукати в цій кімнаті</t>
+          <t>Показати членів кімнати.</t>
         </is>
       </c>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Налаштування кімнати</t>
+          <t>Ця кімната містить лише перевірені пристрої.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Запросити користувачів</t>
+          <t>Ця кімната містить перевірені пристрої та пристрої, які ніколи не змінювали свій головний ключ.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Учасники</t>
+          <t>Ця кімната містить неперевірені пристрої!</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>Залишити кімнату</t>
+          <t>Шукати в цій кімнаті</t>
         </is>
       </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Налаштування</t>
+          <t>Налаштування кімнати</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>Відкріпити</t>
+          <t>Запросити користувачів</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>Введіть пошуковий запит</t>
+          <t>Учасники</t>
         </is>
       </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Показати</t>
+          <t>Залишити кімнату</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Вийти</t>
+          <t>Налаштування</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
+        <is>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Відкріпити</t>
+        </is>
+      </c>
+      <c r="D836" t="inlineStr"/>
+      <c r="E836" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F836" t="inlineStr">
+        <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Введіть пошуковий запит</t>
+        </is>
+      </c>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr"/>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Показати</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Вийти</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
-      <c r="C836" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F836" t="inlineStr">
+      <c r="C840" t="inlineStr"/>
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>Завантажити файл</t>
+          <t>Немає доступних потоків реєстрації!</t>
         </is>
       </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Вийти з пристрою %1</t>
+          <t>Реєстрацію скасовано</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Ви вийшли з цього пристрою.</t>
+          <t>Введіть дійсний токен реєстрації.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
-[...2 lines deleted...]
-      <c r="C844" t="inlineStr"/>
+          <t>Invalid token</t>
+        </is>
+      </c>
+      <c r="C844" t="inlineStr">
+        <is>
+          <t>Неприпустимий токен</t>
+        </is>
+      </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Виберіть аватар</t>
+          <t>Завантажити файл</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Усі файли (*)</t>
+          <t>Вийти з пристрою %1</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>Вибраний файл не є зображенням</t>
+          <t>Ви вийшли з цього пристрою.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Failed to ignore "%1": %2</t>
+        </is>
+      </c>
+      <c r="C848" t="inlineStr"/>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Глобальний профіль користувача</t>
+          <t>Виберіть аватар</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Профіль користувача кімнати</t>
+          <t>Усі файли (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Змінити аватар глобально.</t>
+          <t>Вибраний файл не є зображенням</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Змінити аватар. Стосуватиметься лише цієї кімнати.</t>
+          <t>Помилка під час читання файлу: %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Глобально змінити відображуване ім’я.</t>
+          <t>Глобальний профіль користувача</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Змінити відображуване ім'я. Стосуватиметься лише цієї кімнати.</t>
+          <t>Профіль користувача кімнати</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
-[...2 lines deleted...]
-      <c r="C855" t="inlineStr"/>
+          <t>Change avatar globally.</t>
+        </is>
+      </c>
+      <c r="C855" t="inlineStr">
+        <is>
+          <t>Змінити аватар глобально.</t>
+        </is>
+      </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Кімната: %1</t>
+          <t>Змінити аватар. Стосуватиметься лише цієї кімнати.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Це спеціальний профіль кімнати. Ім'я та аватар користувача можуть відрізнятися від їх глобальних версій.</t>
+          <t>Глобально змінити відображуване ім’я.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Відкрити глобальний профіль цього користувача.</t>
+          <t>Змінити відображуване ім'я. Стосуватиметься лише цієї кімнати.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
-[...6 lines deleted...]
-      </c>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+        </is>
+      </c>
+      <c r="C859" t="inlineStr"/>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Почати приватний чат.</t>
+          <t>Кімната: %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Вигнати користувача.</t>
+          <t>Це спеціальний профіль кімнати. Ім'я та аватар користувача можуть відрізнятися від їх глобальних версій.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Заблокувати користувача.</t>
+          <t>Відкрити глобальний профіль цього користувача.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileOpen the global profile for this user.</t>
+        </is>
+      </c>
+      <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
-[...2 lines deleted...]
-      <c r="C863" t="inlineStr"/>
+          <t>Verify</t>
+        </is>
+      </c>
+      <c r="C863" t="inlineStr">
+        <is>
+          <t>Перевірити</t>
+        </is>
+      </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
-[...2 lines deleted...]
-      <c r="C864" t="inlineStr"/>
+          <t>Start a private chat.</t>
+        </is>
+      </c>
+      <c r="C864" t="inlineStr">
+        <is>
+          <t>Почати приватний чат.</t>
+        </is>
+      </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Оновити список пристроїв.</t>
+          <t>Вигнати користувача.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Пристрої</t>
+          <t>Заблокувати користувача.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
+          <t>UserProfileBan the user.</t>
         </is>
       </c>
       <c r="G866" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Пристрої</t>
+          <t>Suggested in Weblate: Забанити інших користувачів</t>
         </is>
       </c>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr"/>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignore the user.</t>
+        </is>
+      </c>
+      <c r="C868" t="inlineStr"/>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Змінити ім'я пристрою.</t>
+          <t>Оновити список пристроїв.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>Востаннє бачили %1 з %2</t>
+          <t>Пристрої</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
-[...2 lines deleted...]
-      <c r="G870" t="inlineStr"/>
+          <t>UserProfileDevices</t>
+        </is>
+      </c>
+      <c r="G870" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пристрої</t>
+        </is>
+      </c>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shared Rooms</t>
+        </is>
+      </c>
+      <c r="C871" t="inlineStr"/>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>За замовчуванням</t>
+          <t>Вийти з цього пристрою.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Тема</t>
+          <t>Змінити ім'я пристрою.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Коефіцієнт масштабу</t>
+          <t>Востаннє бачили %1 з %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Виділити повідомлення при наведенні</t>
+          <t>Зняти підтвердження</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Великі емодзі на часовій шкалі</t>
+          <t>За замовчуванням</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Згортати в трей</t>
+          <t>Тема</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Мінімізувати до трею</t>
+          <t>Коефіцієнт масштабу</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>Смуги прокрутки в списку кімнат</t>
+          <t>Виділити повідомлення при наведенні</t>
         </is>
       </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Надсилати повідомлення як Markdown</t>
+          <t>Великі емодзі на часовій шкалі</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>Використовувати клавіші shift+enter для надсилання та enter для початку нового рядка</t>
+          <t>Згортати в трей</t>
         </is>
       </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Увімкнути бульбашки повідомлень</t>
+          <t>Мінімізувати до трею</t>
         </is>
       </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Увімкнути маленькі аватари</t>
+          <t>Смуги прокрутки в списку кімнат</t>
         </is>
       </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Відтворення анімованих зображень тільки при наведенні</t>
+          <t>Надсилати повідомлення як Markdown</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
-[...2 lines deleted...]
-      <c r="C885" t="inlineStr"/>
+          <t>Enable message bubbles</t>
+        </is>
+      </c>
+      <c r="C885" t="inlineStr">
+        <is>
+          <t>Увімкнути бульбашки повідомлень</t>
+        </is>
+      </c>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Повідомляти про набір повідомлення</t>
+          <t>Увімкнути маленькі аватари</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Сортувати кімнати за непрочитаними</t>
+          <t>Відтворення анімованих зображень тільки при наведенні</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Показати кнопки на часовій шкалі</t>
+          <t>Повідомляти про набір повідомлення</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Обмеження ширини часової шкали</t>
+          <t>Сортувати кімнати за непрочитаними</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sort rooms alphabetically</t>
+        </is>
+      </c>
+      <c r="C891" t="inlineStr"/>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Приховані події</t>
+          <t>Показати кнопки на часовій шкалі</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelShow buttons in timeline</t>
+        </is>
+      </c>
+      <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
-[...2 lines deleted...]
-      <c r="C893" t="inlineStr"/>
+          <t>Limit width of timeline</t>
+        </is>
+      </c>
+      <c r="C893" t="inlineStr">
+        <is>
+          <t>Обмеження ширини часової шкали</t>
+        </is>
+      </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Сповіщення на робочому столі</t>
+          <t>Прочитати квитанції</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Сповіщення про сповіщення</t>
+          <t>Приховані події</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
-[...2 lines deleted...]
-      <c r="G895" t="inlineStr"/>
+          <t>UserSettingsModelHidden events</t>
+        </is>
+      </c>
+      <c r="G895" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Приховані події</t>
+        </is>
+      </c>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignored users</t>
+        </is>
+      </c>
+      <c r="C896" t="inlineStr"/>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Використовувати ідентифікатори</t>
+          <t>Сповіщення на робочому столі</t>
         </is>
       </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Відкривати зображення за допомогою зовнішньої програми</t>
+          <t>Сповіщення про сповіщення</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Відкривати відео за допомогою зовнішньої програми</t>
+          <t>Круглі аватари</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Розшифровувати повідомлення в бічній панелі</t>
+          <t>Використовувати ідентифікатори</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>Розшифровувати сповіщення</t>
+          <t>Відкривати зображення за допомогою зовнішньої програми</t>
         </is>
       </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Відображати вигадливі ефекти, такі як конфетті</t>
+          <t>Відкривати відео за допомогою зовнішньої програми</t>
         </is>
       </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>Зменшити або вимкнути анімації</t>
+          <t>Розшифровувати повідомлення в бічній панелі</t>
         </is>
       </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Екран конфіденційності</t>
+          <t>Розшифровувати сповіщення</t>
         </is>
       </c>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Тайм-аут екрану конфіденційності (у секундах [0 - 3600])</t>
+          <t>Відображати вигадливі ефекти, такі як конфетті</t>
         </is>
       </c>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>Режим сенсорного екрану</t>
+          <t>Зменшити або вимкнути анімації</t>
         </is>
       </c>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
-[...2 lines deleted...]
-      <c r="C907" t="inlineStr"/>
+          <t>Privacy Screen</t>
+        </is>
+      </c>
+      <c r="C907" t="inlineStr">
+        <is>
+          <t>Екран конфіденційності</t>
+        </is>
+      </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Розмір шрифту</t>
+          <t>Тайм-аут екрану конфіденційності (у секундах [0 - 3600])</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Сімейство шрифтів</t>
+          <t>Режим сенсорного екрану</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
-[...6 lines deleted...]
-      </c>
+          <t>Disable swipe motions</t>
+        </is>
+      </c>
+      <c r="C910" t="inlineStr"/>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Рингтон</t>
+          <t>Розмір шрифту</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Мікрофон</t>
+          <t>Сімейство шрифтів</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Камера</t>
+          <t>Сімейство шрифтів емодзі</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Роздільна здатність камери</t>
+          <t>Рингтон</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Частота кадрів камери</t>
+          <t>Мікрофон</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Дозволити резервний сервер підтримки викликів</t>
+          <t>Камера</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Надсилати зашифровані повідомлення лише перевіреним користувачам</t>
+          <t>Роздільна здатність камери</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Ділитися ключами з перевіреними користувачами та пристроями</t>
+          <t>Частота кадрів камери</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Резервне копіювання ключів в Інтернеті</t>
+          <t>Дозволити резервний сервер підтримки викликів</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Профіль</t>
+          <t>Надсилати зашифровані повідомлення лише перевіреним користувачам</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>Ідентифікатор користувача</t>
+          <t>Ділитися ключами з перевіреними користувачами та пристроями</t>
         </is>
       </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Токен доступу</t>
+          <t>Резервне копіювання ключів в Інтернеті</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>Ідентифікатор пристрою</t>
+          <t>Профіль</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Відбиток пристрою</t>
+          <t>Ідентифікатор користувача</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Домашній сервер</t>
+          <t>Токен доступу</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>Версія</t>
+          <t>Ідентифікатор пристрою</t>
         </is>
       </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>Платформа</t>
+          <t>Відбиток пристрою</t>
         </is>
       </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>ЗАГАЛЬНЕ</t>
+          <t>Домашній сервер</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>ДОСТУПНІСТЬ</t>
+          <t>Версія</t>
         </is>
       </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>ШКАЛА ЧАСУ</t>
+          <t>Платформа</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>БІЧНА ПАНЕЛЬ</t>
+          <t>ЗАГАЛЬНЕ</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>ТРЕЙ</t>
+          <t>ДОСТУПНІСТЬ</t>
         </is>
       </c>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
-[...2 lines deleted...]
-      <c r="C933" t="inlineStr"/>
+          <t>TIMELINE</t>
+        </is>
+      </c>
+      <c r="C933" t="inlineStr">
+        <is>
+          <t>ШКАЛА ЧАСУ</t>
+        </is>
+      </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>СПОВІЩЕННЯ</t>
+          <t>БІЧНА ПАНЕЛЬ</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>ДЗВІНКИ</t>
+          <t>ТРЕЙ</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
-[...6 lines deleted...]
-      </c>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
+        </is>
+      </c>
+      <c r="C936" t="inlineStr"/>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>ІНФО</t>
+          <t>СПОВІЩЕННЯ</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Ключі сеансу</t>
+          <t>ДЗВІНКИ</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Ключі взаємного підпису</t>
+          <t>ШИФРОВАННЯ</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Онлайн резервний ключ</t>
+          <t>ІНФО</t>
         </is>
       </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Ключ для самопідпису</t>
+          <t>Ключі сеансу</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Ключ підпису користувача</t>
+          <t>Ключі взаємного підпису</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Головний ключ підпису</t>
+          <t>Онлайн резервний ключ</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Відображення інформації про кімнату через D-Bus</t>
+          <t>Ключ для самопідпису</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
-[...2 lines deleted...]
-      <c r="C945" t="inlineStr"/>
+          <t>User signing key</t>
+        </is>
+      </c>
+      <c r="C945" t="inlineStr">
+        <is>
+          <t>Ключ підпису користувача</t>
+        </is>
+      </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
-[...2 lines deleted...]
-      <c r="C946" t="inlineStr"/>
+          <t>Master signing key</t>
+        </is>
+      </c>
+      <c r="C946" t="inlineStr">
+        <is>
+          <t>Головний ключ підпису</t>
+        </is>
+      </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>За замовчуванням</t>
+          <t>Відображення інформації про кімнату через D-Bus</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
-[...6 lines deleted...]
-      </c>
+          <t>Periodically update community routing information</t>
+        </is>
+      </c>
+      <c r="C948" t="inlineStr"/>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr"/>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>За замовчуванням</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Налаштування звуку сповіщення, який буде відтворюватися, коли надходить запрошення на дзвінок</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Задати таймаут (у секундах), через який час після втрати фокусу вікна
 перед тим, як екран буде розмито.
 Встановіть 0, щоб розмиття відбувалося одразу після втрати фокусу. Максимальне значення 1 година (3600 секунд)</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Запускати програму у фоновому режимі, не показуючи вікно клієнта.</t>
+          <t>Змінити колір фону повідомлень при наведенні на них курсору.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Показує смуги прокрутки у списку кімнат та списку спільнот.</t>
+          <t>Збільшити розмір шрифту, якщо відображаються повідомлення з кількома смайликами.</t>
         </is>
       </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Залишати програму працюючою у фоновому режимі після закриття вікна клієнта.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Запускати програму у фоновому режимі, не показуючи вікно клієнта.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr"/>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Показує смуги прокрутки у списку кімнат та списку спільнот.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr"/>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Дозволити використання розмітки в повідомленнях.
 Якщо вимкнено, всі повідомлення надсилаються як звичайний текст.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Відтворює медіафайли типу GIF або WEBP лише при явному наведенні на них вказівника миші.</t>
+          <t>Повідомлення отримують бульбашкове тло. Це також спричиняє деякі зміни у верстці (WIP).</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
-[...2 lines deleted...]
-      <c r="C960" t="inlineStr"/>
+          <t>Avatars are resized to fit above the message.</t>
+        </is>
+      </c>
+      <c r="C960" t="inlineStr">
+        <is>
+          <t>Розмір аватарок змінюється так, щоб вони поміщалися над повідомленням.</t>
+        </is>
+      </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Відтворює медіафайли типу GIF або WEBP лише при явному наведенні на них вказівника миші.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr"/>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Показувати, хто друкує в кімнаті.
 Це також увімкне або вимкне надсилання сповіщень про набір тексту іншим користувачам.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="C964" t="inlineStr"/>
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="C965" t="inlineStr"/>
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...54 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>Сповіщати про отримані повідомлення, коли клієнт не сфокусований в даний момент.</t>
+          <t>Показувати кнопки для швидкої відповіді, реакції або доступу до додаткових опцій поруч з кожним повідомленням.</t>
         </is>
       </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr"/>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr"/>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Сповіщати про отримані повідомлення, коли клієнт не сфокусований в даний момент.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr"/>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Зміна вигляду аватарів користувачів у чатах.
 Вимкнено - квадрат, увімкнено - коло.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>Деякі повідомлення можна надсилати з вигадливими ефектами. Наприклад, повідомлення, надіслані з командою "/confetti", покажуть на екрані конфетті.</t>
+          <t>Розшифровувати повідомлення, що відображаються у сповіщеннях для зашифрованих чатів.</t>
         </is>
       </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>Nheko використовує анімацію в кількох місцях, щоб бути красивіше. Це дозволяє вам вимкнути їх, якщо вони викликають у вас неприємні відчуття.</t>
+          <t>Виберіть, де показувати загальну кількість сповіщень, що містяться у спільноті або тегу.</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
-[...2 lines deleted...]
-      <c r="C972" t="inlineStr"/>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+        </is>
+      </c>
+      <c r="C972" t="inlineStr">
+        <is>
+          <t>Деякі повідомлення можна надсилати з вигадливими ефектами. Наприклад, повідомлення, надіслані з командою "/confetti", покажуть на екрані конфетті.</t>
+        </is>
+      </c>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
-[...2 lines deleted...]
-      <c r="C973" t="inlineStr"/>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C973" t="inlineStr">
+        <is>
+          <t>Nheko використовує анімацію в кількох місцях, щоб бути красивіше. Це дозволяє вам вимкнути їх, якщо вони викликають у вас неприємні відчуття.</t>
+        </is>
+      </c>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+        </is>
+      </c>
+      <c r="C974" t="inlineStr"/>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+        </is>
+      </c>
+      <c r="C975" t="inlineStr"/>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Автоматично відповідає на запити ключів від інших користувачів, якщо вони підтверджені, навіть якщо цей пристрій не повинен мати доступу до цих ключів.</t>
+        </is>
+      </c>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr"/>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>Ключ для перевірки власних пристроїв. Якщо він кешований, перевірка одного з ваших пристроїв позначить його як перевірений для всіх інших ваших пристроїв і користувачів, які вас верифікували.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr"/>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Показувати сповіщення при отриманні повідомлення.
 Зазвичай це призводить до того, що іконка програми на панелі завдань певним чином анімується.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>Встановити максимальну ширину повідомлень на часовій шкалі (у пікселях). Це може покращити читабельність на широкому екрані, коли Nheko максимізовано</t>
+          <t>Бічна панель спільнот</t>
         </is>
       </c>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
+      <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Показати кількість повідомлень для спільнот і тегів</t>
+        </is>
+      </c>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Встановити максимальну ширину повідомлень на часовій шкалі (у пікселях). Це може покращити читабельність на широкому екрані, коли Nheko максимізовано</t>
+        </is>
+      </c>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Показати стовпчик зі спільнотами та тегами поруч зі списком кімнат.</t>
+        </is>
+      </c>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C985" t="inlineStr">
         <is>
           <t>Показує, чи було прочитано ваше повідомлення.
 Статус відображається поруч з мітками часу.
 Попередження: Якщо ваш домашній сервер не підтримує цю функцію, ваші кімнати ніколи не будуть позначені як прочитані!</t>
         </is>
       </c>
-      <c r="D981" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="G985" t="inlineStr"/>
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Відображати іконку замість літери, якщо аватарка не встановлена.</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>Відкриває зображення за допомогою зовнішньої програми при натисканні на зображення.
 Зауважте, що коли цю опцію увімкнено, відкриті файли залишаються незашифрованими на диску і їх потрібно видалити вручну.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="G987" t="inlineStr"/>
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Відкриває відео за допомогою зовнішньої програми при натисканні на відео.
 Зауважте, що коли цю опцію увімкнено, відкриті файли залишаються незашифрованими на диску і їх потрібно видалити вручну.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="G988" t="inlineStr"/>
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Розшифрувати повідомлення, показані в бічній панелі.
 Впливає лише на повідомлення в зашифрованих чатах.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="G989" t="inlineStr"/>
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Коли вікно втрачає фокус, часова шкала буде
 розмиватися.</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>Ключ для розшифрування резервних копій ключів в Інтернеті. Якщо він кешований, ви можете увімкнути резервне копіювання ключів в Інтернеті, щоб зберігати ключі шифрування на сервері в надійному зашифрованому вигляді.</t>
+          <t>Запобігає виділенню тексту на шкалі часу, щоб полегшити сенсорну прокрутку.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>Ключ для верифікації інших користувачів. Якщо він кешований, при верифікації користувача будуть верифіковані всі його пристрої.</t>
+          <t>Використовуватиме turn.matrix.org як допоміжний, якщо ваш домашній сервер його не пропонує.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Ваш найважливіший ключ. Вам не потрібно його кешувати, оскільки відсутність кешування зменшує ймовірність його викрадення, і він потрібен лише для ротації інших ключів підпису.</t>
+          <t>Вимагає верифікації користувача для відправки йому зашифрованих повідомлень. Це підвищує безпеку, але робить E2EE більш нудним.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Завантажуйте ключі шифрування повідомлень із зашифрованого онлайн сховища ключів та завантажуйте їх до нього.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr"/>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>Ключ для розшифрування резервних копій ключів в Інтернеті. Якщо він кешований, ви можете увімкнути резервне копіювання ключів в Інтернеті, щоб зберігати ключі шифрування на сервері в надійному зашифрованому вигляді.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>Ключ для верифікації інших користувачів. Якщо він кешований, при верифікації користувача будуть верифіковані всі його пристрої.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Ваш найважливіший ключ. Вам не потрібно його кешувати, оскільки відсутність кешування зменшує ймовірність його викрадення, і він потрібен лише для ротації інших ключів підпису.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C998" t="inlineStr">
         <is>
           <t>Дозволити стороннім плагінам і додаткам завантажувати інформацію про кімнати, в яких ви перебуваєте, через D-Bus. Це може мати корисне застосування, але також може бути використано у зловмисних цілях. Увімкніть на свій страх і ризик.
 Це налаштування набуде чинності після перезапуску.</t>
         </is>
       </c>
-      <c r="D994" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr"/>
-[...102 lines deleted...]
-      </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr"/>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr"/>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr"/>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr"/>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
-[...6 lines deleted...]
-      </c>
+          <t>Only in private rooms</t>
+        </is>
+      </c>
+      <c r="C1003" t="inlineStr"/>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Never</t>
+        </is>
+      </c>
+      <c r="C1004" t="inlineStr"/>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
-[...6 lines deleted...]
-      </c>
+          <t>System font</t>
+        </is>
+      </c>
+      <c r="C1008" t="inlineStr"/>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>System emoji font</t>
+        </is>
+      </c>
+      <c r="C1009" t="inlineStr"/>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Введіть пароль для шифрування сеансових ключів:</t>
+          <t>Вибрати файл</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
-[...2 lines deleted...]
-      <c r="C1011" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C1011" t="inlineStr">
+        <is>
+          <t>Усі файли (*)</t>
+        </is>
+      </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
-[...2 lines deleted...]
-      <c r="C1012" t="inlineStr"/>
+          <t>Open Sessions File</t>
+        </is>
+      </c>
+      <c r="C1012" t="inlineStr">
+        <is>
+          <t>Відкрити файл сеансів</t>
+        </is>
+      </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
-[...2 lines deleted...]
-      <c r="C1013" t="inlineStr"/>
+          <t>Error</t>
+        </is>
+      </c>
+      <c r="C1013" t="inlineStr">
+        <is>
+          <t>Помилка</t>
+        </is>
+      </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Файл для збереження експортованих сеансових ключів</t>
+          <t>Пароль до файлу</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>КЕШОВАНО</t>
+          <t>Введіть ключову фразу, щоб розшифрувати файл:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>НЕ КЕШОВАНО</t>
+          <t>Пароль не може бути порожнім</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>ІМПОРТУВАТИ</t>
+          <t>Введіть пароль для шифрування сеансових ключів:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C1018" t="inlineStr"/>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="C1019" t="inlineStr"/>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passwords don't match</t>
+        </is>
+      </c>
+      <c r="C1020" t="inlineStr"/>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
-[...2 lines deleted...]
-      <c r="C1021" t="inlineStr"/>
+          <t>File to save the exported session keys</t>
+        </is>
+      </c>
+      <c r="C1021" t="inlineStr">
+        <is>
+          <t>Файл для збереження експортованих сеансових ключів</t>
+        </is>
+      </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
-[...2 lines deleted...]
-      <c r="C1022" t="inlineStr"/>
+          <t>CACHED</t>
+        </is>
+      </c>
+      <c r="C1022" t="inlineStr">
+        <is>
+          <t>КЕШОВАНО</t>
+        </is>
+      </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Назад</t>
+          <t>НЕ КЕШОВАНО</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Зашифрований приватний чат з цим користувачем не знайдено. Створіть зашифрований приватний чат з цим користувачем і спробуйте ще раз.</t>
+          <t>ІМПОРТУВАТИ</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>В очікуванні іншої сторони…</t>
+          <t>ЕКСПОРТУВАТИ</t>
         </is>
       </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Очікування, коли інша сторона прийме запит на верифікацію.</t>
+          <t>ЗАВАНТАЖИТИ</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Очікування на продовження процесу верифікації іншою стороною.</t>
+          <t>ЗАПИТАТИ</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
-[...6 lines deleted...]
-      </c>
+          <t>CONFIGURE</t>
+        </is>
+      </c>
+      <c r="C1028" t="inlineStr"/>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>MANAGE</t>
+        </is>
+      </c>
+      <c r="C1029" t="inlineStr"/>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Ласкаво просимо до Nheko, десктопного клієнту для протоколу Matrix.</t>
+          <t>Назад</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>Приємного перебування!</t>
+          <t>Зашифрований приватний чат з цим користувачем не знайдено. Створіть зашифрований приватний чат з цим користувачем і спробуйте ще раз.</t>
         </is>
       </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>РЕЄСТРУВАТИСЯ</t>
+          <t>В очікуванні іншої сторони…</t>
         </is>
       </c>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>ВХІД</t>
+          <t>Очікування, коли інша сторона прийме запит на верифікацію.</t>
         </is>
       </c>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>Зменшити кількість анімацій</t>
+          <t>Очікування на продовження процесу верифікації іншою стороною.</t>
         </is>
       </c>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>Nheko використовує анімацію в кількох місцях, щоб бути красивіше. Це дозволяє вам вимкнути їх, якщо вони викликають у вас неприємні відчуття.</t>
+          <t>Очікування завершення процесу верифікації іншою стороною.</t>
         </is>
       </c>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Вчора</t>
+          <t>Скасувати</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Люди</t>
+          <t>Ласкаво просимо до Nheko, десктопного клієнту для протоколу Matrix.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Природа</t>
+          <t>Приємного перебування!</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Їжа</t>
+          <t>РЕЄСТРУВАТИСЯ</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Активності</t>
+          <t>ВХІД</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>Подорожі</t>
+          <t>Зменшити кількість анімацій</t>
         </is>
       </c>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>Об'єкти</t>
+          <t>Nheko використовує анімацію в кількох місцях, щоб бути красивіше. Це дозволяє вам вимкнути їх, якщо вони викликають у вас неприємні відчуття.</t>
         </is>
       </c>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Символи</t>
+          <t>Вчора</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Прапори</t>
+          <t>Люди</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1045" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C1045" t="inlineStr">
+        <is>
+          <t>Природа</t>
+        </is>
+      </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Ви надіслали аудіозапис</t>
+          <t>Їжа</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 надіслав аудіозапис</t>
+          <t>Активності</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Ви надіслали зображення</t>
+          <t>Подорожі</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 надіслав зображення</t>
+          <t>Об'єкти</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Ви надіслали файл</t>
+          <t>Символи</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 надіслав файл</t>
+          <t>Прапори</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
-[...6 lines deleted...]
-      </c>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C1052" t="inlineStr"/>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 надіслав відео</t>
+          <t>Ви надіслали аудіозапис</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Ви надіслали стікер</t>
+          <t>%1 надіслав аудіозапис</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 надіслав стікер</t>
+          <t>Ви надіслали зображення</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Ви надіслали сповіщення</t>
+          <t>%1 надіслав зображення</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 надіслав сповіщення</t>
+          <t>Ви надіслали файл</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1058" t="inlineStr"/>
+          <t>%1 sent a file</t>
+        </is>
+      </c>
+      <c r="C1058" t="inlineStr">
+        <is>
+          <t>%1 надіслав файл</t>
+        </is>
+      </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1059" t="inlineStr"/>
+          <t>You sent a video</t>
+        </is>
+      </c>
+      <c r="C1059" t="inlineStr">
+        <is>
+          <t>Ви надіслали відео</t>
+        </is>
+      </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Ви: %1</t>
+          <t>%1 надіслав відео</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Ви надіслали стікер</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
-[...2 lines deleted...]
-      <c r="C1062" t="inlineStr"/>
+          <t>%1 sent a sticker</t>
+        </is>
+      </c>
+      <c r="C1062" t="inlineStr">
+        <is>
+          <t>%1 надіслав стікер</t>
+        </is>
+      </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
-[...2 lines deleted...]
-      <c r="C1063" t="inlineStr"/>
+          <t>You sent a notification</t>
+        </is>
+      </c>
+      <c r="C1063" t="inlineStr">
+        <is>
+          <t>Ви надіслали сповіщення</t>
+        </is>
+      </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
-[...2 lines deleted...]
-      <c r="C1064" t="inlineStr"/>
+          <t>%1 sent a notification</t>
+        </is>
+      </c>
+      <c r="C1064" t="inlineStr">
+        <is>
+          <t>%1 надіслав сповіщення</t>
+        </is>
+      </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1065" t="inlineStr"/>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1066" t="inlineStr"/>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Ви зателефонували</t>
+          <t>Ви: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 зателефонував</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1069" t="inlineStr"/>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1070" t="inlineStr"/>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>* %1 spoils something.</t>
+        </is>
+      </c>
+      <c r="C1071" t="inlineStr"/>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 завершив дзвінок</t>
+          <t>Ви надіслали зашифроване повідомлення</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Ви відхилили дзвінок</t>
+          <t>%1 надіслав зашифроване повідомлення</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 відхилив виклик</t>
+          <t>Ви зателефонували</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Невідомий тип повідомлення</t>
+          <t>%1 зателефонував</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Ви відповіли на дзвінок</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 відповів на дзвінок</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Ви завершили дзвінок</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 завершив дзвінок</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>Ви відхилили дзвінок</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 відхилив виклик</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Невідомий тип повідомлення</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>