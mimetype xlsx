--- v0 (2025-12-06)
+++ v1 (2026-03-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H229"/>
+  <dimension ref="A1:H228"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -463,6518 +463,6484 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C2" t="inlineStr"/>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /gradualglitch &lt;повідомлення&gt;</t>
         </is>
       </c>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr"/>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Надсилає повідомлення з дощем.</t>
         </is>
       </c>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Надсилає повідомлення з власним типом повідомлення.</t>
         </is>
       </c>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Надсилає повідомлення з ефектом глюку.</t>
         </is>
       </c>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr"/>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Надсилає повідомлення, яке поступово стає більш глючним.</t>
         </is>
       </c>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr"/>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ігнорувати користувача.</t>
         </is>
       </c>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr"/>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Перестати ігнорувати користувача.</t>
         </is>
       </c>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr"/>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Зашифровано неперевіреним пристроєм.
 Suggested in Weblate: Зашифровано перевіреним пристроєм</t>
         </is>
       </c>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr"/>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C27" t="inlineStr"/>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Не вдалося встановити приховані події: %1</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Не вдалося встановити приховані події: %1</t>
         </is>
       </c>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C30" t="inlineStr"/>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Перевірка була прийнята іншим пристроєм.</t>
         </is>
       </c>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Відкрийте резервну копію, виконайте кроки та підтвердіть їх після завершення.</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Відкрийте резервну копію, виконайте кроки та підтвердить їх після завершення.</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Відкрити резервну копію в браузері</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Скасувати</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Скасувати</t>
         </is>
       </c>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Підтвердити</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C36" t="inlineStr"/>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Ignored users</t>
         </is>
       </c>
       <c r="C37" t="inlineStr"/>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ігноровані користувачі</t>
         </is>
       </c>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ігнорування користувача ховає усі його повідомлення (але вони все ще можуть бачити ваші!)</t>
         </is>
       </c>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Перестати ігнорувати</t>
         </is>
       </c>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Show</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Показати</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Показати</t>
         </is>
       </c>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ви впевнені, що хочете видалити пак наліпок '%1'?</t>
         </is>
       </c>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Remove</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Вилучити</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Вилучити</t>
         </is>
       </c>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Select file(s)</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Обрати файл(и)</t>
         </is>
       </c>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
           <t>Suggested in Weblate: @користувач:вашсервер.приклад.com</t>
         </is>
       </c>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>e.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>LoginPagee.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13579</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
       <c r="C50" t="inlineStr"/>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Показати/Сховати пароль</t>
         </is>
       </c>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C52" t="inlineStr"/>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>LoginPageyourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13653</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C53" t="inlineStr"/>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Go to message</t>
         </is>
       </c>
       <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Перейти до повідомлення</t>
         </is>
       </c>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14601</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Перейти до &amp;message</t>
         </is>
       </c>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Report message</t>
         </is>
       </c>
       <c r="C57" t="inlineStr"/>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Повідомити о порушенні правил</t>
         </is>
       </c>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="C58" t="inlineStr"/>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 відповів схованим повідомленням.</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>Адміністратор: %1</t>
+          <t>Модератор: %1</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelIndicatorModerator: %1</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>Модератор: %1</t>
+          <t>Користувач: %1</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>User: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Recompacts the database which might improve performance.</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
-[...2 lines deleted...]
-      <c r="C62" t="inlineStr"/>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>Розгадайте reCAPTCHA і натисніть кнопку підтвердження</t>
+        </is>
+      </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>Розгадайте reCAPTCHA і натисніть кнопку підтвердження</t>
+          <t>Відкрити reCAPTCHA</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>Відкрити reCAPTCHA</t>
+          <t>Скасувати</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="G64" t="inlineStr"/>
+          <t>ReCaptchaDialogCancel</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Скасувати</t>
+        </is>
+      </c>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>Скасувати</t>
+          <t>Підтвердити</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Скасувати</t>
+          <t>Suggested in Weblate: Підтвердити</t>
         </is>
       </c>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Confirm</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr"/>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C67" t="inlineStr"/>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr"/>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C69" t="inlineStr"/>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C70" t="inlineStr"/>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C71" t="inlineStr"/>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C72" t="inlineStr"/>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C73" t="inlineStr"/>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C74" t="inlineStr"/>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C75" t="inlineStr"/>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
-[...2 lines deleted...]
-      <c r="C76" t="inlineStr"/>
+          <t>Join</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Приєднатися</t>
+        </is>
+      </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
-[...2 lines deleted...]
-      <c r="G76" t="inlineStr"/>
+          <t>RoomDirectoryJoin</t>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Приєднатися</t>
+        </is>
+      </c>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Join</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr"/>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Приєднатися</t>
+          <t>Suggested in Weblate: Відкрити</t>
         </is>
       </c>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Open</t>
-[...2 lines deleted...]
-      <c r="C78" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>Закрити</t>
+        </is>
+      </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Відкрити</t>
+          <t>Suggested in Weblate: Закрити</t>
         </is>
       </c>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automatic online status</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr"/>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListAutomatic online status</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C80" t="inlineStr"/>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
-[...2 lines deleted...]
-      <c r="G80" t="inlineStr"/>
+          <t>RoomListOnline</t>
+        </is>
+      </c>
+      <c r="G80" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: В мережі</t>
+        </is>
+      </c>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C81" t="inlineStr"/>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: В мережі</t>
+          <t>Suggested in Weblate: Не доступний</t>
         </is>
       </c>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C82" t="inlineStr"/>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не доступний</t>
+          <t>Suggested in Weblate: Не в мережі</t>
         </is>
       </c>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C83" t="inlineStr"/>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Не в мережі</t>
+          <t>Suggested in Weblate: Відмітити як прочитане
+Suggested in Weblate: &amp;Відзначити як прочитане</t>
         </is>
       </c>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Mark as read</t>
-[...2 lines deleted...]
-      <c r="C84" t="inlineStr"/>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>Налаштування кімнати</t>
+        </is>
+      </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Відмітити як прочитане
-Suggested in Weblate: &amp;Відзначити як прочитане</t>
+          <t>Suggested in Weblate: Налаштування кімнати</t>
         </is>
       </c>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>Налаштування кімнати</t>
+          <t>Змінити аватар кімнати.</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>Змінити аватар кімнати.</t>
+          <t>Змінити назву цієї кімнати</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr"/>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C88" t="inlineStr"/>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="G88" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n учасник, %n учасника, %n учасників
+Suggested in Weblate: , , %n учасник</t>
+        </is>
+      </c>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>%n member</t>
-[...2 lines deleted...]
-      <c r="C89" t="inlineStr"/>
+          <t>View members of %1</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>Переглянути учасників %1</t>
+        </is>
+      </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n учасник, %n учасника, %n учасників
-Suggested in Weblate: , , %n учасник</t>
+          <t>Suggested in Weblate: Переглянути учасників %1</t>
         </is>
       </c>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>Переглянути учасників %1</t>
+          <t>Тема не встановлена</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogNo topic set</t>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>Тема не встановлена</t>
+          <t>Змінити тему цієї кімнати</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="C93" t="inlineStr"/>
+          <t>NOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>СПОВІЩЕННЯ</t>
+        </is>
+      </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="G93" t="inlineStr"/>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="G93" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: СПОВІЩЕННЯ</t>
+        </is>
+      </c>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>СПОВІЩЕННЯ</t>
+          <t>Сповіщення</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogNotifications</t>
+        </is>
+      </c>
+      <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>Сповіщення</t>
+          <t>Приглушений</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>Приглушений</t>
+          <t>Лише згадки</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>Лише згадки</t>
+          <t>Всі повідомлення</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>All messages</t>
-[...6 lines deleted...]
-      </c>
+          <t>ENTRY PERMISSIONS</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
-[...2 lines deleted...]
-      <c r="C99" t="inlineStr"/>
+          <t>Anyone can join</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>Будь-хто може приєднатися</t>
+        </is>
+      </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>Будь-хто може приєднатися</t>
+          <t>Дозволити стукіт</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>Дозволити стукіт</t>
+          <t>Дозволити приєднання через інші кімнати</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>Дозволити приєднання через інші кімнати</t>
+          <t>Кімнати для приєднання</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>Кімнати для приєднання</t>
+          <t>Змінити</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>Змінити</t>
+          <t>Змінити список кімнат, через які користувачі можуть приєднатися до цієї кімнати. Зазвичай це офіційна спільнота цієї кімнати.</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>Змінити список кімнат, через які користувачі можуть приєднатися до цієї кімнати. Зазвичай це офіційна спільнота цієї кімнати.</t>
+          <t>Дозволити гостям приєднатися</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>Дозволити гостям приєднатися</t>
+          <t>Застосувати правила доступу</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
-[...6 lines deleted...]
-      </c>
+          <t>MESSAGE VISIBILITY</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C110" t="inlineStr"/>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr"/>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C114" t="inlineStr"/>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C119" t="inlineStr"/>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
-[...2 lines deleted...]
-      <c r="C120" t="inlineStr"/>
+          <t>Configure</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>Налаштувати</t>
+        </is>
+      </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>Налаштувати</t>
+          <t>Вибрати події, які потрібно приховати в цій кімнаті</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automatic event deletion</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C123" t="inlineStr"/>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C124" t="inlineStr"/>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
-[...2 lines deleted...]
-      <c r="C125" t="inlineStr"/>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>Шифрування</t>
+        </is>
+      </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
-[...2 lines deleted...]
-      <c r="G125" t="inlineStr"/>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Шифрування</t>
+        </is>
+      </c>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>End-to-End Encryption</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>Шифрування</t>
+          <t>Наскрізне шифрування</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Шифрування</t>
+          <t>Suggested in Weblate: Наскрізне шифрування</t>
         </is>
       </c>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-[...3 lines deleted...]
-      <c r="C128" t="inlineStr"/>
+          <t>Permissions</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Дозволи</t>
+        </is>
+      </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>Дозволи</t>
+          <t>Переглянути та змінити дозволи в цій кімнаті</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>Переглянути та змінити дозволи в цій кімнаті</t>
+          <t>Псевдоніми</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Aliases</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>Псевдоніми</t>
+          <t>Переглянути та змінити адреси/псевдоніми цієї кімнати</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>Переглянути та змінити адреси/псевдоніми цієї кімнати</t>
+          <t>Налаштування наліпок і емоцій</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>Налаштування наліпок і емоцій</t>
+          <t>Змінити увімкнені пакети, видалити пакети або створіть нові</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>Змінити увімкнені пакети, видалити пакети або створіть нові</t>
+          <t>ІНФО</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
-[...2 lines deleted...]
-      <c r="G134" t="inlineStr"/>
+          <t>RoomSettingsDialogINFO</t>
+        </is>
+      </c>
+      <c r="G134" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ІНФО</t>
+        </is>
+      </c>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>ІНФО</t>
+          <t>Внутрішній ID</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogInternal ID</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>Внутрішній ID</t>
+          <t>Скопійовано в буфер обміну</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>Скопійовано в буфер обміну</t>
+          <t>Версія кімнати</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>Версія кімнати</t>
+          <t>показати менше</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>показати менше</t>
+          <t>показати більше</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>show more</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room is possibly inaccessible</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Request screencast</t>
-[...2 lines deleted...]
-      <c r="C143" t="inlineStr"/>
+          <t>Add or remove from community...</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>Додати або видалити зі спільноти...</t>
+        </is>
+      </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>Додати або видалити зі спільноти...</t>
+          <t>Змінити увімкнені пакети, видалити пакети або створіть нові</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
-[...2 lines deleted...]
-      <c r="G144" t="inlineStr"/>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Змінити увімкнені пакети, видалити пакети або створіть нові</t>
+        </is>
+      </c>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>Змінити увімкнені пакети, видалити пакети або створіть нові</t>
+          <t>Частина нитки розмови</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
+        </is>
+      </c>
+      <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Частина нитки розмови</t>
+          <t>%1 зробив голосовий виклик.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>%1 зробив голосовий виклик.</t>
+          <t>%1 здійснив відеодзвінок.</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>%1 здійснив відеодзвінок.</t>
+          <t>%1 зателефонував.</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
-[...2 lines deleted...]
-      <c r="G148" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 зателефонував</t>
+        </is>
+      </c>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>%1 зателефонував.</t>
+          <t>%1 відповів на дзвінок.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 зателефонував</t>
+          <t>Suggested in Weblate: %1 відповів на дзвінок</t>
         </is>
       </c>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>%1 відповів на дзвінок.</t>
+          <t>%1 відхилив виклик.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 відповів на дзвінок</t>
+          <t>Suggested in Weblate: %1 відхилив виклик</t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr"/>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="C152" t="inlineStr"/>
+          <t>%1 ended the call.</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>%1 завершив виклик.</t>
+        </is>
+      </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>%1 завершив виклик.</t>
+          <t>%1 обговорює виклик...</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>%1 обговорює виклик...</t>
+          <t>Дозволити їм увійти</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>Дозволити їм увійти</t>
+          <t>Цю кімнату було замінено з такої причини: %1</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>Цю кімнату було замінено з такої причини: %1</t>
+          <t>Йти до кімнати заміни</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Йти до кімнати заміни</t>
+          <t>Відредаговано</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Відредаговано</t>
+          <t>Частина нитки розмови</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed which servers are allowed in this room.</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
-[...2 lines deleted...]
-      <c r="C161" t="inlineStr"/>
+          <t>%1 changed the room name to: %2</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>%2 змінив назву кімнати на: %2 {1 ?}</t>
+        </is>
+      </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 removed the topic.</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
-[...2 lines deleted...]
-      <c r="C163" t="inlineStr"/>
+          <t>%1 changed the topic to: %2</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>%2 змінив тему на: %2 {1 ?}</t>
+        </is>
+      </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the room avatar to: %2</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
-[...2 lines deleted...]
-      <c r="C166" t="inlineStr"/>
+          <t>%1 changed the pinned messages.</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>%1 змінив закріплені повідомлення.</t>
+        </is>
+      </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>%1 змінив закріплені повідомлення.</t>
+          <t>%1 змінив адреси для цієї кімнати.</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>%1 змінив адреси для цієї кімнати.</t>
+          <t>%1 змінив батьківські спільноти для цієї кімнати.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>%1 змінив батьківські спільноти для цієї кімнати.</t>
+          <t>%1 створив і налаштував кімнату: %2</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed unknown state event %2.</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%n hour later</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>%n hour later</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/TimelineSectionHeader.qml:22370</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>%1's status message</t>
-[...2 lines deleted...]
-      <c r="C173" t="inlineStr"/>
+          <t>You are about to notify the whole room</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>Ви збираєтеся повідомити всю кімнату</t>
+        </is>
+      </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>TimelineSectionHeader%1's status message</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
-[...6 lines deleted...]
-      </c>
+          <t>You will be mentioning %1</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t xml:space="preserve">
+%n unread message</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TrayIcon
+%n unread message(s)</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t xml:space="preserve">
-%n unread message</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>TrayIcon
-%n unread message(s)</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
-[...2 lines deleted...]
-      <c r="C186" t="inlineStr"/>
+          <t>Devices</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>Пристрої</t>
+        </is>
+      </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
-[...2 lines deleted...]
-      <c r="G186" t="inlineStr"/>
+          <t>UserProfileDevices</t>
+        </is>
+      </c>
+      <c r="G186" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Пристрої</t>
+        </is>
+      </c>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shared Rooms</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileShared Rooms</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
-[...2 lines deleted...]
-      <c r="C190" t="inlineStr"/>
+          <t>Hidden events</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Приховані події</t>
+        </is>
+      </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
-[...2 lines deleted...]
-      <c r="G190" t="inlineStr"/>
+          <t>UserSettingsModelHidden events</t>
+        </is>
+      </c>
+      <c r="G190" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Приховані події</t>
+        </is>
+      </c>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Hidden events</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignored users</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelIgnored users</t>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>Periodically delete expired events</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelPeriodically delete expired events</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Display rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelDisplay rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26274</t>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Display rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>Sort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>UserSettingsModelSort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26283</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>Configure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26297</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Configure whether to show or hide certain events like room joins.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26402</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26408</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26412</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Manage your ignored users.</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C205" t="inlineStr"/>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>UserSettingsModelManage your ignored users.</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Always</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlways</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C208" t="inlineStr"/>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C209" t="inlineStr"/>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C214" t="inlineStr"/>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>MANAGE</t>
-[...2 lines deleted...]
-      <c r="C215" t="inlineStr"/>
+          <t>People</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Люди</t>
+        </is>
+      </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Люди</t>
+          <t>Природа</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Природа</t>
+          <t>Їжа</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Їжа</t>
+          <t>Активності</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>Активності</t>
+          <t>Подорожі</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Подорожі</t>
+          <t>Об'єкти</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Об'єкти</t>
+          <t>Символи</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Символи</t>
+          <t>Прапори</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Flags</t>
-[...6 lines deleted...]
-      </c>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
-    </row>
-[...24 lines deleted...]
-      <c r="H229" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>